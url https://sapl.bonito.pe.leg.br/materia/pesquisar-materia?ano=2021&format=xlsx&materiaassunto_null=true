--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,2911 +54,2911 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Gustavo Adolfo Neves de Albuquerque Cesar</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/398/lei_no_01_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/398/lei_no_01_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal nº 1.106, de 24 de março de 2017.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/397/lei_no_02_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/397/lei_no_02_executivo.pdf</t>
   </si>
   <si>
     <t>Reajuste a remuneração ,mínima dos servidores do município de Bonito e dá outras providências.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/391/lei-no-03.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/391/lei-no-03.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Conceder Isenção da Taxa de Fiscalização deObra Particular (Loteamento) e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/402/lei_no_04__executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/402/lei_no_04__executivo.pdf</t>
   </si>
   <si>
     <t>Ratifica protocoló de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/387/lei-no05.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/387/lei-no05.pdf</t>
   </si>
   <si>
     <t>Reestrutura O Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de valorização dos Profissionais da Educação- CACS FUNDEB e dá outras providências.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/</t>
+    <t>http://sapl.bonito.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a proteção do património historio, cultural e natural do município do Bonito e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/394/lei_no_08_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/394/lei_no_08_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Municipal de Agroecologia e Produção Orgânica de  Bonito (PMAPO) e estabelece as diretrizes  para o Plano Municipal de Agroecologia e Produção Orgânica de Bonito (PLAMAPO).</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/386/lei-no-09.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/386/lei-no-09.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de fornecimento de absorventes higiênicos nas escolas da rede municipal de ensino do Bonito.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/389/lei-no14.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/389/lei-no14.pdf</t>
   </si>
   <si>
     <t>Denomina casa da cultura e dá outras providências</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/390/lei-no-15.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/390/lei-no-15.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do Município de Bonito, fixa o limite máximo para a concessão de aposentadoria e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar; e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/400/lei_no_16__executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/400/lei_no_16__executivo.pdf</t>
   </si>
   <si>
     <t>Institui, para o ano de 2021, o Bônus "Incentivar" aos profissionais em regência de Classe e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/355/projeto_de_lei-17.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/355/projeto_de_lei-17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para concessão de abono aos profissionais do Magistério da Educação básica referente ao exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Paulinho de Devá</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/353/lei-n-01-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/353/lei-n-01-.pdf</t>
   </si>
   <si>
     <t>Denomina prédio público- onde funciona a sede do COMPAZ- e adota outras providências.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>Didi do Paed</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/388/lei-no02.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/388/lei-no02.pdf</t>
   </si>
   <si>
     <t>Reconhecer as atividades religiosas como essencial.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/352/lei-n-03-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/352/lei-n-03-.pdf</t>
   </si>
   <si>
     <t>Conceder prioridade à mulher vítima de violência doméstica para aquisição de moradia popular disponibilizada no programa habitacional do Município.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/351/lei-n-04-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/351/lei-n-04-.pdf</t>
   </si>
   <si>
     <t>Denomina o Complexo Esportivo localizado no Bairro Mutirão, e dá outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/393/lei-no-06.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/393/lei-no-06.pdf</t>
   </si>
   <si>
     <t>Estabelecer a carga horária de 30 horas semanais para Profissionais da área de enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Ítalo de Pedrito</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/350/lei-n-07-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/350/lei-n-07-.pdf</t>
   </si>
   <si>
     <t>Dá nome de Praça no centro do Distrito de Alto Bonito e dá outras providencias.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/349/lei-n-08-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/349/lei-n-08-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Semana Municipal da Agroecologia de Bonito e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>Denomina "Sala das Comissões Vereador José Josué de Lima" a Sala de reunião das Comissões Permanentes da Câmara Municipal, localizada na Sede Administrativa, e dá outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/348/lei-n-11-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/348/lei-n-11-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do brasão do Município de Bonito, e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/347/lei-n-12-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/347/lei-n-12-.pdf</t>
   </si>
   <si>
     <t>Denomina à Praça situada entre as Ruas Cândido Viana e Mizael Galindo, e dá outras providências</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>João Diniz</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/345/lei-n-13-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/345/lei-n-13-.pdf</t>
   </si>
   <si>
     <t>Institui a Lei Irinete Barbosa que estabelece medidas para promover a segurança a prevenção, a proteção e o combate à violência contra profissionais do ensino no município de Bonito-PE. e dá outras providências</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/395/lei_no_14_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/395/lei_no_14_legislativo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal do Bonito-PE, a celebrar convênio com Clínicas Médicas, visando a implantação do Programa Meia Consulta, junto aos pacientes hipossuficientes do Município e dá outras providências.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/408/lei_no_15_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/408/lei_no_15_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de equipamento de painéis solares para geração de energia nos prédios públicos do município de Bonito -PE.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/344/lei-n-19-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/344/lei-n-19-.pdf</t>
   </si>
   <si>
     <t>Dá nome a galeria dos presidentes, localizada na Casa Leônidas Vila Nova, onde funciona o Plenário da Câmara de Bonito/PE.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/354/projeto_de_lei-20.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/354/projeto_de_lei-20.pdf</t>
   </si>
   <si>
     <t>Dá nome a Ala I, anexa ao Centro Administrativo da Câmara de Bonito/PE.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/343/lei-n-21-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/343/lei-n-21-.pdf</t>
   </si>
   <si>
     <t>Dá nome a Ala II, anexa ao Centro Administrativo da Câmara de Bonito/PE.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/341/lei-n-23-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/341/lei-n-23-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilização do agressor que praticar maus-tratos contra animais, no município de Bonito/PE</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Adones Lagartão</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/340/lei-n-26-.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/340/lei-n-26-.pdf</t>
   </si>
   <si>
     <t>Dá nome a praça pública.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/420/projeto_de_decreto_01.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/420/projeto_de_decreto_01.pdf</t>
   </si>
   <si>
     <t>Concede Medalha Alberto d'Oliveira, e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>Irmão Roberval</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/418/projeto_de_decreto_02.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/418/projeto_de_decreto_02.pdf</t>
   </si>
   <si>
     <t>Concede "Título de Cidadão do Bonito", ao Excelentíssimo Senhor Luciano Bezerra da Silva, por seus relevantes serviços prestados em prol do Município do Bonito.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Didi do Paed, Adones Lagartão, Anacléa de Anacleante, Graça de Barra Azul, Holandinha, Irmão Roberval, Ítalo de Pedrito, João Diniz, Júnior do Gado, Paulinho de Devá, Walter Maroja</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/428/projeto_de_lei_02_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/428/projeto_de_lei_02_2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 131-A, à Lei Orgânica do Município instituindo o orçamento impositivo, e dá outras providências.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/570/projeto_de_resolucao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/570/projeto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único, ao art. 3°, da Resolução 01/2007 da Câmara Municipal de Bonito/PE, e adota outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eiji Morimura</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_01.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_01.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidades regimentais, após aprovação desta Casa Legislativa, requeiro, respeitosamente, que seja encaminhada, ao senhor prefeito gustavo Adolfo, a solicitação para a construção de uma praça pública, no antigo campo da colônica japonesa. Necessário, far-se-á, que esta praça seja dotada de aparelhos, para realização de atividades físicas - como barras fixas =. bem como de parque infantil e de uma pista para caminhada e_x000D_
 corrida.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>Júnior do Gado</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_02.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_02.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm". Sr._x000D_
 Prefeito Gustavo Adolfo junto com o Secretario de Obras, diante do_x000D_
 exposto conforme o desenvolvimento do Bonito é de grande importância a_x000D_
 implantação de paradas estratégicas das linhas de.Ônibus no Município de_x000D_
 Bonito, para atender os usuários deste serviço, além de~estinar ponto que_x000D_
 ofereçam uma melhor segurança, que esses populares sua vez não tem_x000D_
 paradas certas. Ocasionando danos no fluxo do transito e com essa_x000D_
 implantação, trará mais segurança, embelezando a nossa cidade pOIS o_x000D_
 nosso Município vem crescendo no que diz respeito ao turismo.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>Holandinha</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_03.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_03.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com o Secretario de Obras Wilson Lourenço, para que seja construída uma creche na comunidade do Mutirão</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, para que seja aprovado por essa Egrégia Casa Legislativa fazendo um apelo ao senhor Prefeito Gustavo Adolfo e a Vossa Senhoria a Secretária de Educação Maria Elza da Silva, o pedido de atualização do Plano de Carreira e Remuneração do Magistério - PCRM - do Município de Bonito.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_05.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_05.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo e ao Secretário de Turismo, Esporte e Lazer Carlos Henrique a realização dos jogos intermunicipais forma anual e permanente .</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_06.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_06.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo, junto com o Secretario de Obras Wilson Lourenço, para que seja passada a máquina nas estradas do Sítio Quilongá, Viração, Imbiribeira e Maxixe, tendo em vista que as mesmas estão em condições precárias para que os moradores daquelas Comunidades possam trafegar com mais condições.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_07.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_07.pdf</t>
   </si>
   <si>
     <t>Àntendendo aos tramites e formalidades regimentais. após aprovação desta Casa Legislativa. requeiro respeitosamente para que seja encaminhado ao prefeito deste munícípio. Sr. Gusta o Adolfo de Albuquerque César; a solicitação para a requalíficação do campo de futebol localizado no Nossa Senhora_x000D_
 de Fátima tutirão). fazendo-se necessário a instalação de refletores, alambrados e gramado,</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_09.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_09.pdf</t>
   </si>
   <si>
     <t>venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer ao Prefeito deste Município, Exmo.Sr.Gustavo Adolfo de Albuquerque César, e ao Secretário de Obras, Sr. Wilson Lourenço, para que sejam retomadas as obras da via pública conhecida como Estrada do Matias localizada no Sítio Matias.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>Graça de Barra Azul</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_09.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_09.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer ao Prefeito deste Município, Sr. Gustavo Adolfo de Albuquerque César, ao secretário de obras, Sr. Wilson Lourenço, e à Secretária de Saúde, Sra. Julieta Farias Pinheiro, conforme a Portaria N° 2.488, de 21 de outubro de 2011, do Ministério da Saúde, para que seja implementado e instalado Posto de Saúde Familiar (PSF) no Engenho Barra Azul para atender toda a população da comunidade e de regiões vizinhas.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_10.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_10.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades regimentais no sentido de que seja concedido um VOTO DE APLAUSO, Ao Ilmo. Sr. Deputado Federal Felipe Augusto Lyra Carreras, pelos relevantes serviços prestados ao Município do Bonito e também por destinar recursos ao mesmo</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_11.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_11.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumprida as formalidades regimentais, para que seja aprovado por esta Egrégia Casa Legislativa, solicitando ao Secretáriode Obras o Sr. Wilson Lourenço. no sentido que leve o projeto clarear às margens da rodovia da PE 103 do Condomínio Vale do Capema até a Fábrica daYazaki,colocando postes e lâmpadas de LED para se ter uma boa iluminação nas entradas da cidade</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_12.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_12.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumprida as formalidades regimentais, para que seja aprovado por esta Egrégia Casa Legislativa, no sentido que seja concedido um VOTO DE PESAR,Aos familiares do Sr. Bruno Menezes Leite, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_13.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_13.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumprida as formalidades regimentais, para que seja aprovado por esta Egrégia Casa Legislativa, no sentido que seja concedido um VOTO DE PESAR,Aos familiares do jovem Mayke Henrique Bezerra de Mello, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_14.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_14.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm'', Sr. Prefeito Gustavo Adolfo junto com o Secretario de Obras Wilson Lourenço, para que seja feito uma Praça na Comunidade de Brejão, Zona . Rural de Bonito e também que seja trocadas todas as lâmpadas das duas Comunidade de Riachão e Brejão por lâmpadas de Led</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_16.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_16.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo, Secretario de Obras Wilson Lourenço e ao Secretario de Turismo Carlos Henrique, para que seja feito uma reforma geral no Pátio de Eventos criando um espaço para igrejas e também outras eventualidades.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_17.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_17.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm". Sr. Prefeito_x000D_
 Gustavo Adolfo e ao Secretario de Agricultura José Marcos da Silva, para que seja feito uma requalificação em toda aquela extensão que abrange toda á Feira Livre.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_18.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_18.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja formulado_x000D_
 apelo veemente ao Excelentíssimo Prefeito deste município, Gustavo Adolfo César, extensivo à Secretaria de Obras, Ilustríssimo Secretário, Wilson Lourenço afim de realizar a construção de galeria de escoto da rua 01 do Loteamento Arlindo Cavalcanti, deste município.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_19.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_19.pdf</t>
   </si>
   <si>
     <t>atendendo aos tramites e formalidades regimentais, após aprovação desta Casa Legislativa, requeiro respeitosamente para que seja encaminhado ao prefeito deste município, Sr.Gustavo Adolfo de Albuquerque César, e ao secretário de obras Sr.Wilson Lourenço, a solicitação para pavimentação asfáltíca ou em pedras graníticas da Rua Arlindo Romão, no loteamento Manoel Gonçalves, no Bairro da Boa Vista</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>Atendendo aos tramites e formalidades regimentais, após aprovação desta Casa Legislativa, requeiro respeitosamente para que seja encaminhado ao Superintendente Estadual dos Correios em Pernambuco, o Sr.Adernar Batista de Morais Neto, uma solicitação para que a agencia dos Correios em Bonito, passe a entregar as correspondências nas casas d~ Loteamento Frei Damião.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_21.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_21.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo e a Secretária de Saúde Julieta Pinheiro, que seja implantado o serviço de Endoscopia Digestiva Alta nos procedimentos médicos realizados no próprio_x000D_
 município.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_22.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_22.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja concedido um VOTO DE PESAR, Aos familiares do senhor ARNALDO RAMOS BARBOSA, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_23.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_23.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Coordenador da Defesa Civil, para que seja restabelecido o abastecimento de água, através de carro pipa na parte alta da Viração.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Marcelo do Rodeadouro</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_24.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_24.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e fomalidades regimentais, apois aprovação desta casa Legislativa, requero respeitosamente, que seja encaminhada, ao Senhor Prefeito Gustavo Afolfo e o Secretário de Obras Senhor Wilson Lourenço, uma Limpeza do esgoto que fica na divisa do loteamento do Frei Damião com loteamento Minha casa minha vida 02, que causa Alagamentos no tempo de chuva e o acúmulo de insel os (moriçocas, ratos)</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/286/requerimento_25.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/286/requerimento_25.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com o Secretario de Obras Wilson Lourenço, para que seja colocado matérial como: cascalho, rachão ou pissarro nas seguintes Comunidades Colônia, Floresta, Sítio Boa Vista e Barra Azul Município de Bonito</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_26.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_26.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com a Secretária de Saúde, a implantação de um posto de Saúde satélite na localidade de Guaretama, que vai atender Campim de Cheiro e Regiões vizinhas, onde os moradores precisam se deslocar da Colônia para serem atendidos</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_27.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_27.pdf</t>
   </si>
   <si>
     <t>requeiro a Mesa Diretora da Câmara Municipal do Bonito, Estado de pernambuco, depois de cumpridas as formalidades regimentais, que seja formulado pelo veemente ao Excelentíssimo Prefeito deste município. Gustavo Adolfo César. extensivo à Secretaria de Educação e Cultura, Ilustríssima Secretária Elza Souza a fim de criar o Auxílio Municipal Emergencial - Carnaval do Bonito / PE 2021 com o objetivo de amparar trabalhadores e trabalhadoras da cultura (agremiações carnavalescas, bois, cantores, artistas locais, equipe da produção cultural, prestadores de serviços de estrutura, sonorização, iluminação e demais profissionais que comprovem que atuaram direta ou indiretamente no carnaval 2020) impactados pela pandemia e pela necessidade de suspensão de eventos e aglomerações, em função dos protocolos sanitários urgentes para o enfrentamento à pandemia no Estado.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Anacléa de Anacleante</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/283/requerimento_28.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/283/requerimento_28.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo de Albuquerque César, ao Presidente da Câmara Municipal do Bonito Paulo Serio da Silva, ao Secretário de Governo Romilson Cabral, Secretária de Educação Maria Elza, Secretária de Saúde Julieta Farias, Secretário de Agricultura José Marcos, Secretária de Ação Social Maria Izabel e demais Secretarias e Departamentos; para que seja instaurado o Projeto" Cidade Conectada", provendo internet gratuita via WI-FI em todos os prédios públicos ,visando atender a todos os cidadãos Bonitenses.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_29.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_29.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo e ao Secretário de Obras Wilson Lourenço, aumentar a extensão, comprimento e largura da calçada de pedestre que liga a vila da Cohab ao Loteamento Frei Damião, até a Escola Técnica Estadual.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_30.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_30.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com a Secretário de Obras Wilson Lourenço, para que seja feito o melhoramento das estradas com os ramais acompanhadas de aterros na localidade do Rodeadouro, onde existe uma área de risco para os moradores daquela localidade.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_31.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_31.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com a Secretário de Agricultura José Marcos da Silva, para que seja providenciado um gerador para câmara frigorífica do açougue de Bonito.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_32.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_32.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidades regimentais, após aprovação desta casa Legislativa, requeiro respeitosamente, que seja encaminhada, ao Senhor prefeito Gustavo Adolfo e Secretário de Obras Wilson Lourenço um construção de uma passagem molhada em capim de cheiro, conhecida como_x000D_
 ponte mozão</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_33.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_33.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja formulado_x000D_
 apelo ao Excelentíssimo Sr. Prefeito deste município, Gustavo Adolfo, extensivo à Secretaria de Saúde, Ilustríssima Secretária Julieta Pinheiro, para incluir os pacientes em tratamento oncológico, residentes no município de Bonito e trabalhadores da educação (Todos os professores e funcionários das escolas públicas e privadas. Deverá ser solicitado documento que comprove a vinculação ativa do profissional com a escola ou apresentação de declaração emitida pela escola.), no grupo prioritário de vacinação contra a Covid-19.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_34.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_34.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com a Secretária de Saúde Julieta Pinheiro, implantação de um posto de saúde na zona rural de Brejão e Riachão.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com a Secretária de Saúde Julieta Pinheiro, a implantação de um posto de saúde na zona rural de Brejão e Riachão.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_36.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_36.pdf</t>
   </si>
   <si>
     <t>requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exrn". Sr. Prefeito Gustavo Adolfo junto com o Secretário de Obras Wilson Lourenço, para que seja feito a construção de banheiros públicos e banheiro com acessibilidade, para atender os visitantes do banho do Prata e que seja também organizado o acesso da chegada aos bares e restaurantes.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_37.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_37.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Corpo de Bombeiros do nosso município, para que se faça presente na Barragem do Prata (Prainha) no Distrito de Alto Bonito, para dar orientações as pessoas e prevenir possíveis afogamentos; como também solicitando a Defesa Civil do nosso município um profissional salva-vidas que possa estar ali dando plantão nos finais de semanas de mais movimentos, para prevenir possíveis afogamentos entre outros acidentes</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_38.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_38.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, no sentido de que seja concedido um VOTO DE APLAUSO, A Guarda Municipal do Bonito, pelo excelente trabalho exercido.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_39.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_39.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo e a Secretária de Saúde Julieta Pinheiro, a implantação de postos de coleta de exames laboratoriais em todas as Unidades de Saúde da Família da Zona Rural, Vilas e Distritos.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_40.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_40.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". SI'. Prefeito Gustavo Adolfo junto com o Secretário de Obras Wilson Lourenço, para que seja feita as tubulações do saneamento básico do esgoto (rio) que passa na Rua Travessa do Havaí, próximo a escola Corintha Melo.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_41.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_41.pdf</t>
   </si>
   <si>
     <t>Atendendo aos tramites e formalidades regimentais, após aprovação desta Casa Legislativa, requeiro respeitosamente para que seja encaminhado ao prefeito deste município, Sr. Gustavo Adolfo de Albuquerque César, a solicitação para que a prefeitura possa fazer um levantamento sobre a possibilidade de uma parceria com a Banda Musical do Biu para ajudar a mesma a manter os custos com os três maestros e professores da Banda.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_42.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_42.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja concedido um VOTO DE PESAR, Aos familiares do senhor MIGUEL SEVERINO, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_44.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_44.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com a Secretário de Transporte Wilson Lourenço. Para que seja revista as paradas dos transportes escolares da comunidade  da Pratinha, visto que o ponto de acesso fica a dois quilômetros para a maioria dos alunos.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_45.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_45.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidade regimentais, após aprovação desta Casa Legislativa, requeiro respeitosamente, que seja encaminhada, ao Senhor_x000D_
 Prefeito Gustavo Adolfo e o Secretario de Obras o Senhor Wilson Lourenço, a solicitação para a recuperação do trecho que vai da Colônia até Guaretama, piçarrando em alguns trechos</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_48.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_48.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, manifestar solidariedade e encaminhar o presente Voto de Pesar para aprovação nesta casa, destinado aos familiares do Sr. MARCÍLIO TA VARES DE MELO, um dos criadores da Maguary, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_49.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_49.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, pelo dia Internacional das Mulheres de Bonito, Alto Bonito, Estreito do Norte, Bentivi e toda Zona Rural.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_50.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_50.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, aos llmos(a), Srs(a), Secretário de Obras Wilson Lourenço, Elaine, Marcelo, Everton, Toinho, Sheke, Amaro, Almir e Rafaly que fazem parte da equipe do Bonito Clarear, pelos relevantes serviços prestados em nossa cidade</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_51.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_51.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo e ao Secretário de Obras Wilson Lourenço, a implantação de um poste de iluminação na Rua e no Bairro da Vila da Cohab.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Walter Maroja</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_52.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_52.pdf</t>
   </si>
   <si>
     <t>venho por intermédio deste, depois de cumpridas as formalidades regimentais, conforme o Inciso IV do Artigo 105, o Inciso IV do Artigo 106, o Artigo 258 e o Artigo 259, ambos do Regimento Interno da Câmara Municipal Casa Leônidas Vila Nova, encaminhar ao Prefeito deste Município, Sr. Gustavo Adolfo de Albuquerque César, à Secretária de Saúde, Sra. Julieta Farias de Lira Pinheiro, e ao Secretário de Finanças, Sr. Samuel Queiroz, Pedido de Informação sobre o funcionamento da UPA/COVID-19 deste Município, bem como dos recursos adiquiridos para uso contra o COVID-lg (Coronavírus), com os seguintes esclarecirnentos:</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_53.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_53.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, ao Grupo Desbravadores de Brejão, na pessoa do Sr. Renato.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_54.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_54.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora depois de cumpridas as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo, Senhor Gustavo Adolfo, a possibilidade de conceder aos comerciantes de Bonito desconto de 50% no valor do alvará e IPTU, como também sua prorrogação por 180 dias para pagamento desses impostos.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_55.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_55.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, Solicito em caráter de urgência ao Sr. Prefeito desse Município Gustavo Adolfo junto com o Secretário de Obras Wilson Lourenço e aos demais órgãos envolvidos, que seja construído um novo Cemitério para atender toda população de Bonito, Zona Rural e seus respectivos Distritos, visando que os que existem já não comportam mais devido à super lotação. O novo Cemitério deverá dispor de ampla estrutura,Velório tal também como praça e Crematório. Aproveitando o ensejo para pedir melhorias nos Cemitérios Padre Cícero em Bonito-PE, Cemitério São José em Bentivi e também o Cemitério São José em Alto Bonito, que sejam levantados seus muros, evitando que vândalos adentrem nos mesmos para furtar, vandalizar e depredar os túmulos. Sabendo todos que nesse local descansam restos mortais de entes queridos da maioria da população bonitense.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/78/req_56_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/78/req_56_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja formulado apelo ao Excelentíssimo Sr. Prefeito deste município, Gustavo Adolfo, extensivo à Secretaria de Saúde, Ilustríssima Secretária Julieta Pinheiro, para aquisição de uma ambulância para o Distrito de Estreito do Norte, deste Município, para atender não só a comunidade do distrito como a população dos sítios adjacentes.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_57.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_57.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Secretário de Obras Wilson Lourenço, para que veja a possibilidade de passar a Maquina Patrol na estrada de Riacho Seco.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_58.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_58.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidade regimentais, após aprovação desta Casa Legislativa, requeiro, respeitosamente, que seja encaminhada, ao Senhor Prefeito - Gustavo Adolfo e o Senhor Wilson Lourenço, que seja feito o calçamento da sede da Colônia.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_59.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_59.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm", Sr. Prefeito Gustavo Adolfo junto com o Secretário de Obras Wilson Lourenço, para que seja feito o calçamento ou asfalto na rua sem saída na Trav. do Godoy, Bairro do Veloso nesse Município.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_60.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_60.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, ao Exmo. Sr. Delegado Patrik Marinho dos Santos e os demais funcionários, Flavio Marcos- Escrivão, Cristiane Estevão- Comissária, André Alberto- Comissário, Severino Leonildo- Comissário, Sheilla Emanuell- Comissária, Samuel PereiraAgente de Policia, Rodrigo Barreto- Agente-Agente de Policia, Antônio Victtor- Agente de Policia, Jonegleison de Siqueira- Agente de Policia e José Adriano- Agente de Policia, pelos os serviços prestados em nossa cidade.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_61.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_61.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Secretário de Obras o Sr. Wilson Lourenço, para que seja levado o Projeto Bonito Clarear 'às comunidades de Lajedo do Bento e Murice"</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_62.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_62.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com o Secretário de Obras Wilson Lourenço, para que seja feita a limpeza do rio que passa na Rua l Loteamento Novo Mundo, Bairro da Cachoeira nessa cidade</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_63.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_63.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com o Secretário de Obras Wilson Lourenço, para que seja feita a instalação de lâmpadas e reparos nos postes Públicos nos Sítios Quinlongá, Viração, Imbiribeira e Maxixe deste Município.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_64.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_64.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao (SDS) Secretário de Defesa Social Dr. Antônio de Padua, para que seja construído um prédio para a Delegacia de Policia Civil do Bonito</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_65.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_65.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao Secretário de Obras, no sentido de que seja feito a reforma da quadra Poli esportiva José Ferreira Filho, na escola João XXIII em Alto Bonito.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_66.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_66.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo, a possibilidade de conceder aos agricultores que residem na cidade, PASSAGEM GRATUITA de ida e volta de segunda a sexta, para que os mesmos possam se deslocar para a região da colônia e Alto Bonito, onde possuem Ônibus de transporte coletivo, a fim de exercer suas atividades de servidor do campo.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_68.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_68.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicito ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo, solicitando a instalação de quatro Semáforo nos locais de grande fluxo nas Avenidas Joaquim Nabuco com Av. Dr. Alberto de Oliveira, Av. Joaquim Nabuco com a Sapucaia, Av. DI'. Alberto de Oliveira com a Trav. Coronel José Coelho, Av. Dr. Alberto de Oliveira com a Av. Agamenon Magalhães.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_69.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_69.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidades regimentais, após aprovação desta Casa Legislativa, requeiro respeitosamente, que seja encaminhada, ao Senhor_x000D_
 Prefeito Gustavo Adolfo e o Secretário de Obra o Senhor Wilson Lourenço para que seja concluída a estação de esgoto no loteamento Arlindo Cavalcanti na rua 03.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_70.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_70.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Pesar, aos familiares do Sr. José Emanuel Monteiro, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_71.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_71.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumprida ás formalidades regimentais, que seja aprovado por esta Egrégia Casa Legislativa, solicitando ao Secretário de Obras Sr. Wilson Lourenço, no sentido que envie e_ara Distrito de Alto Bonito a máquina PC escavadeira para enlarguecer e limpar o córrego do Bairro Benicio Cavalcante no Distrito de Alto Bonito.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_72.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_72.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, ao Sr. Edmário Andrade e a todos que fazem parte do Departamento de Vigilância e Saúde</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_73.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_73.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja enviado ao ao excelentíssimo prefeito deste município, Gustavo Adolfo César,  extensivo à secretária de educação, secretária Elza Silva, pedido de informação acerca dos precatórios do Fundef, dos 60% dos recursos para pagamento aos professores, qual o valor e qual o plano de aplicação para estes recursos, no município de Bonito, se de fato forem liberados pelo Governo Federal.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_74.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_74.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, para que seja encaminhado a CELPE solicitação para solucionar os problemas de fornecimento de energia elétrica na Zona Rural, mais precisamente em todas área que compreende a extensão de todos os empreendimentos turísticos, tais como; cachoeiras, pousadas, acamamentos, hotéis e etc.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_75.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_75.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais e deliberação do Plenário, que seja conferido Voto de Aplauso a toda equipe do Filme Comadre Fulozinha - O início dos Crossovers, produzido pela DR Producer no município do Bonito, lançado pelo canal do YouTube da própria produtora do filme em 27 de março do ano corrente. Segue abaixo relação nominal do elenco e da produção</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_76.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_76.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, Solicito ao Sr. Prefeito Gustavo Adolfo junto com a Secretária de Saúde Julieta Pinheiro, para seja priorizado na vacinação contra o COVID-19 a Guarda Municipal, os Coveiros e os Garis desse Munícípío., Vendo que esses profissionais, são de suma importância e estão diariamente contribuindo com os seus serviços a toda população</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/199/req_077_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/199/req_077_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando do DER (Departamento de Estradas e Rodagem) de Pernambuco a capinação e manutenção da Rodovia PE 103 que liga a cidade a zona rural na rota das cachoeiras em Bonito- PE</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/198/req_078_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/198/req_078_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Pesar, aos familiares do Sr. ADROALDO CONZA TTI, Prefeito da cidade de Encantado/RS, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/197/req_079_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/197/req_079_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, a Secretária de Saúde e toda equipe envolvida no combate e vacinação contra o COVID-19.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/195/req_080_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/195/req_080_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, para que essa Casa Legislativa não poderia deixar de prestar essa singela homenagem póstuma a família do Sr. Roberto Oliveira de Carvalho, apresentando publicamente sentimentos de Pesar aos familiares, se solidarizando nesta hora de dor. Um homem batalhador, que sempre lutou pelos seus ideais, nos deixando um exemplo de vida. Aos familiares, o nosso fraternal abraço com Voto de Pesar, e irrestrita solidariedade pela triste e irreparável perda.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/194/req_081_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/194/req_081_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo, Secretário de Obras Wilson Lourenço junto com a CELPE, para que seja instalado a rede de eletrificação, onde venha atender o Loteamento da Associação do Rodeadouro junto ao Loteamento da Prefeitura, para que a mesma tenha acesso a rede elétrica.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/193/req_082_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/193/req_082_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares da Sr Marinete Maria da Silva, pelo falecimento da mesma ocorrido recentemente.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/192/req_083_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/192/req_083_2021.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTOS DE_x000D_
 PESAR aos familiares e amigos do DR. ISAAC BARBOSA VEIGA, que deixa uma história de relevantes serviços prestado à população bonitense.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/191/req_084_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/191/req_084_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro em caráter de urgência a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo e ao Secretário de Obras Wilson Lourenço , para que seja construído o saneamento do esgoto que corre a céu aberto, entre a Rua 3 e Rua 8 do Loteamento Frei Damião.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/190/req_085_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/190/req_085_2021.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidade regimentais, após aprovação desta Casa Legislativa, requeiro, respeitosamente, que seja encaminhada - o Senhor Prefeito, Gustavo Adolfo a senhora Secretária de Saúde, Julieta Farias Pinheiro, e ao Departamento de Vigilância Sanitária, em atenção do senhor Edmário Andrade - solicitação para intensificação das fiscalizações do funcionamento dos estabelecimentos considerados essenciais, como supermercados, por exemplo, objetivando que sejam observadas e cumpridas, rigorosamente e em atenção à vida do povo bonitense, as medidas sanitárias e os respectivos protocolos que visam obedecer ao plano de convivência com o Novo Corona vírus em nosso município nesses espaços coletivos.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/189/req_087_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/189/req_087_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm", Sr. Prefeito Gustavo Adolfo junto com o Secretario de Obras Wilson Lourenço, para que seja colocado em caráter de urgência, materiais como: metralha, pedras ou pissarro na ladeira de vera na localidade do Sítio Floresta, como também que seja colocado estes materiais em toda comunidade, facilitando a locomoção de todos que transitam nesta localidade.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/188/req_088_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/188/req_088_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo, junto com Secretário de Obras Wilson Lourenço, para que seja feito o calçamento e saneamento da Ru São José que da acesso a Igreja, Campo e Quadra na Vila de Bentivi.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/187/req_089_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/187/req_089_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais e deliberação do_x000D_
 Plenário, que seja conferido Voto de Aplauso ao senhor Wladimir Lima Cabral, mototaxista, pelo seu gesto altruísta de utilidade pública realizada durante o período de vacinação contra a Covid-19, no município do Bonito, entre a população com mais de 65 anos de idade, onde o mesmo colocou o seu veículo à disposição para buscar as pessoas em casa e levar até o ponto de vacinação na praça São Sebastião, gratuitamente.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/186/req_090_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/186/req_090_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais e deliberação do_x000D_
 Plenário, a indicação que seja conferido Voto de Pesar a família do Doutor Isaac Barbosa Veiga, ex-defensor público do município do Bonito/PE, falecido no último sábado dia 03/04/2021, com a idade de 92 anos de idade.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/185/req_091_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/185/req_091_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de comprida as formalidade regimentais, solicitando ao chefe do Poder Executivo o Sr. Gustavo Adolfo e o Secretário de Obras Wilson Lourenso, para que seja implatado depósitos de lixo na comunidade do Rodeadouro, especificamente na estrada da Igreja Assembleia de Deus que próximo á Biu Rufino, na Igreja Católica localizada na Vila, na antiga escola José Pedro Soares, na encruzilhada próximo ao bambu. Uma vez que a população se encontra deixando lixo nas margens das estradas.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/184/req_092_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/184/req_092_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao senhor prefeito Gustavo Adolfo juntamente com o Secretário e Obras, senhor Wilson Lourenço, para que seja colocado asfalto ou calçamento, na Travessa Paulo Viana de Queiro, conhecido como Beco do Fostino em Alto Bonito</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/183/req_093_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/183/req_093_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando a Secretária de Saúde Julieta Farias de Lira Pinheiro; para que seja implantado o Centro de Atenção Psicosocial CAPS, uma unidade especializada em saúde mental, alcoolismo e usuários de drogas em Bonito.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/181/req_096_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/181/req_096_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao Secretário de Obras Wilson Lourenço, para que seja feito o calçamento ou asfalto na Rua 04 do Loteamento Arlindo Cavalcanti nesta cidade.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/179/req_097_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/179/req_097_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares do Sr. Antônio Luiz Pereira, pelo falecimento do mesmo ocorrido recentemente</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/178/req_098_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/178/req_098_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando um apoio ao Exm.º Sr deputado Clodoaldo Magalhães, para que se consiga em forma de doação Equipamento para Fisioterapia, vendo a necessidade e o belíssimo trabalho realizado pela APAE ( Associação de Pais e amigos dos Excepcionais) Dessa forma faço um apelo ao amigo Clodoaldo Magalhães para que interceda na melhoria e desenvolvimento, desta Associação vendo o importante impacto no crescimento desses jovens e crianças que são melhores assistidos e inclusos na sociedade e caminham para uma melhor qualidade de vida.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/176/req_099_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/176/req_099_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora da câmara municipal do Bonito, estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja enviado ao Excelentíssimo Prefeito deste município. Gustavo Adolfo César. extensivo a Secretaria de Obras. ilustríssimo secretário Wilson Lourenco, que seja construído, com recursos próprios deste município ou recursos de emendas parlamentares, uma Via Sacra na Av. Professor Dimas de Albuquerque Cesar, no acesso à Capela de Nossa Senhora do Monte Serrat e base superior do teleférico Governador Eduardo Campos, grande atrativo turístico já consolidado desde 2018, afim de alavancar também o Turismo Religioso, neste município.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/175/req_100_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/175/req_100_2021.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidade regimentais, após aprovação desta Casa Legislativa, requeiro, respeitosamente, que seja encaminhada ao Senhor Prefeito  Gustavo Adolfo, ao Senhor  Romilson Cabral e ao Sargento Amorim, para que seja feita a Escolta com a Guarda Municipal dos Ônibus de Guaretama até a cidade aos sábados.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/174/req_101_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/174/req_101_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais, fazendo um pedido ao Secretario de Obras Wilson Lourenço junto com a Empresa Bonito Limpeza, que seja feita a coleta de lixo nos Sítios Imbiribeira e Maxixi.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/173/req_102_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/173/req_102_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, aos Srs. Daniel Eurico da Silva e Edinaldo Tergino de Moura, pelos serviços prestados a população.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/171/req_103_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/171/req_103_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de comprida as formalidades regimentais, Solicitando ao chefe do Poder Executivo o Sr. Gustavo Adolfo e o Secretário_x000D_
 de Obras Wilson Lorenzo, para que seja construída uma praça na rua Alto Bonito II, localizada no distrito de Alto Bonito. A comunidade vem reivindicar, _x000D_
 pois os mesmos não tem uma área de lazer.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/169/req_105_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/169/req_105_2021.pdf</t>
   </si>
   <si>
     <t>Venho por intermedio, requerer á mesa diretora, depois de cumprida as  formalidades regimentais, que seja dado um Voto de Pesar ao senhor Severino _x000D_
 Joaquim da Silva, o mesmo conhecido como Bil Rosa, onde Faleceu aos 76 anos, vitima de um acidente de carro.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/168/req_105_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/168/req_105_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja enviado ao Excelentíssimo Prefeito deste município, Gustavo Adolfo César, extensivo a Coordenadoria Municipal de Defesa Civil Coordenador José Batista, solicitação para regularização do abastecimento de água do distrito de Bentevi, deste município.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/166/req_106_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/166/req_106_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando a Sr.ª Secretária de Infraestrutura e Recursos Hidricos de Pernambuco FERNANDA BATISTA, para que seja refeita uma nova sinalização de faixas e placas nas PE 103 Dep Ribeiro Godoy que liga Bezerros a Bonito e a PE 109 Massilon Pessoa Cavalcanti que liga Bonito a Agrestina.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/165/req_107_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/165/req_107_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Secretário de Obras Wilson Lourenço, para que feita a pavimentação da Rua principal do Povoado de Duda Praêiro.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/164/req_108_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/164/req_108_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja enviado a Secretaria de Turismo, Esporte e Lazer de Pernambuco, Excelentíssimo Secretário Rodrigo Novaes, solicitação para de doacão de Cadeira Anfíbia para pessoas com deficiência ou mobilidade reduzida para ser utilizada nos equipamentos turísticos (Cachoeiras), do município do Bonito.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/161/req_109_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/161/req_109_2021.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidade regimentais, após aprovação desta Casa Legislativa, requeiro, respeitosamente, que seja encaminhada - o_x000D_
 Senhor Prefeito, Gustavo Adolfo, o Secretário de Obras senhor Wilson Lourenço, que Determine a coleta de lixo já realizada na Colônia Rio Bonito seja estendida a área mas adiante que consiste em 300 metros a frente de onde já é realizada.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/163/req_110_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/163/req_110_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo, junto com Secretário de Obras Wilson Lourenço, para que seja feito as linhas de água das estradas principal e colocar metralhas no Engenho Pendanga e Serro Azul.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/160/req_111_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/160/req_111_2021.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidades regimentais, após aprovação desta Casa Legislativa, requeiro, respeitosamente, que seja encaminhada ao Senhor Prefeito Gustavo Adolfo, ao Senhor Wilson Lourenço, Secretário de Obra, Para quer seja feita a coberta do Terminal Rodoviário DR. Luiz Piauhylino. Na área de embarque e desembarque.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/159/req_112_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/159/req_112_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, para que essa Casa Legislativa não poderia deixar de prestar essa singela homenagem póstuma a família do Sr. MILTON VIANA VILAR, apresentando publicamente sentimentos de Pesar aos familiares, se solidarizando nesta hora de dor. Um homem batalhador, que sempre lutou pelos seus ideais, nos deixando um exemplo de vida. Aos familiares, o nosso fraternal abraço com Voto de Pesar, e irrestrita solidariedade pela triste e irreparável perda.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/156/req_114_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/156/req_114_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, a Ilm.ª Sr.ª Daniela de Lima Lira, pelos relevantes serviços prestado em nossa cidade.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/158/req_115_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/158/req_115_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo, a regularização dos serviços de moto taxi no âmbito do municipio de Bonito.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/154/req_116_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/154/req_116_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara do Bonito, depois de cumprida as formalidades regimentais, solicitando a Secretaria de Obras, juntamente com a Bonito Limpeza e a Secretaria de Vigilância em saúde, para que seja feito uma ação em conjunto para retirar os destroços das entradas de Bonito_x000D_
 e Alto Bonito.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/152/req_117_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/152/req_117_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara do Bonito, Estado de Pernambuco, depois de cumprida as formalidades regimentais, solicitando a Secretaria de Governo, em nome do Secretário Romilson Cabral para que seja criado em nossa cidade um estudo para viabilizar uma melhoria no trânsito, proporcionando assim uma maior segurança.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/150/req_118_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/150/req_118_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora da Câmara Municipal do Bonito, depois de cumprida as formalidades regimentais, que seja concedido um Voto de Aplauso, aos Novos Agentes de Saúde, por exercer o novo cargo à frente da saúde do nosso município.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/149/req_119_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/149/req_119_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumprida as Formalidade Regimentais, Solicitando ao Chefe do Poder Executivo o Sr. Gustavo Adolfo e o Secretário de Obras Wilson Lourenço para que seja desobstruídas as bocas de lobo da Rua Pautila Jordão (localizada por traz do Banco do Brasil) e da Rua Esdras Emiliano(Conhecida como rua do sapo). É necessário que seja feita essa ação, visto que em dias chuvosos as ruas alagam em decorrência do entupimento.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/148/req_120_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/148/req_120_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja concedido Voto de Aplausos para o artista plástico, Marcelo Júlio, que retratou a obra do Massacre do Rodeadouro, marcante feito histórico que aconteceu município do Bonito/PE, em livro infantil de sua autoria.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/145/req_121_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/145/req_121_2021.pdf</t>
   </si>
   <si>
     <t>requeiro a mesa diretora, depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja_x000D_
 conferido por esta Casa, Voto de Aplauso, ao Exmo. Sr. Dep. Estadual Clodoaldo Magalhães, que no último dia 27 deste mês me recebeu em seu Gabinete na Assembléia Legislativa de Pernambuco, para tratar de assuntos de suma importância pra o nosso Município.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/143/req_122_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/143/req_122_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumpridas as formalidades regimentas, solicitando ao sro Prefeito Gustavo Adolfo e ao Secretário de Obras Wilson Lourenço peço que seja feita a coleta de lixo de trinta familia no engenho barra azul, ponto de referençia, a ponte do arruado, indo para cachoeira do encato,e para casa de farinha,cerca de meio quilometro.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/142/req_123_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/142/req_123_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao Secretário de Obras Wilson Lourenço, para que seja feito o calçamento nas Ruas dos Girassóis no Bairro da Sapucaia, mais conhecido como Loteamento de Dimas do antigo Sítios Bar.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/141/req_124_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/141/req_124_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares do Sr. Paulo Rubens de Melo ( conhecido como Rubens da Charque ) pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/140/req_125_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/140/req_125_2021.pdf</t>
   </si>
   <si>
     <t>Requeiroa Mesa Diretora depois de cumprida às formalidades regimentais, no sentido de que seja dado um VOTO DE APLAUSO, Aos Profissionais da área da Enfermagem: Enfermeiros, Técnicos de Enfermagem, Auxiliares de Enfermagem e parteiras</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/139/req_127_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/139/req_127_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando a Secretária de Saúde em nome da Sr" Julieta Farias de Lira Pinheiro, para que veja a possibilidade de viabilizar a vacinação contra o COVID-19, em todo o comércio essencial em nossa</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/138/req_129_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/138/req_129_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Exmo. Sr. Prefeito Gustavo Adolfo ao_x000D_
 Secretario de Obras Wilson Lourenço, no sentido de que seja feito a conclusão do calçamento da ladeira da Rua Juscelino Kubitschek e da Trav. Álvaro Matos em nossa cidade.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/137/req_131_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/137/req_131_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Exmo. Sr. Prefeito Gustavo Adolfo Neves de Albuquerque César. ao Secretário de turismo Juventude Esporte e lazer, Ilmo. Sr. Carlos Henrique Vilela e a Secretária de Educação e Cultura, Elza silva no sentido de que seja viabilizado a concessão de um auxilio  emergenciaI ou a realização de uma live remunerada para os artistas bonitenses ou erradicados neste município, que se apresentariam no período junino do corrente, tendo como base as apresentações do ano de 2019, não excluindo novos artistas que surgiram fora desse período ou que efetivamente não se apresentaram naquele são João. No caso do auxilio emergencial, que seja enviado a esta casa pelo prefeito em forma de Projeto de Lei, em regime de urgência para aprovação dessa Casa.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/136/req_132_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/136/req_132_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, ao Ilrm Sr. Massilon PessoaCavalcanti Filho (Pessoinha). Ex-Vereador, pela passagem de seu aniversário.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/135/req_133_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/135/req_133_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, no sentido de que seja dado um VOTO DE APLAUSO, Aos Profissionais da área da Enfermagem pela semana da Enfermagem que é celebrada todos os anos de 12 a 20 de maio.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/134/req_135_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/134/req_135_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumprida as Formalidade Regimentais, Solicitando a Com pesa, para que seja estendida o abastecimento de água em média 500M que irá atender o sítio Muriçoca, o qual tem 20 familias e 6 casas desabitadas. É necessário este abastecimento, pois o fornecimento de água só chega ao loteamento Jardim América que estar tão perto da comunidade solicitada. Solicito também á compesa que as águas tivesem um melhor tratamento na sua adutora antes de chegar até os seus consumodores.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/133/req_136_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/133/req_136_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja_x000D_
 conferido por esta Casa, Voto de Aplauso, ao Exmo. Sr. Prefeito Gustavo Adolfo e a Secretária de Saúde Julieta Farias de Lira Pinheiro, pelo o ótimo funcionamento da UPAE.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/132/req_137_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/132/req_137_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Secretario de Obras Wilson Lourenço, no sentido de que seja feito uma sinalização especifica na PE 109 em frente ao centro esportivo GOLD Esporte.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/131/req_139_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/131/req_139_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais e deliberação do_x000D_
 Plenário, a indicação que seja conferido Voto de Pesar a família de Leyla de Melo Almeida, falecida hoje 13/05/2021, com a idade de 42 anos de idade. Aos seus familiares, nossas sinceras condolências reiterando que esta Câmara de Vereadores não poderia deixar de se expressar ao seu pesar. Manifestamos nosso profundo respeito e rogamos a Deus que traga conforto aos corações enlutados.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/130/req_140_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/130/req_140_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando que seja encaminhado a CELPE, solicitação para substituição do transformador de energia elétrica no Sítio Mucury e Zona Rural deste município.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/77/req_141_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/77/req_141_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja enviado ao Excelentíssimo Prefeito deste município. Gustavo Adolfo César, extensivo à Secretaria Municipal de Planejamento. secretária Joelma Teodoro e Secretaria Municipal de Saúde. secretária Julieta Pinheiro, solicitação para abertura de procedimento licitatório para aquisição de dez (10) motocicletas._x000D_
 destinadas aos Agentes Comunitários de Saúde e aos Agentes de Endemias e, uma (1) ambulância para atender aos Distrito de Estreiro do Norte, pertencente ao nosso município.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/413/requerimento_143.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/413/requerimento_143.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Secretário de Obras Sr. Wilson Lourenço, que seja feito o calçamento das Ruas 2, 3 e 4 da Agro Vila, no Distrito de Alto Bonito.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/129/req_144_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/129/req_144_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, esse Requerimento trata-se de um pedido ao Sr. Prefeito Gustavo Adolfo, para que seja encaminhado a essa Casa um Projeto de Lei, incorporandoa gratificação de função dos Funcionários Públicos deste Município que trabalham como motoristas efetivos e estáveis.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/128/req_145_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/128/req_145_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares do Sr. José Ednilson da Silva; pelo falecimento do mesmo ocorrido recentemente vítima da COVID-19.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Venho por intermédio, requerer a mesa diretora, depois de cumprida as formalidades regimentais, que seja dado um Voto de Pesar aos familiares do senhor José Ailton dos Santos, Pelo falecimento do mesmo ocorrido recentemente, conhecido como Cuca mecânico, onde faleceu aos 51 anos de idade.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/126/req_147_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/126/req_147_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais que seja dado um VOTO DE PESAR, aos familiares do senhor José Rainere Bezerra da Silva, pelo falecimento do mesmo ocorrido recentemente, rogando a Deus que conforte os corações dos enlutados.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/107/req_148_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/107/req_148_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as regimentais, solicitando ao secretário de governo Romilson Cabral, pra que seja realizado com mais frequência o apoio a guarda municipal na localidade da academia das cidades no bairro do mutirão.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/125/req_149_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/125/req_149_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais que seja dado um VOTO DE PESAR, aos familiares da senhora Maria Consuelo Melo César, pelo falecimento da mesma ocorrido recentemente, rogando a Deus que conforte os corações dos enlutados.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/124/req_150_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/124/req_150_2021.pdf</t>
   </si>
   <si>
     <t>Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, a Sr" Vereadora Anacléa Azevedo de Lima, pela passagem do seu aniversário.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_151.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_151.pdf</t>
   </si>
   <si>
     <t>requeiro a mesa diretora depois de cumprida as Formalidades Regimentais, solicitando que seja encaminhado o Ofício ao Chefe do Poder Executivo, para_x000D_
 aquisição de duas (02) Caixas d'águas, para serem implantadas no Povoado do Estreito do Norte, com o objetivo de suprir as necessidades dos moradores daquela Região</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/123/req_152_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/123/req_152_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e Secretario de Obras Wilson Lourenço, para que seja colocado material nas principais estradas dos Engenhos Barra Azul, Pendanga e Serra Azul.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/122/req_153_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/122/req_153_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumpridas as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, ao Sr. Prefeito Gustavo Adolfo, Secretário de Obras Wilson Lourenço, Pela restauração do Monumento do Coluna de São Pedro, Secretária de Educação Maria Elza, pela realização das Lives Culturais e Secretária de Turismo Carlos Henrique, pela Caravana do Forró.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/121/req_154_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/121/req_154_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumprida as Formalidade Regimentais, Solicitando ao Diretor Presidente do DER Maurício Canuto Mendes, para que seja colocado Placas de indicação de localização de Bonito na BR 232 em Bezerros.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/120/req_155_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/120/req_155_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumprida as Formalidade Regimentais, Solicitando ao Secretário de Turismo Sr. Carlos Henrique, para que seja restaurado as fotos do Pórtico da entrada da cidade de Bonito.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/119/req_156_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/119/req_156_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumprida as Formalidades Regimentais, Solicitando a Secretária de Saúde Julieta Farias de Lira Pinheiro, para que seja feita a ampliação do Posto de Saúde, com sala de espera, sala de atendimento e copa cozinha, também solicitamos que construa o muro em todo entorno do Posto de Saúde do Sítio Viração.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/118/req_157_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/118/req_157_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumprida as Formalidades Regimentais, Solicitando ao Chefe do Poder Executivo o Sr. Gustavo Adolfo, a possibilidade e a viabilidade em destinar o Sobrado para a implantação de um Centro de Educação Digital Aplicado a tecnicologias criativas, através de parceria com a JL COELHO. Esse interesse deverá ser confirmado através de uma carta ou documento de interesse no projeto assinada pelo chefe do executivo.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_158.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_158.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja dado um Voto de aplauso a Secretária de Saúde Julieta Farias Pinheiro e a toda equipe de Saúde que estão a frete com a vacinação contra a COVID - 19, pelo excelente trabalho apresentado.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/104/req_160_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/104/req_160_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumprida as Formalidade Regimentais, Solicitando ao Secretário de Obras Wilson Lourenço, para que realize melhorias na estrada de Bananeira do Curvel o e também na localidade de Água Vermelha, disponibilizando de máquinas e matériais como: cascalho e piçaro nas principais ladeiras.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/106/req_161_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/106/req_161_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumpridas as Formalidades Regimentais, Solicitando ao Secretário de Obras Wilson Lourenço e a Defesa Civil, para seja regularizado o abastecimento de água da comunidade do Sítio Cochos quizenalmente, pedimos também que seja colocado iluminação Pública em quatro postes na mesma comunidade pois a mesma paga a taxa de iluminação Pública por isso é direito e necessidade da mesma.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/109/req_162_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/109/req_162_2021.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidades regimentais, após aprovação desta Casa Legislativa requeiro, respeitosamente, que seja encaminhada ao senhor prefeito - Gustavo Adolfo e a Secretária de saúde a senhora- Julieta Farias, para que seja encaminhado um médico para (UBS) da Sede da Colônia.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento-163.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento-163.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, Atendendo aos trâmites e formalidades regimentais, após aprovação desta Casa Legislativa requeiro, respeitosamente, que seja encaminhada ao senhor prefeito  Gustavo Adolfo e o Secretário de Obras o senhor  Wilson Lourenço, Para que seja feita um restauração da estrada de macaco de pedra.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/117/req_164_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/117/req_164_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumpridas as formalidades regimentais, solicitando ao Secretário de Turismo o Sr. Carlos Henrique, para que sejam colocadas placas indicativas dos pontos turísticos por toda cidade e também com sentido às cachoeiras com os principais idiomas para uma melhor informação aos turistas de todas as nacionalidades. Solicito também que sejam colocadas placas em altura acessível com mapas e um breve histórico do município também com os principais idiomas e em braile para dar mais acessibilidade a quem precisa, tanto cadeirantes quanto pessoas com limitações visuais. Ainda requeiro que também possa ser instalados painéis de Led com sons e imagens da nossa tão bela cidade em pontos estratégicos, como hotéis e pousadas, pontos turísticos e praças públicas, solicito ainda que sejam ofertados cursos de idiomas para os nossos guias turísticos locais, que podem ser feito em parceria com o sistema "S" ou até mesmo com alguma escola de línguas que temos no nosso</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/116/req_165_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/116/req_165_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando a Ilm" Professora Maria Elza, Secretária de Educação, um estudo através de um novo levantamento georeferenciado do Transporte Escolar na comunidade de Barra Azul, para que possamos atender a comunidade estudantil do ensino fundamental em sua totalidade com programa" Caminho da Escola", em tempo solicitamos que esse Requerimento, caso aprovado, também seja enviado a Coordenadoria de Transporte Escolar</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/103/req_166_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/103/req_166_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora depois de cumpridas as formalidades regimentais, que aprovemos requerimento, CONVIDANDO a lima Sr' MANUELA MARINHO Presidente da Companhia Pernambucana de Abastecimento e Saneamento  -COMPESA, o lImo Sr. THIAGO GRASSI Gerente da Coordenação do CAS RUSSA e o limo Sr. EDINILDO MIGUEL DA SILVA gestor local da loja Bonito para uma AUDIÊNCIA PÚBLICA em AGOSTO do corrente ano. Para tratarmos de assuntos de extremo interesses da população do nosso município.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento-167.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento-167.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao secretário de Obras Wilson Lourenço, para que seja realizado em caráter de urgência melhorias em toda comunidade de Troia. Vendo a necessidade, solicitando também Saneamento Básico, Iluminação Pública, Desobstrução das Vias e Rodagens e Recapeamento do acesso com materiais do tipo: pó de pedra,_x000D_
 cascalho, piçarro entre outros.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/101/req_168_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/101/req_168_2021.pdf</t>
   </si>
   <si>
     <t>Atendendo aos trâmites e formalidades regimentais, após aprovação desta Casa Legislativa requeiro, respeitosamente, que seja encaminhada ao senhor prefeito-Gustavo Adolfo e o Secretário de Obras o senhor- Wilson Lourenço, Para quer seja feita a colocação de tubos de esgoto na sede da Colônia.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/99/req_169_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/99/req_169_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Sr. Wilson Lourenço, solicito a secretaria de Obras, serviços públicos e urbanismo a programação, semestral, de todas as Ruas que serão pavimentadas, incluindo distritos, povoados e qualquer outra localidade de nosso município.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/410/requerimento_154.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/410/requerimento_154.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais,que seja conferido um voto de aplauso ao Exrn" Sr. Túlio Gadelha Deputado_x000D_
 Federal.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/94/req_172_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/94/req_172_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, para que seja encaminhado a vice governadora, Exm.ª Srª Luciana Santos a Secretária de Infra Estrutura e Recursos hídricos  de Pernambuco Sr.ª  Fernanda Batista e também o Diretor Sr. Mauro Canuto Mendes, para que seja feito o recapeamento da PE-109 de Bonito ao Trevo de Formigueiro.</t>
   </si>
   <si>
     <t>Paulinho de Devá, Ítalo de Pedrito</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/102/req_173_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/102/req_173_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora depois de cumprida as formalidades regimentais, que seja enviada cópia deste expediente ao Senhor Jeremias Salvador da Rocha, Gerente Setorial da CELÇPE - Regional Caruaru, ao qual solicitamos a elaboração de um projeto de iluminação pública, no trecho que_x000D_
 compreende a UPA-E, Yazaki, Escola Técnica e a empresa 2MFC, especificamente na PE 103 e estrada da antiga Varig, que dá acesso ao Sítio Rodeadouro.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento-174.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento-174.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora depois de cumpridas as formalidades regimentais, que seja aprovado por esta Egrégia Casa Legislativa e posteriormente enviado um VOTO DE APLAUSO ao Excelentíssimo Senhor Luiz Fux, Ministro do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento-175.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento-175.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumpridas as formalidades regimentais, solicitando ao chefe do poder executivo o Sr. Gustavo Adolfo e ao Secretário de Finanças o Sr. Samuel Queiroz, para que envie ao SISMUB - Sindicato dos Servidores Municipais de Bonito, em caráter de urgência a Resolução 14 do FUNDEB dos 70% e 30%, referente aos meses de janeiro a julho do corrente ano, para que seja feita a devida análise.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento-176.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento-176.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, parabenizando a todos os pais de Bonito e toda Zona Rural,_x000D_
 pelo seu dia que será comemorado neste domingo dia 08 de agosto do corrente mês.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento-178.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento-178.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais, que seja feito uma parceria entre a secretaria de educação e turismo para programar um calendário mensal com a finalidade de que os alunos tenham conhecimento das belezas naturais de nossa cidade, como cachoeiras e outros locais históricos, levando-os até os locais.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento-180.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento-180.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades  regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e a Secretária de Saúde Julieta Farias de Lira Pinheiro, para que disponibilize um meio de transporte de preferência um carro 4 x 4, para levar até as localidades da Zona Rural os pacientes que obtiverem alta do Hospital Dr. Alberto de Oliveira.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Marcelo do Rodeadouro, Anacléa de Anacleante, Graça de Barra Azul, Walter Maroja</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento-181.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento-181.pdf</t>
   </si>
   <si>
     <t>Requeremos ao Sr. Paulo Sérgio da silva, presidente da casa legislativa,após as formalidades regimentais e em respeito a transparência e publicidade pública, que seja disponibilizado em 15(quinze) dias, a cópia da prestação de contas desta casa, referente ao biênio 201912020. Acompanhado do parecer do T.C.E (Tribunal de contas do estado), empenho , notas ficais, extratos bancários e demais comprovantes.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento-182.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento-182.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumpridas as formalidades regimentais e deliberações do Plenário, e com respeito costumeiro, que seja conferido por essa casa, Voto de Aplauso, ao Excelentíssimo Defensor Público Samuel Domingos de Azevedo Melo, pelos Relevantes Serviços prestados ao Município de Bonito -PE.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento-183.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento-183.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais no sentido de que seja dado um VOTO DE APLAUSO, a Jairo João da Silva, por_x000D_
 representar a cidade de Bonito em maratonas nacionais e internacionais, sendo inclusive o primeiro bonitense a completar a maratona internacional de 42 km, sendo destaque como atleta de alta performance em todas as etapas que participa, levando a Bandeira de Bonito.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento-184.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento-184.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo e as secretárias Sra. Julieta Pinheiro e a Sra. Isabel Celina. A instalação de uma casa de apoio, na cidade de Bonito, aos pacientes que precisam de pousada na cidade, geralmente oriundos da zona rural, para poderem viajar para outras cidades e realizarem seus atendimentos de saúde de forma geral. Essa casa deverá receber pacientes e acompanhantes no egresso e regresso das viagens quando necessário.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento-185.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento-185.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando a CELPE, para que seja feita a retirada do poste do Campo de Barra Azul n° C 38.198 desse Município.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de_x000D_
 PEDIDO DE INFORMAÇÕES aos seguintes órgãos Municipais:_x000D_
 -DEFESA CIVIL: houve vistoria e conseqüente laudo técnico, referente_x000D_
 as avarias existentes no imóvel de n° 158, na Rua 07, no Bairro Loteamento_x000D_
 Frei Damião._x000D_
 -SECRETARIA DE OBRAS: Na pessoa do Secretário, Sr. Wilson_x000D_
 Lourenço; se houve algum tipo de levantamento técnico ou até mesmo,_x000D_
 alguma ação sobre a drenagem naquele alagado, que passa no final da Rua_x000D_
 08, também no Loteamento Frei Damião. Estendo também esse pedido, a_x000D_
 VIGILÂNCIA SANITARIA, devido aos riscos iminentes de alagamentos_x000D_
 nos imóveis naquele entorno além de proliferações de insetos, causadores_x000D_
 de doenças, tipo chikungunya, dengue, leptospirose, entre outras._x000D_
 Sem mais para o momento, desde já agradeço.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, depois de cumpridas as formalidades regimentais e deliberações do Plenário, que seja solicitado à Secretaria Municipal de Educação e Cultura, secretária Maria Elza da Silva e Secretaria Municipal de Desenvolvimento social, Inclusão e Direitos Humanos, secretária Izabel Celina, uma reunião para tratar especificamente do apoio municipal à Tradicional Banda Musical do Biu, deste município, que há quase cinco décadas tem prestado serviços à cultura e a sociedade bonitense.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento-188.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento-188.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumpridas as Formalidades Regimentais, Solicitando solicitando ao Secretário de Obras; para que seja_x000D_
 eito um trabalho de terra plangem na estrada do Sítio Água Vermelha e Adjacência com pissarro.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento-190.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento-190.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo para que disponibilize uma área destinada para à prática de MotoCross e trilhas, nas Áreas de Zona Rural proporcionando assim mais segurança e incentivo para à prática desses esportes radicais no Município de Bonito</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento-192.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento-192.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente,Atendendo aos trâmites e formalidades regimentais, após aprovação desta Casa Legislativa, requeiro, respeitosamente, que seja encaminhada, ao Senhor Prefeito - Gustavo Adolfo e ao secretário de Obras Senhor Wilson Lourenço, que seja feito o calçamento da Rua Luiz Godoy no loteamento Arlindo Cavalcanti.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento-193.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento-193.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumprida as Formalidades Regimentais, Solicitando ao Secretário de Obras Wilson Lourenço, para que seja feito o calçamento da Rua Novo Rio do Loteamento Benício Cavalcante no Distrito de Alto Bonito, como também melhorias da Rua 01 do referido Loteamento.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento-194.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento-194.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja dado um VOTO DE APLAUSO, a toda equipe que representa o esporte do BADMINTON da nossa cidade Bonito,representado por nossos amigos Claudio e Nildo.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento-195.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento-195.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, requeiro a mesa um voto de pesar pelo falecimento de um amigo Anderson Varella ocorrido nesta ultima segunda-feira.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento-196.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento-196.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumpridas as Formalidades Regimentais, Solicitando ao Secretário de Obras Wilson Lourenço; para_x000D_
 que seja feita a reposição do calçamento da Rua 02 do Loteamento Frei Damião, pois a mesma se encontra nessas condições a mais de 05 anos vale_x000D_
 salientar que a referida Rua é a principal para o fluxo de veículos no Bairro.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento-197.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento-197.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades_x000D_
 regimentais, que seja enviado ao Excelentíssimo Diretor Presidente do DETRAN PERNAMBUCO, Sr. Roberto Carlos Moreira Fontelles_x000D_
 solicitação para que sejam tomadas providências no sentido de reestruturar a sede administrativa da 56ª Unidade da Circunscrição_x000D_
 Regional de Trânsito (Ciretran) Bonito - PE, localizado na Av. Dr. Alberto de Oliveira, N°170 - Centro.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento-198.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento-198.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, que seja dado um VOTO DE APLAUSO, ao Sr. Paulo Sergio da Silva, presidente da Câmara Municipal do Bonito, pelo novo cargo que vai exercer de superintendente da União dos Vereadores do Brasil - UVB_x000D_
 Nordeste pelo relevante papel perante o Legislativo.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento-199.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento-199.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja concedido um voto de aplauso a emissora TV ASA BRANCA, que comemora seus 30 anos de existência, nos proporcionando comunicação com qualidade.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento-200.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento-200.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais. para que essa casa conceda um voto de aplauso para os irmãos_x000D_
 Marcelo Jácomo e Marcilio Jácomo, praticantes do esporte pesca sub,os mesmos representam o estado de Pernambuco, MARCELO SENDO O_x000D_
 PRESIDENTE DE PESCA SUB EM PERNAMBUCO, E REPRESENTANTE DO NORDESTE.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento-201.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento-201.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao senhor Prefeito Gustavo Adolfo e ao_x000D_
 Secretario de obras Wilson lourenço, para fazer um asfalto nas ruas Rei Jesus localizada no bairro do mutirão, sendo ruas 1,2,3,4, e 5.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento-202.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento-202.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo e a secretária de Saúde Julieta Pinheiro, a construção das Unidades Básicas de Saúde da Família dos Bairros do Mutirão e Loteamento Frei Damião.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/409/requerimento_205f.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/409/requerimento_205f.pdf</t>
   </si>
   <si>
     <t>Requeiro á mesa depois de cumprida as formalidades regimentais, dando um voto de aplauso ao Sr. José Pinheiro de Andrade, pelos relevantes serviços_x000D_
 prestados ao Nosso Município.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento-204.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento-204.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo, juntamente com a Secretaria de Saúde Julieta Farias de Lira pinheiro e também a Vigilância Sanitária, para que proponha às farmácias do Município de Bonito para intercalarem um plantão 24h em forma de rodízio, tendo em vista a necessidade da compra de medicamentos com urgência pela população, solicitando também o apoio da Guarda Municipal para segurança dos estabelecimentos.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento-205.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento-205.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo Sr. Gustavo Adolfo e a secretária de Saúde Julieta Pinheiro, a reativação do posto de Saúde de Bananeira do Curvelo para funcionar como posto satélite do PSF de Estreito do Norte.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento-206.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento-206.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar,_x000D_
 aos familiares do Sr. José Natalício Pontes (conhecido por Sargento Pontes) deixando esposa, filhos, filha, netas e genro; pelo falecimento do_x000D_
 mesmo corrido recentemente.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento-207.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento-207.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, requerer a Mesa Diretora, depois de cumprida as formalidades regimentais, solicitar que, a secretaria de Educação assuma o pagamento da conta de energia elétrica, tendo em vista que a Escola Djanira Pereira da Silva, da localidade do Sitio Pendanga utiliza água de um poço artesiano que serve a comunidade e a própria escola. Convém explicar, que: a conta de energia elétrica, utilizada para o funcionamento da bomba d'água é paga em sistema de rodizio pelos os moradores que necessitam da água do referido poço. Também é importante frisar, que o valor das contas chega a ser irrisório, devido à importância para todos que residem naquela localidade.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora depois de cumpridas as formalidades regimentais, que seja enviada cópia deste expediente à Ilustríssima Secretária de Educação e Cultura, Senhora Elza Silva, extensivo à Coordenadoria de Transporte para que seja viabilizado transporte de professores e alunos, inclusive aluno com necessidades especiais que precisa de acompanhante, ligados ao Programa do Governo do Estado EJA CAMPO (Educação de Jovens  Adultos), no Distrito de Alto Bonito, que vai ampliar de duas para quatro turmas.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_209.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_209.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, que seja solicitado ao Secretário de Obras melhoramento nas estradas de Carrilho, Murucé, Papagaio, Pé de Serra, Serra dos Ventos, Monte Sombril, Engenho Tróia e Jardim.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento-211.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento-211.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao senhor Prefeito Gustavo Adolfo e a Secretaria de Educação Maria Elza, para que sejam realizadas as reformas de todas as quadras esportivas que existem nas escolas de nosso município.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/412/requerimento_203.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/412/requerimento_203.pdf</t>
   </si>
   <si>
     <t>Requeiro á mesa depois de cumprida as formalidades regimentais, solicitando ao Secretario de obras, para que seja feito o reparo ou substituição dos tubos que fazem a drenagem do esgoto no Bairro da Vila da Cohab,até o decantador.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento-213.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento-213.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e Secretario de Obras Wilson Lourenço, para que seja colocado lâmpadas Led nos postes do Engenho Serra Azul, Pendanga, Barra Azul e Engenho Magico.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento-214.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento-214.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades regimentais no sentido de que seja concedido um VOTO DE APLAUSO, aos Agentes de Saúde pelo seu dia que é comemorado no dia 04 de outubro de 2021.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento-215.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento-215.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa, depois de cumpridas as formalidades regimentais, que seja encaminhado ao Poder Executivo, solicitação de atualização ou reestruturação da Lei municipal N°796/2006, que criou a Guarda Municipal, para que esta se adeque melhor a realidade atual. Solicitamos a mesa diretora Diretora que, a título de sugestão, que se encaminhe também a minuta de um projeto atualizado (em anexo), para que seja analisado pelo Poder Executivo, para que este usando das prerrogativas que lhes compete, envie a este Poder Legislativo o referido projeto para que seja apreciado por esta Casa de Leis.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento-216.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento-216.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades regimentais no sentido de que seja concedido um VOTO DE APLAUSO, a Ilma. Sr'. Maria Elza Secretária de Educação, por ser reconduzida ao cargo de Diretora da UNDlME (União Nacional dos Dirigentes Municipais de Educação de Pernambuco).</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja dado um VOTO DE APLAUSO ao Sr .Paulo Santana, pelos relevantes serviços prestados na cidade de Bonito, no que tange a questão Agricultura e Ecologia.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento-220.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento-220.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e Secretario de Obras Wilson Lourenço, para que passe a patrulha mecânica nas estradas principais dos Engenho Mágico, Barra Azul, Pendanga, Serro Azul até Bentivi e também no Engenho Floresta e Riacho Seco.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento-221.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento-221.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumpridas as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e a Secretária de_x000D_
 Educação Maria Elza, para que promova cursos de libras para os profissionais da Educação.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/76/req_222_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/76/req_222_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja enviado ofício ao Delegado de Polícia desta cidade, Excelentíssimo Sr. Or. Bruno Gabriel Andrade de Oliveira solicitando que seja instaurada uma investigação sobre uma matança contra animais de rua, onde no dia 29 de setembro mataram 09 (nove) cachorros, por envenenamento, no Distrito de Alto Bonito, neste município.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/415/requerimento_223.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/415/requerimento_223.pdf</t>
   </si>
   <si>
     <t>Após cumprida as formalidades regimentais, requeiro ao Sr.Prefeito,ao Sr. Edson Monteiro e a Secretária de saúde a Sr a Julieta Pinheiro para que todos_x000D_
 os profissionais de saúde em especial a enfermagem recebam de forma financeira o bônus por enfrentarem de forma heróica todo período critico da_x000D_
 pandemia causada pelo vírus da Covid-19</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento-224.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento-224.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades regimentais no sentido de que seja concedido um VOTO DE APLAUSO, a Ilma. Sr". Maria Elza Secretária de Educação e toda sua equipe, pelo belo trabalho desenvolvido na Educação de nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento-225.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento-225.pdf</t>
   </si>
   <si>
     <t>Depois de cumpridas as formalidades regimentais, venho por intermédio deste,requerer à Secretaria de Educação, através da secretária Maria Elza da Silva, que seja feito a regulamentação do transporte escolar dos estudantes da comunidade de Monte Sombrio. Pois hoje, o transporte que deveria levar de Monte Sombrio até Alto Bonito, chega até a comunidade de Serra dos Ventos. Forçando os estudantes a irem a pé o restante do percurso. Além disso, solicitam também, um carro maior, pois são 20 (vinte) o que utilizam esse transporte e o carro disponível é uma besta (van) , assim, necessita-se de um veículo com maior capacidade. Também pede aquela comunidade, uma melhoria no acesso estrada), pois essa carece de pelo menos uma passada de patrol, para um acesso adequado.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento-226.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento-226.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao secretario de obras Wilson Lourenço para que seja realizada a pintura das faixas de pedestre da avenida Dr Alberto de oliveira, e que seja feita mais duas faixas também na mesma avenida sendo uma em frente Pita supermercado e outra em frente ao Supermercado Altas horas, por meio desse também comunico ao Secretario de Governo Romilson Cabral, onde atende ao trânsito do município.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento-227.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento-227.pdf</t>
   </si>
   <si>
     <t>Depois de cumpridas as formalidades regimentais, venho por intermédio deste, requerer à Prefeitura Municipal do Bonito, através do prefeito_x000D_
 Gustavo Adolfo, que seja disponibilizado um transporte que comporte 16 (dezesseis) alunos que participam de um curso preparatório para o concurso da polícia civil na cidade de Caruaru-PE. Tendo em vista, a importância do curso e a incapacidade dos mesmos em arcarem com os custos.</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja dado um VOTO DE APLAUSO aos professores de Bonito PE., pela passagem do seu dia.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento-229.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento-229.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja_x000D_
 enviado ao Exmo Prefeito deste município, Sr. Gustavo Adolfo, o seguinte pedido de providência: Que solicite a Secretaria de Obras, Serviços Públicos e Urbanismo, lustrosíssimo secretário Wilson Lourenço que o mesmo se empenhe no sentido de viabilizar a recuperação das estradas vicinais que dão acesso a Comunidade de Estreito do Norte, na zona rural deste município, pois se encontram em situações precárias, e em situação extremamente perigosa colocando em risco eminente de acidentes os seus usuários além do aumento de custo com_x000D_
 manutenção dos veículos.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento-230.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento-230.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer ao Sr. Prefeito Gustavo Adolfo, através da Secretaria de Educação (Secretária Maria Elza) e Secretaria de Obras (Secretario Wilson Lourenço). Devido ao incidente ocorrido no Grupo Escolar José Piauilino  Melo Monteiro,tendo em vista o desabamento do teto, esse ocorrido pela segunda vez. Diante da gravidade dos fatos, se faz necessário algumas informações:_x000D_
 I. Nome da empresa contratada, com respectivo contrato social;_x000D_
 II. Valor da contratação da obra;_x000D_
 III. Laudo técnico da avaliação de risco do primeiro desabamento do teto no mesmo Grupo Escolar, pelos órgãos competentes;_x000D_
 IV. Origem dos recursos, cópia dos cheques em nome da empresa favorecida;_x000D_
 V. Nome do responsável técnico pela execução da obra; e_x000D_
 VI. Quais foram as medidas adotadas pela Prefeitura Municipal, após o ocorrido.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/83/req_231_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/83/req_231_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, as alunas da ETE de Bonito que foram campeão do Concurso Nacional da ABRA COPEL, Dayana_x000D_
 Mikaelle em 1a lugar na categoria Nacional Redação, Ana Júlia e Érica Mayara no 7° lugar Nacional na Categoria Vídeo.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento-232.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento-232.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, ao Sr. Dep. Ricardo Teobaldo, pelo seu aniversário e pelos serviços prestados a Associação dos pequenos agricultores da Comunidade do Rodeadouro.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento-23321.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento-23321.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e o Secretario de Obras Wilson Lourenço, para fazer a recuperação da Via de acesso para captação de água ETA da COMPESA (Estação de tratamento de água do Distrito de Alto Bonito) localizado no Sítio Gravatá Açu.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento-234.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento-234.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades regimentais, solicitando ao Sr secretario de obras Wilson Lourenço e também ao Sr° prefeito Gustavo Adolfo no sentido que seja realizada a pavimentação da rua Genésio Apolônio dos Santos, rua essa que liga o pátio de eventos e ao lado do novo prédio da câmara de vereadores.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_235.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_235.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, depois de ouvido o Plenário e cumpridas as demais formalidades regimentais, que seja enviado à CELPE, um ofício solicitando à esta renomada empresa, que seja realizada a substituição do transformador existente por um de maior capacidade, especificamente na localidade de do engenho mágico k16. pe 103, para que possa suprir a atual demanda de energia dos moradores daquela região.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento-236.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento-236.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Secretario de Obras Wilson Lourenço, para que seja feita a manutenção das Vias Rurais que dão acesso aos pontos Turísticos do Município de Bonito.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/414/requerimento_230.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/414/requerimento_230.pdf</t>
   </si>
   <si>
     <t>Venho através deste, na forma regimental, requerer a Vossa Excelência que depois de ouvir o douto plenário desta casa, se digne enviar a Secretária de Saúde a Senhora Julieta Pinheiro e ao Diretor de Vigilância em Saúde, o senhor Edmário Andrade, para que seja providenciado o carro fumacê para o_x000D_
 Distrito de Bentivi, visto a extrema necessidade de combater os mosquitos e muriçocas naquela comunidade.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/151/requerimento-239.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/151/requerimento-239.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Secretario de obras Wilson Lourenço, Para que seja feito o repasse de 40 tubos de 30cm, para a Associação do sitio Imbiribeira, Para que a mesma Realiza os Trabalhos de Conclusão de_x000D_
 8 bueiras nas Comunidades de Quilongá,Viração, Imbiribeira e Maxixe. Visando a Prevenção da Chegada do Próximo Inverno.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento-240.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento-240.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e Secretário de_x000D_
 Obras Sr. Wilson Lourenço, para que seja colocado um ponto de água e energia elétrica no Cemitério São José, na Vila de Bentivi, neste município._x000D_
  Tendo em vista que está chegando o dia de finados, quando a população vai fazer a visita aos seus entes queridos e necessitam de água e energia_x000D_
 elétrica.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento-241.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento-241.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja_x000D_
 conferido por esta Casa, Voto de Aplauso, ao Exm" Sr. Dr. Valdelicio Francisco da Silva, pelos relevantes serviços prestado ao nosso Município,</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento-243.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento-243.pdf</t>
   </si>
   <si>
     <t>Requeiro Mesa Diretora depois de cumprida às Formalidades Regimentais, solicitando ao senhor prefeito Gustavo Adolfo e ao Secretario de obras_x000D_
 Wilson Lourenço, para que seja feita uma praça no terreno em frente a escola Maria do Carmo coelho melo, vila da COHAB.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/153/requerimento-244.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/153/requerimento-244.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Gerente Regional COMPESA o Sr. Tiago dos Santos Grassi, para que seja autorizado a instalação de uma rede de água na residência da Srª Valdenice Rodrigues, Rua Dr. João Galindo n° 249 nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento-246.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento-246.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito,Estado de Pernambuco, depois de cumpridas as formalidades regimentais ,que seja enviado ofício ao Exmo Prefeito deste município, Sr. Gustavo Adolfo, e a Ilustríssima Secretária de Saúde, Julieta Pinheiro, para que celebrem Convênio_x000D_
 ou termo de Cooperação entre a Prefeitura, a Secretaria de Saúde e a Associação dos Protetores dos Animais de Bonito - APA Bonito.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento-248.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento-248.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, através do Prefeito_x000D_
 Gustavo Adolfo e Secretario  de Obras, Secretário Wilson Lourenço, que seja providenciado o calçamento da Rua Artur de Moura Carneiro, localizada do Bairro do Jucá, tendo em vista que é um trecho pequeno, de aproximadamente 50 metros e que irá beneficiar os moradores daquela localidade.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/416/requerimento_249.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/416/requerimento_249.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais,_x000D_
 fazendo um apelo ao Secretario de obras e ao Bonito Clarear, no sentido de_x000D_
 que façam uma revisão nas lâmpadas do Distrito de Alto Bonito,mais_x000D_
 precisamente nas ruas: Paulo Viana e Padre João Diniz entre outra</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/411/requerimento_250.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/411/requerimento_250.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao Secretario de obras Edson Monteiro, para fazer o 'conserto do calçamento das ruas 1 e 2 como também o restabelecimento da água da praça e o quebra molas na travessa que leva a rua 3 no Loteamento Frei Damião nesse Municíp</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento-251.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento-251.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Secretário de Obras Wilson Lourenço, para que seja feito o saneamento e a capinação e limpeza ou até mesmo para que se coloque tubos, da Rua Travessa do Godoy no Bairro do Veloso nesta cidade.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento-252.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento-252.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Renê responsável pela iluminação Pública para que coloque ou troque a lâmpada do poste n" G 42907, situado a Rua Bernardo Pontes n° 75 Salgado.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/89/req_253_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/89/req_253_2021.pdf</t>
   </si>
   <si>
     <t>Regueiro a Mesa Diretora depois de cumprida as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, o envio deste pedido ao Procurador do Município; o Senhor Dr. Benício Cavalcante e ao Chefe do Poder Executivo Municipal, para que se faça a " inscrição do Município na justiça, para o recebimento do recurso do Precatório do FUNDEF, visto que é de extrema importância o Município estar inscrito para o recebimento do mesmo.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_258.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_258.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja concedido por esta casa um voto de aplauso Srº Wilson Araujo, pelo seu empreendimento em nossa cidade a mais nova churrascaria ( O Rei do churrasco )</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_258.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_258.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido um Voto de Aplauso ao Empresário Frederico Augusto Sobral Pimentel (Fred Pimentel), pelo grande empreendimento construído no Distrito de Alto Bonito que foi o Haras e a Arena Pimentel onde acontecerá a 1a grande Vaquejada do Grupo Pimentel em Alto Bonito.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/88/rquerimento-259.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/88/rquerimento-259.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, Solicitando a CELPE - e seja Substituído o Transformador_x000D_
 localizado em Frente ao Colégio Maria das Mercês no Sitio Viração, pois o Mesmo esta Causando queda de Energia com Frequência, Causando assim Transtorno aos Moradores daquela Comunidade.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/86/req_262_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/86/req_262_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às Formalidades Regimentais, é com muito sentimento que vos trago a essa casa esse voto de pesar para os familiares da Senhora Ditosa Caramuru, pelo seu falecimento que Deus possa confortar todos da família.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/82/req_263_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/82/req_263_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando a Secretária de Saúde S(I. Julieta Farias de Lira pinheiro, que seja feito a implantação do serviço móvel de vacinação através do VACIMÓVEL (Carro com equipe técnica de vacinação). Percorrendo os Bairros e Distritos para acelerar o processo de vacinação.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/81/req_266_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/81/req_266_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e o Secretario de Obras Wilson Lourenço, para que sejam instaladas lixeiras do Distrito de Alto Bonito.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/80/req_267_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/80/req_267_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, que seja encaminhado este ofício à Prefeitura de Bonito na pessoa do Excelentíssimo Sr. Prefeito Gustavo Adolfo de Albuquerque César e também à Secretaria de obras do Município representada pelo Sr. wilson  Lourenço, para que sejam feitas as devidas manutenções nas praças e em frente ao posto de Saúde que se encontra com uma cisterna aberta na calçada do referido posto, localizado no povoado do Estreito do Norte.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/87/req_268_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/87/req_268_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando aos secretários de obras Wilson Lourenço e o secretario de Governo Romilson Cabral, para que seja providenciado placas de sinalização para pedestres, nas mediações da Pe-103 a Pe-109, iniciando essa sinalização em frente a casa de Zezinho da buchadinha até o jardim America, percurso esse que é muito utilizado por pessoas no ato de fazerem exercício físico durante o dia</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/84/req_269_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/84/req_269_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, ao Sr. Prefeito Gustavo Adolfo, Secretário de Obras e sua equipe pela demolição da Praça de Alimentação.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/79/req_270_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/79/req_270_2021.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando Secretário de Obras, Sr. Wilson Lourenço, que seja Feito uma requalificação e revitalização do terminal rodoviário do Bonito, tendo em vista as condições precárias que a mesma se encontra.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/85/req_258_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/85/req_258_2021.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido um Voto de_x000D_
 Aplauso ao Empresário Frederico Augusto Sobral Pimentel (Fred Pimentel), pelo grande empreendimento construído no Distrito de Alto Bonito que foi o Haras e a Arena Pimentel onde acontecerá a 1a grande Vaquejada do Grupo Pimentel em Alto Bonito.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento-257.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento-257.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regime tais, no sentido de que seja concedido por esta casa um voto de_x000D_
 aplauso Sr° Wilson Araujo, pelo seu empreendimento em nossa_x000D_
 cidade a mais nova churrascaria ( O Rei do churrasco ).</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento-250.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento-250.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e a Secretária de_x000D_
 Saúde Julieta Farias de Lira Pinheiro, para que seja colocado cadeiras nas salas de observação da emergência tendo em vista que lá não tem cadeiras_x000D_
 para os acompanhantes sentarem .</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento-242.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento-242.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando a Secretária de Educação Maria Elza da Silva e o_x000D_
 Secretario de Obras Wilson Lourenço, para que seja feita o reparo e pintura da Escola de Barra Azul.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_43.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_43.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com a Secretário de Obras Wilson Lourenço, para que seja feita a ponte do arruado na Comunidade de Barra Azul, que dar acesso a cachoeira do Encanto a varias famílias que necessita dessa ponte pra tudo.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao-01.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao-01.pdf</t>
   </si>
   <si>
     <t>A Veadora que este subscreve, com assento no Legislativo Municipal, vem, pelo presente e, solicitar ao Presidente desta colenda Casa Legislativa, o envio desta Indicação Poder Executivo Municipal, objetivando propor a construção de Praças Infantis para crianças de O a 12 anos de idade, com brinquedos que atendam as necessidades especiais e sociais de cada criança nesta faixa etária de idade. A referida indicação faz-se necessária porque proporciona as crianças hábitos mais saudáveis, que estimulam a sociabilidade entre elas no bairro. Este tipo de equipamento e lazer é fundamental para o desenvolvimento das crianças no processo de socialização atra és de brincadeiras e, brinquedos que têm tornado cada vez mais necessários para_x000D_
 e as crianças possam se desenvolver no cotidiano, pois, os mesmos devem aprender a respeitar desde muito cedo as diferentes culturas.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao-233.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao-233.pdf</t>
   </si>
   <si>
     <t>DIVALDO JOSÉ DA SILVA,vereador do Município  de Bonito, Estado  de  Pernambuco, vem de forma regimentar, INDICAR ao excelentíssimo Prefeito do_x000D_
 Município Sr. GUSTAVO ADOLFO, que seja encaminhado a esta Casa Legislativa através de Projeto, para deliberações e eventual aprovação, a criação do Programa de Erradicação da Casa de taipa no âmbito do Município do Bonito, propondo-se o modelo em anexo:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3266,68 +3266,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/398/lei_no_01_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/397/lei_no_02_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/391/lei-no-03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/402/lei_no_04__executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/387/lei-no05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/394/lei_no_08_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/386/lei-no-09.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/389/lei-no14.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/390/lei-no-15.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/400/lei_no_16__executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/355/projeto_de_lei-17.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/353/lei-n-01-.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/388/lei-no02.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/352/lei-n-03-.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/351/lei-n-04-.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/393/lei-no-06.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/350/lei-n-07-.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/349/lei-n-08-.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/348/lei-n-11-.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/347/lei-n-12-.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/345/lei-n-13-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/395/lei_no_14_legislativo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/408/lei_no_15_legislativo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/344/lei-n-19-.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/354/projeto_de_lei-20.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/343/lei-n-21-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/341/lei-n-23-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/340/lei-n-26-.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/420/projeto_de_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/418/projeto_de_decreto_02.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/428/projeto_de_lei_02_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/570/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/286/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/283/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/78/req_56_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/199/req_077_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/198/req_078_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/197/req_079_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/195/req_080_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/194/req_081_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/193/req_082_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/192/req_083_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/191/req_084_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/190/req_085_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/189/req_087_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/188/req_088_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/187/req_089_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/186/req_090_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/185/req_091_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/184/req_092_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/183/req_093_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/181/req_096_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/179/req_097_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/178/req_098_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/176/req_099_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/175/req_100_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/174/req_101_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/173/req_102_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/171/req_103_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/169/req_105_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/168/req_105_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/166/req_106_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/165/req_107_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/164/req_108_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/161/req_109_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/163/req_110_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/160/req_111_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/159/req_112_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/156/req_114_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/158/req_115_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/154/req_116_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/152/req_117_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/150/req_118_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/149/req_119_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/148/req_120_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/145/req_121_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/143/req_122_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/142/req_123_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/141/req_124_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/140/req_125_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/139/req_127_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/138/req_129_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/137/req_131_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/136/req_132_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/135/req_133_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/134/req_135_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/133/req_136_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/132/req_137_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/131/req_139_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/130/req_140_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/77/req_141_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/413/requerimento_143.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/129/req_144_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/128/req_145_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/126/req_147_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/107/req_148_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/125/req_149_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/124/req_150_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/123/req_152_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/122/req_153_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/121/req_154_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/120/req_155_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/119/req_156_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/118/req_157_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/104/req_160_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/106/req_161_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/109/req_162_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento-163.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/117/req_164_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/116/req_165_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/103/req_166_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento-167.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/101/req_168_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/99/req_169_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/410/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/94/req_172_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/102/req_173_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento-174.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento-175.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento-176.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento-178.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento-180.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento-181.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento-182.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento-183.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento-184.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento-185.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento-188.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento-190.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento-192.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento-193.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento-194.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento-195.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento-196.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento-197.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento-198.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento-199.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento-200.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento-201.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento-202.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/409/requerimento_205f.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento-204.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento-205.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento-206.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento-207.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_209.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento-211.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/412/requerimento_203.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento-213.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento-214.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento-215.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento-216.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento-220.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento-221.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/76/req_222_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/415/requerimento_223.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento-224.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento-225.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento-226.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento-227.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento-229.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento-230.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/83/req_231_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento-232.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento-23321.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento-234.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_235.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento-236.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/414/requerimento_230.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/151/requerimento-239.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento-240.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento-241.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento-243.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/153/requerimento-244.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento-246.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento-248.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/416/requerimento_249.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/411/requerimento_250.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento-251.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento-252.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/89/req_253_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_258.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_258.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/88/rquerimento-259.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/86/req_262_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/82/req_263_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/81/req_266_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/80/req_267_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/87/req_268_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/84/req_269_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/79/req_270_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/85/req_258_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento-257.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento-250.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento-242.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao-01.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao-233.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/398/lei_no_01_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/397/lei_no_02_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/391/lei-no-03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/402/lei_no_04__executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/387/lei-no05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/394/lei_no_08_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/386/lei-no-09.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/389/lei-no14.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/390/lei-no-15.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/400/lei_no_16__executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/355/projeto_de_lei-17.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/353/lei-n-01-.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/388/lei-no02.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/352/lei-n-03-.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/351/lei-n-04-.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/393/lei-no-06.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/350/lei-n-07-.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/349/lei-n-08-.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/348/lei-n-11-.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/347/lei-n-12-.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/345/lei-n-13-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/395/lei_no_14_legislativo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/408/lei_no_15_legislativo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/344/lei-n-19-.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/354/projeto_de_lei-20.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/343/lei-n-21-.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/341/lei-n-23-.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/340/lei-n-26-.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/420/projeto_de_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/418/projeto_de_decreto_02.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/428/projeto_de_lei_02_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/570/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/287/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/286/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/283/requerimento_28.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_38.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_39.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_40.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_41.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_42.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_44.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_45.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/244/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/243/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_51.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_52.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_53.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/78/req_56_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_59.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/228/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/225/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_76.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/199/req_077_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/198/req_078_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/197/req_079_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/195/req_080_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/194/req_081_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/193/req_082_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/192/req_083_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/191/req_084_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/190/req_085_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/189/req_087_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/188/req_088_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/187/req_089_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/186/req_090_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/185/req_091_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/184/req_092_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/183/req_093_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/181/req_096_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/179/req_097_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/178/req_098_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/176/req_099_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/175/req_100_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/174/req_101_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/173/req_102_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/171/req_103_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/169/req_105_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/168/req_105_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/166/req_106_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/165/req_107_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/164/req_108_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/161/req_109_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/163/req_110_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/160/req_111_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/159/req_112_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/156/req_114_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/158/req_115_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/154/req_116_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/152/req_117_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/150/req_118_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/149/req_119_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/148/req_120_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/145/req_121_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/143/req_122_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/142/req_123_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/141/req_124_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/140/req_125_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/139/req_127_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/138/req_129_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/137/req_131_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/136/req_132_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/135/req_133_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/134/req_135_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/133/req_136_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/132/req_137_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/131/req_139_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/130/req_140_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/77/req_141_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/413/requerimento_143.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/129/req_144_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/128/req_145_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/126/req_147_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/107/req_148_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/125/req_149_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/124/req_150_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/123/req_152_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/122/req_153_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/121/req_154_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/120/req_155_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/119/req_156_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/118/req_157_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/104/req_160_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/106/req_161_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/109/req_162_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento-163.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/117/req_164_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/116/req_165_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/103/req_166_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento-167.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/101/req_168_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/99/req_169_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/410/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/94/req_172_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/102/req_173_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento-174.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento-175.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento-176.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento-178.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento-180.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento-181.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/273/requerimento-182.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/272/requerimento-183.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/271/requerimento-184.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/270/requerimento-185.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/267/requerimento-188.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento-190.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento-192.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/242/requerimento-193.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento-194.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento-195.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento-196.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento-197.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento-198.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento-199.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento-200.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/207/requerimento-201.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento-202.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/409/requerimento_205f.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento-204.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento-205.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento-206.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento-207.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_209.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/206/requerimento-211.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/412/requerimento_203.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/205/requerimento-213.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento-214.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/204/requerimento-215.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento-216.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/203/requerimento-220.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/202/requerimento-221.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/76/req_222_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/415/requerimento_223.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/201/requerimento-224.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/182/requerimento-225.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/180/requerimento-226.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/177/requerimento-227.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento-229.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento-230.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/83/req_231_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento-232.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento-23321.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/162/requerimento-234.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_235.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento-236.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/414/requerimento_230.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/151/requerimento-239.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento-240.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento-241.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento-243.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/153/requerimento-244.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento-246.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento-248.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/416/requerimento_249.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/411/requerimento_250.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento-251.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento-252.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/89/req_253_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_258.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_258.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/88/rquerimento-259.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/86/req_262_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/82/req_263_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/81/req_266_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/80/req_267_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/87/req_268_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/84/req_269_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/79/req_270_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/85/req_258_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento-257.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento-250.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento-242.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_43.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao-01.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao-233.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H277"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="162.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>