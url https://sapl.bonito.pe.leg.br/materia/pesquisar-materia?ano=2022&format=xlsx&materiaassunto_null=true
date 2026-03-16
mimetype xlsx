--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,2105 +54,2105 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Gustavo Adolfo Neves de Albuquerque Cesar</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/404/lei_no_01_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/404/lei_no_01_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a cessão de uso de bem público denominado de "Estádio Municipal Arthur Tavares de Mélo", por pessoa jurídica de direito_x000D_
 privado , para a prática de atividades, esportivas,desportivas, e entretenimento comunitário e lazer e dá outras providências.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/403/lei_no_02__executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/403/lei_no_02__executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento do piso salarial ao magistério do Bonito, retroativo a 01 de janeiro de 2022.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/399/lei_no_03_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/399/lei_no_03_executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI A GRATIFICAÇÃO MENSAL À COMISSÃO PERMANENTE DE LICITAÇÃO, PREGOEIRO E EQUIPE DE APOIO DO PODER EXECUTIVO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/401/lei_no_04__executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/401/lei_no_04__executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a qualificação e contratação de entidades sem fins lucrativos como organização social e dá outras providências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei-05.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei-05.pdf</t>
   </si>
   <si>
     <t>Estabelece a Vinculação da Gestão orçamentaria e Administrativa do Conselho Tutelar do Bonito ao Gabinete do Prefeito.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei-06.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei-06.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a firmar convênio com a Associação de Protetores dos Animais de Bonito e dá outras providências. "</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/407/lei_no_12__executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/407/lei_no_12__executivo.pdf</t>
   </si>
   <si>
     <t>Reajusta a remuneração mínima servidores do Município de Bonito e dá outras providências.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei-10.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei-10.pdf</t>
   </si>
   <si>
     <t>Denomina Parque Municipal na sede do Município do Bonito.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/405/lei_no_11__executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/405/lei_no_11__executivo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.106, de 24 de março de 2017</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/406/lei_no_12__executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/406/lei_no_12__executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL E O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/565/pl_13_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/565/pl_13_2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O SERVIÇO DE TRANSPORTE ESCOLAR NO MUNICÍPIO DO BONITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei-14.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei-14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação dos recursos pagos pela União Federal a título de contemplação do FUNDEF por meio de Precatório Judicial.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/564/pl_15_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/564/pl_15_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do piso salarial dos agentes comunitários de saúde (ACS), agentes de combate as Endemizas (ACE) do município do Bonito e dá outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei-16.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei-16.pdf</t>
   </si>
   <si>
     <t>Institui a concessão do pagamento por desempenho regulamentado pelo Programa Previne Brasil, nos termos das Portarias_x000D_
 NO 2.979,_x000D_
 de 12/11/2019; N° 3.222, de_x000D_
 10/12/2019 e N° 2.254, 03/09/2021.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_lei-18.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_lei-18.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização legislativa para a concessão de subvenção, auxílio ou contribuição a Associação Atlética Maguary e dá outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>João Diniz</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_03_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_03_2022.pdf</t>
   </si>
   <si>
     <t>Dá nome a praça situada à rua senador Paulo Guerra.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/</t>
+    <t>http://sapl.bonito.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Proíbe a inauguração de ato cerimonial de obras públicas municipais que estejam inacabadas ou que não possam ser usufruídas de imediato pela população no município de Bonito/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>Paulinho de Devá, Irmão Roberval</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_11_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_11_2022.pdf</t>
   </si>
   <si>
     <t>Estabelece a estrutura organizacional e administrativa do poder legislativo do município de Bonito, estado de Pernambuco e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/661/projeto_de_lei_n_13.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/661/projeto_de_lei_n_13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre vagas para deficientes físicos em estacionamento e dá outras providências.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>Paulinho de Devá</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/426/projeto_de_lei_16_2022_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/426/projeto_de_lei_16_2022_legislativo.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público, e dá outras providências</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/563/projeto_de_lei_n_17_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/563/projeto_de_lei_n_17_2022.pdf</t>
   </si>
   <si>
     <t>Veda no âmbito da administração direta e indireta dos Poderes Executivo e Legislativo, a nomeação ou contratação, de pessoas condenadas por crimes previstos na Lei Maria da Penha e por Feminicídio, para cargos públicos no município de Bonito/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/552/pl_19_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/552/pl_19_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 1.286/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_27_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_27_2021.pdf</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_29_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_29_2021.pdf</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_29_2021.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_29_2021.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público, e dá outras providências.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/671/projeto_de_lei_9_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/671/projeto_de_lei_9_legislativo.pdf</t>
   </si>
   <si>
     <t>Proíbe ato cerimonial de inauguração de obras públicas municipais inacabadas ou que não possam ser usufruídas de imediato pela população.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Didi do Paed</t>
   </si>
   <si>
     <t>Concede "Título de Cidadão Bonitense" ao Imo. Sr. Fernando Antônio de Sousa Santos Júnior e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>Anacléa de Anacleante</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_decreto_03.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_decreto_03.pdf</t>
   </si>
   <si>
     <t>Concede "Título de Cidadão Bonitense ao llmº. Sr. GERSON CARLOS DA SILVA.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>Marquinhos da Garagem</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_decreto_04.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_decreto_04.pdf</t>
   </si>
   <si>
     <t>Concede "Título de Cidadão Bonitense" ao limo. Sr. Severino Cassimiro da Silva Filho e dá outras providências.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1036/projeto_de_decreto_05-2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1036/projeto_de_decreto_05-2022.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão do Bonito/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eiji Morimura</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/112/req_001_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/112/req_001_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando Secretário de Obras, Sr. Wilson Lourenço, e ao senhor prefeito Gustavo Adolfo, no sentido de que seja colocado carradas de barro ou metralha para cobrir os Tubos de Esgoto na Rua 03 do Loteamento Arlindo Cavalcante, tendo em vista que os mesmos encontram se descobertos.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/54/req_04_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/54/req_04_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo ao Secretario de Obras Wilson Lourenço, no sentido de que seja feito o calçamento da Rua Arlindo Romão onde têm como ponto de referência, a oficina de bicicleta de Biu mamão no Loteamento Rosângela, mais conhecido como Loteamento Zé Batista no Bairro da Boa Vista.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Júnior do Gado</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/55/req_05_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/55/req_05_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de seja feito um apelo ao senhor Prefeito Gustavo Adolfo, ao Secretário de Turismo e o Diretor esporte e Lazer Arthur Godoy, para que seja levado para o Distrito de Alto Bonito uma mesa de fultmesa, como também uma Quadra de Volei de areia e fultvolei.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/57/req_08_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/57/req_08_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumprida as formalidades regimentais desta colenda Casa Legislativa, para que seja encaminhado o requerimento desta vereadora que ora subscreve ao Poder Executivo Municipal na pessoa do Senhor Gustavo Adolfo Neves de Albuquerque César e também para a Secretária de Educação a Senhora Maria Elza da Silva e o Secretário de Finanças, o Senhor Samuel Queiroz para que seja encaminhado a esta Egrégia Casa Legislativa a atualização da tabela de Progressão dos vencimentos dos professores de nosso município, a mesma já é estabelecida em lei municipal de N°1.147/2018, sendo assim teremos os percentuais reajustados juntamente com o piso do magistério para que seja aplicado para os professores, e também a atualização da tabela dos Agentes Administrativos da Educação.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Holandinha</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento-09.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento-09.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às Formalidades Regimentais,solicitando ao senhor prefeito Gustavo Adolfo e ao Secretario de obras_x000D_
 Wilson Lourenço para que seja feito o pavimento ou asfalto da travessa Álvaro matos próximo a câmara de vereadores.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Walter Maroja</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/56/rquerimento-11.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/56/rquerimento-11.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, através da_x000D_
 Secretaria Municipal de Saúde  Secretária Julieta Pinheiro que seja providenciado o retorno de um agente comunitário de saúde, para atender a comunidade de Monte Sombrio, que diante do falecimento da agente de saúde (Dona Quitéria Auzira de Lima), os moradores daquela localidade estão sem assistência de um agente comunitário de saúde.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/59/req_12_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/59/req_12_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr Prefeito Gustavo Adolfo juntamente como Secretária de Obras, para que seja feito a revitalização do calçadão que liga os Bairros da Vila da Cohab e o Frei Damião, colocando também grade de proteção no trajeto de mesmo e rampas de acessibilidade para cadeirantes. Também solicito a ampliação do mesmo até a UPA.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/66/req_13_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/66/req_13_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao Secretário de Turismo Carlos Vilela e o Diretor de Esportes e Lazer Arthur Godoy, para que seja instalado no Distrito de Alto Bonito uma mesa de Futmesa e que também que seja feita a ampliação e requalificação da Quadra de Futevôlei e Voleibol.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/61/rquerimento-014.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/61/rquerimento-014.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja enviado na forma da lei este ofício ao Excelentíssimo Prefeito, o Senhor  Gustavo Adolfo de Albuquerque Neves césar e também ao, Secretário de Obras, o Senhor Wilson Lourenço, para que tome as medidas cabíveis solucionando o problema que vem causando grande_x000D_
 incômodo á comunidade do Loteamento Frei Damião, em virtude do esgoto que se encontra correndo a céu aberto exalando forte cheiro,_x000D_
 atraindo muitos insetos. O mesmo tem início na Rua 04, estendendo-se nas transversais da Rua OS, até o final da Rua 08. Levando em conta a_x000D_
 necessidade do saneamento básico, que deve ser prioritário para garantir qualidade de vida á nossa população._x000D_
 Desta forma, diante de todo exposto em anexo, proponho que este requerimento seja posto em prática em caráter de urgência.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/68/rquerimento-015.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/68/rquerimento-015.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja enviado na forma da lei este ofício ao Excelentíssimo Prefeito, o Senhor Gustavo Adolfo de Albuquerque Neves César e também ao Secretário-de Obras o Senhor Wilson Lourenço, para que seja feito os  devidos reparos, como limpeza e capinação das vias públicas do nosso querido município, especialmente nas vias que ora aqui lhes apresento em anexo.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/63/req_17_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/63/req_17_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, ao ilustríssimo amigo e médico Dr. Marcelo G. de Souza e Ana Catarina Delgado de Souza, pelo grande investimento em nossa cidade dessa vez na zona rural em Viração, onde disponibiliza de camping e acampamento atraindo e embelezando ainda mais a região.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/60/req_20_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/60/req_20_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de seja feito um apelo ao senhor Prefeito Gustavo Adolfo, juntamente com o Secretário de Obras Sr. Wilson Lourenço, no sentido de que seja enviado sua equipe de estradas com máquinas para dá uma melhorada nas Zonas dos sítios: Brejão e Riachão, ambas são vizinhas.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/67/req_21_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/67/req_21_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com o secretario de Obras diante do exposto conforme o desenvolvimento do Bonito é de grande importância a implantação de paradas estratégicas das linhas de Ônibus no Município de Bonito, para atender os usuários deste serviço, além de destinar ponto que ofereçam uma melhor segurança que esses populares sua vez não tem paradas certas. Ocasionando danos no fluxo do transito e com essa implantação, trará mais segurança, embelezando a nossa cidade pois o nosso Município vem crescendo no que diz respeito ao turismo.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/72/req_22_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/72/req_22_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm.º Sr. Prefeito Gustavo Adolfo junto com a Secretária de Infra Estrutura designar serviços de revitalização e urbanização de uma futura área de lazer e/ou praça pública na referida via, que fica as margens da PE 109, zona urbana de Alto Bonito. Compreendendo a construção de mesas para dominó, implantação de bancos pequenos, pistas de golf e instalação de luminárias. Oferecendo a um número expressivo de moradores, que ainda não contam com uma área de lazer.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/62/req_23_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/62/req_23_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm º. Sr. Prefeito Gustavo Adolfo junto com a Secretária de Saúde Julieta Farias de Lira Pinheiro, para que providenciem mais macas reserva para o transporte dos pacientes que forem transferidos para hospitais de cidades vizinhas, proporcionando mais conforto e evitando transtornos no ato da transferência de hospitais. Solicito também para que seja feita uma readaptação nas ambulâncias pra o transporte dessas macas reserva.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Graça de Barra Azul</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento_24.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento_24.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo junto com a Secretário de Obras Wilson Lourenço, para que seja feita a ponte do arruado na Comunidade de Barra Azul, que dar acesso a cachoeira do Encanto, à varias famílias que necessita dessa ponte para fazer o escoamento das mercadorias e também os alunos para ir a escola todos necessitam dessa ponte.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/64/req_25_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/64/req_25_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades regimentais, um Voto de aplauso ao Sr. Leandro Viana da Silva, pela conquista do título de campeão do congresso nacional ABQM categoria profissional light, no parque Rufina Borba localizado no município de Bezerros- PE, juntamente ao Sr. Paulo Henrique Marinho.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/65/rquerimento-026.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/65/rquerimento-026.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, solicitando ao senhor prefeito Gustavo Adolfo juntamente ao_x000D_
 secretario de obras Wilson Lourenço, para que seja implantada uma caixa d'água através do programa municipal "Águas de Bonito"no Sitio Bananeira do Curvelo.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/75/rquerimento-027.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/75/rquerimento-027.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm". Sr._x000D_
 Prefeito Gustavo Adolfo, junto com o Secretário de Agricultura Sr. José Marcos da Silva, no sentido de que.Veja a possibilidade da mudança do dia da Feira Livre do Distrito de Alto Bonito, do domingo para o Sábado._x000D_
 Segue Anexo abaixo Assinado._x000D_
 OBS: Fazer um experimento no dia de sábado, caso a população e os_x000D_
 feirantes não se adaptem voltamos para o dia de domingo.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>REQUEIRO A MESA DEPOIS DE CUMPRIDAS FORMALIDADES REGIMENTAIS, QUE ESSA CASA POSSA CONCEDER OS SENTIMENTOS AOS FAMILIARES DO SENHOR TADEU SIMOM FERREIRA SANTOS, ESPOSO DE DONA VIVI E PAI DE FRED AMBOS DONOS DA ESCOLA FJS, O MESMO FALECEU NO ULTIMO DIA 28-03-2022, NOSSO SENTIMNETO AGORA É QUE DEUS CONFORTE COM TODO SEU AMOR TODA ESSA FAMILIA.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/49/requerimento-29.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/49/requerimento-29.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de seja feito um apelo ao senhor Prefeito Gustavo Adolfo, no sentido de que seja feito o calçamento da Travessa João Câncio de Melo no Bairro do Arlindo Cavalcanti que fica próximo a Escola.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/70/req_32_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/70/req_32_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, a todos que compõem a Escola Intermediaria João :XXIII no Distrito de Alto Bonito em especial ao gestor Josinaldo Armando pelo excelentíssimo trabalho prestado a Educação do Distrito de Alto Bonito juntamente com toda equipe gestora e corpo docente.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/50/req_33_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/50/req_33_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de seja feito um apelo ao senhor Prefeito Gustavo Adolfo, a Secretária de Educação SR maria Elza da Silva a Sec. de Ação Social Isabel Cecilia solicitando que seja implantado no âmbito do Município de Bonito, os servidos de avaliação de diagnóstico e acompanhamento terapêutico a criança com TEA (Transtorno do Espectro Autista) e seus familiares. Solicito ainda urgência do Executivo Municipal sobre ações de Políticas Públicas voltadas a população autista em nosso município.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Marcelo do Rodeadouro</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/111/req_034_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/111/req_034_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Secretário de Agricultura e Meio Ambiente juntamente com a Secretaria de Obras, no sentido de que seja feito a podação das árvores que ficam nas barreiras no Sítio Brejão, tendo em vista que por conta das fortes chuvas estas barreiras estão cedendo.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/52/req_35_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/52/req_35_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido_x000D_
 por esta Casa, Voto de Aplauso ao Sr. Rodrigo Novaes Secretário de Turismo do Estado de Pernambuco, pelo excelente trabalho que efetuou à frente daquela Secretaria.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Adones Lagartão</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/48/requerimento-36.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/48/requerimento-36.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regi tais e deliberação do Plenário, e com respeito costumeiro, que seja conferido_x000D_
 por esta Casa, Voto de Aplauso ao Sr. Vereador Edilson Eiji Barbosa Morimura, pela passagem dos 31 anos de seu casamento com a Srª Isabel Cristina Pereira Morimura.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/43/requerimento_37.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/43/requerimento_37.pdf</t>
   </si>
   <si>
     <t>,_x000D_
 Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de seja feito um apelo ao senhor Prefeito Gustavo_x000D_
 Adolfo e ao Secretário der Obras Sr. Wilson Lourenço, no sentido que seja implantada uma Caixa d'água na Comunidade de Duda Praeiro, com_x000D_
 acesso também a Comunidade do Loteamento Zé Batista, através do Programa "Águas do Bonito"</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/74/req_38_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/74/req_38_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de seja feito um apelo ao senhor Prefeito Gustavo Adolfo e ao Secretário de Obras Sr. Wilson Lourenço, para que seja implantada uma Caixa d'água na Zona Rural, precisamente em Brejão e Riachão, através do Programa "Águas do Bonito".</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Ítalo de Pedrito</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/71/rquerimento-041.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/71/rquerimento-041.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja aprovado por esta Egrégia Casa legislativa, solicitando a Secretaria de Obras, no sentido que seja feito a regularização da limpeza de lixo do Distrito de Alto Bonito, para melhorar a condição de vida da população. Considerando que muitos Munícipes têm reclamado que os sacos de lixos são jogados e acabam rasgando ou despejando lixo no chão e não são recolhidos, ficam espalhados pelas ruas causando mau cheiro juntando moscas e insetos, e muitas vezes nesses lixos estão restos de alimentos ou animais mortos.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/69/req_42_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/69/req_42_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar,_x000D_
 aos familiares da Sr.ª MIRTES VONE, pelo falecimento da mesma ocorrida recentemente.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/42/req_44_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/42/req_44_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicito a secretaria de educação o relatório de vistoria e manutenção de todos os ônibus destinados ao transporte escolar do município de Bonito.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/113/req_45_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/113/req_45_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Chefe do Poder Executivo o Exm". Sr. Prefeito Gustavo Adolfo, juntamente com o Secretário de Obras Wilson Lourenço, para que seja feito a limpeza no canal de esgoto por trás do posto de gasolina S.O.S MAX conhecido também como posto de Erotiva.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/73/req_47_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/73/req_47_2022.pdf</t>
   </si>
   <si>
     <t>Venho requerer a Mesa Diretora desta Casa Legislativa que seja feito um apelo em caráter de urgência e secretaria de Educação juntamente ao Setor de Transporte Escolar para que tomem providências com relação ao número de estudantes que estão sendo transportados diariamente pelos ônibus escolares em sua maioria para as localidades._x000D_
 São 3 ônibus que fazem esse percurso e os 3 estão transportando número superior ao permitido, onde o número de estudantes que estão indo em pé é bem maior do que os que estão indo sentados. _x000D_
 Solicito cópias desse requerimentos sejam enviadas aos setores responsáveis para as devidas providências com a maior brevidade possível.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/44/req_48_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/44/req_48_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora depois de cumpridas as formalidades regimentais, que seja enviada cópia deste expediente ao Excelentíssimo prefeito deste município, Sr. Gustavo Adolfo, extensivo ao ilustríssimo secretário de Turismo, Juventude, Esportes e Lazer do Bonito, Sr. Carlos Henrique para que refaça o envelopamento do Centro de Atendimento ao Turista e atualize as fotos do pórtico de entrada da cidade. Requeremos ainda que seja realizada a sinalização turística dos atrativos e equipamentos turísticos da cidade e zona rural, especialmente na Rota das Cachoeiras e envelopamento dos caminhões do lixo, ressaltando as belezas do município, ações indispensáveis para a retomada do turismo.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/45/requerimento-49.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/45/requerimento-49.pdf</t>
   </si>
   <si>
     <t>Venho requerer a Mesa Diretora desta Casa Legislativa, depois de cumprida as formalidades regimentais, requerer ao Prefeito Gustavo Adolfo, Secretário Obras Wilson Lourenço e a Secretaria de Saúde Julieta Farias de Lira Pinheiro conforme à Portaria de nº 2.488 de 21 de outubro de 2011 do Ministério da Saúde, para que seja implementado e instalado posto de saúde familiar (PSF) no Engenho Barra Azul para atender toda a população da comunidade e de regiões vizinhas.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/41/requerimento_50.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/41/requerimento_50.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, a EQUIPE DE CORRIDA BONITO RUNNING, representado pelo administrador SUZANILDO.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/319/requerimento-51.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/319/requerimento-51.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de seja feito um apelo ao senhor Prefeito Gustavo Adolfo e ao Secretário der Obras Sr Wilson Lourenço, no sentido que seja tomada providências quanto as estradas que liga Bonito ao sitio Quilongá, Viração, Imbiribeira e Sitio Maxixe; e que seja feito também as estradas que inicia de Tião Vieira a Alto Bonito. O referido requerimento foi subscrito pelo senhor Vereador Adones Ferreira da Silva</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento-52.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento-52.pdf</t>
   </si>
   <si>
     <t>Requeiro a vossa excelência, depois de cumpridas as formalidades regimentais e ouvido o Doutor Plenário desta colenda Casa Legislativa, para que seja enviado, a forma da lei este ofício ao excelentíssimo prefeito, o senhor Gustavo Adolfo de Albuquerque e também a Secretária de Saúde, a senhora Julieta Pinheiro, para que seja contratado um Médico na Unidade de Saúde Básica do Loteamento Frei Damião. Tendo em vista que o mesmo encontra-se sem o provimento deste profissional, o que tem dificultado sobre maneira o atendimento das famílias residentes. Desta forma, diante de todos exposto proponho que este requerimento seja posto em prática em caráter de urgência.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/46/req_53_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/46/req_53_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja enviado na forma da Lei este Ofício ao Excelentíssimo Prefeito, o Senhor Gustavo Adolfo de Albuquerque Neves César e também ao Procurador do Município, o Senhor Benício Cavalcanti, nomeação de uma Junta Médica Oficial para proceder á Avaliação Médica Pericial para os Servidores Públicos do_x000D_
 Município do Bonito que é uma condição indispensável para concessão da licença, e ocorre mediante Processo Administrativo, instruído com a solicitação realizada pelo médico do(A) paciente, ratificada por Junta Médica Oficial do Município. Como também ser baixada portaria de readaptação dos servidores.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento-55.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento-55.pdf</t>
   </si>
   <si>
     <t>Venho por intennédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, através do Prefeito Gustavo Adolfo e Secretaria de Obras, Secretário Wilson Lourenço, para que apresente o CONTRATO DA LIMPEZA URBANA, para nos dar conhecimento do nome da empresa, do objeto e do valor mensal dessa prestação de serviço.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/322/requerimento-56.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/322/requerimento-56.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTOS_x000D_
 DE PESAR aos familiares e amigos de ELIEZE DE SOUZA LIMA, mãe dos amigos Mauro Souza e Marcelo Souza. Eda, como carinhosamente era chamada, deixará um legado exemplar, pela simplicidade que conduzia a vida, onde ganhou admiração e respeito de todos que acercavam. Reconhecida como boa filha, boa irmã, boa tia, boa esposa e principalmente, boa mãe. Conquistou a empatia dos bonitenses.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/38/req_58_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/38/req_58_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja agendada em caráter de urgência, uma reunião com o Superintendente Regional do Bradesco (Caruaru) para tratarmos da reestruturação do espaço físico da Agência Bonito.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/323/requerimento-59.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/323/requerimento-59.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja conferido um VOTO DE APLAUSO ao Exmº Sr, Milton Coelho, Deputado Federal, em virtude do apoio e suporte dado a todos os Vereadores dessa Casa Legislativa, que compareceram da XXI Marcha dos legislativos Municipal do dia 25 a 29 abril de 2022, em Brasília DF.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/40/req_60_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/40/req_60_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, aos familiares do nosso PATRONO da nossa Câmara Municipal do Bonito Sr. LEONIDAS VILA NOVA DE ASSIS, se estivesse vivo estaria completando 112 anos.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/37/req_63_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/37/req_63_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja conferido um VOTO DE APLAUSO, a Empresa de Internet ON + do Sr. Gessé, natural da cidade de Bonito. Que vem proporcionando tecnologia em território Bonitense desde o mês de agosto de 2005, oferecendo fibra óptica para Bonito e toda região, inclusive na zona Rural.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/30/req_64_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/30/req_64_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja conferido um VOTO DE APLAUSO, ao Sr. Dr. Jacson, pela passagem do seu aniversário em 18 de maio, médico esse que tem prestado serviço na cidade de Bonito com profissionalismo, parabéns ao doutor por mais um ano de vida.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/28/requerimento_65.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/28/requerimento_65.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e Secretário de Obras Sr. Wilson Lourenço,para que seja feita uma Praça no terreno vazio em frente a Escola Maria do Carmo Coelho de Melo, na Vila da Cohab.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento-66.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento-66.pdf</t>
   </si>
   <si>
     <t>Requetro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja consignado em ata votos de congratulações e aplausos ao Grupo Bonito Pedal representado pela pessoa do Professor e Atleta Emilton Jeam Bezerra pelo evento UNIDOS PELA BIKE. O mesmo iniciou o projeto e vem levando a ideia com afinco.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento-67.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento-67.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as regimentais, solicito a sr ª. secretária de administração Valdiane Souza a relação dos motoristas efetivos da prefeitura municipal do Bonito, com os respectivos salários e gratificação e onde estão lotados, quais secretária realizam seus serviços.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/29/req_68_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/29/req_68_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares da Sr.ª Severina Virginia Vieira, pelo falecimento da mesma ocorrida recentemente.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/36/req_69_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/36/req_69_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares do Sr º. Hugo Cavalcanti de Melo, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/33/requerimento_73.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/33/requerimento_73.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja enviado oficio ao Secretário de Obras, solicitando informações a cerca dos motivos pelo quais a Motoniveladora Caterpillar 120K, pois se encontra inoperante por quase dois anos o que tem causado irreparável prejuízo aos agricultores que depende de estradas para transportar à sua produção, solicito ainda que as informações sejam entregue no prazo de 20 dias de acordo com a Lei 12.527/2011, sendo enviadas para, E-mail joaoimbiribeira@hotmail.com</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_74.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_74.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que_x000D_
 seja enviado na forma da lei este ofício ao Excelentíssimo Prefeito, o Senhor Gustavo Adolfo de Albuquerque Neve César e também ao Secretário de Obras o senhor Wilson Lourenço, requerendo informações sobre a Usina de Asfalto,instalada no Município de Bonito:</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/320/requerimento-75.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/320/requerimento-75.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer que seja encaminhado por esta Casa Legislativa, um oficio ao Prefeito_Gustavo Adolfo e, consequentemente ao DER-PE e artamento de Estradas de Rodagem - Pernambuco), com o pedido de urgência na recuperação da PE-109, pois, é inadmissível que uma estrada de suma importância para a nossa região, que serve de caminho para os transportes alternativos, principalmente, para os estudantes que estudam em Caruaru e Palmares, além dos veículos de carga, que têm a finalidade de escoar a produção agrícola e industrial da nossa região, o que também acaba atrapalhando o desenvolvimento do turismo em nosso município.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/32/req_77_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/32/req_77_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares do Sr.ª MASAKATSU ( seu Moura); pai de nosso amigo Parlamentar, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/35/req_78_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/35/req_78_2022.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito e Secretaria de obras, que seja executado o calçamento da Rua São José (popularmente conhecida) no distrito de Bentivi, tendo em vista que irá beneficiar os moradores daquela localidade.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/114/req_81_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/114/req_81_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando O Sr. Prefeito Gustavo Adolfo juntamente com o Secretário de Obras Wilson Lourenço; para que seja feito o asfalto da sede da Colônia.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/31/requerimento_82.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/31/requerimento_82.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois cumpridas as formalidades regimentais, solicitando ao senhor prefeito Gustavo Adolfo para que seja feita a reforma e requalificação da quadra de esportes da academia da saúde no bairro do mutirão, sendo também os alambrados, iluminação, piso sintético para futebol Society.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/13/requerimento_83.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/13/requerimento_83.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando O Sr. Prefeito Gustavo Adolfo juntamente com o Secretário de Obras Wilson Lourenço; para que seja enviado para a localidade de Bananeira do Curvelo materiais como: pó de pedra ou cascalho, para que sejam colocados sobre as vias e rodagens.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento_85.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento_85.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja convocada a Srª Josefa Mireli da Silva, pregoeiro (a)_x000D_
 da Prefeitura Municipal do Bonito, para comparecer ao Plenário da Câmara Municipal do Bonito, para esclarecer assunto de interesse Público._x000D_
 Conforme Lei Federal n" 12.527/2011 (Lei de acessos as informações públicas).</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Irmão Roberval</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/21/req_86_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/21/req_86_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando O Sr. Prefeito Gustavo Adolfo juntamente com o Secretário de Obras Wilson Lourenço; para que seja feito o calçamento das ruas projetadas 04 e 05 do Loteamento Padre Cícero em Alto Bonito.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/24/requerimento_88.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/24/requerimento_88.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido_x000D_
 por esta Casa, Voto de Aplauso, à Secretaria de Turismo pela belíssima ornamentação de São João de nossa cidade como também pela melhor_x000D_
 programação de Bandas de Bonito e Região.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_89.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_89.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido_x000D_
 por esta Casa um Voto de Aplauso, ao Monsenhor Miguel José da Silva pelos 49 anos de Sacerdócio.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/26/req_90_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/26/req_90_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando O Sr. Prefeito Gustavo Adolfo juntamente com o Secretário de Obras Wilson Lourenço; para que seja feito o calçamento das ruas 03 e 04 da Agrovila em Alto Bonito.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/20/requerimento_91.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/20/requerimento_91.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido_x000D_
 por esta Casa um Voto de Aplauso, aos Parceiros, Patrocinadores e Idealizadores pela realização da 33 Turisdrilha.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/23/req_93_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/23/req_93_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares do Sr. Cláudio Fernando Pedrosa de Oliveira, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/22/requerimento_98.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/22/requerimento_98.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente,Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja consignado em ata votos de profundo Pesar pelo falecimento precoce de Eliel filho da professora Nelma Maria Rufino. Visto que a dor da perda é imensurável e nada que se possa dizer é capaz de amenizar o sofrimento, que Deus alivie a dor dessa mãe e familiares nesse momento_x000D_
 tão difícil.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/19/req_99_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/19/req_99_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares da Sr.ª Iracema Maria da Silva, pelo falecimento da mesma ocorrido recentemente.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/4/requerimento_101.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/4/requerimento_101.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja dado um VOTO DE PESAR, aos familiares do Sr. Rafael Patrício Gouveia, pelo falecimento do mesmo ocorrido recentemente. Rogando a Deus que conforte o coração dos enlutados.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/18/requerimento_103.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/18/requerimento_103.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa depois de cumprida as formalidades regimentais, no sentido de que o Sr. Prefeito do Município Gustavo Adolfo, juntamente com o Secretário de Obras, Sr. Wilson Lourenço, seja feito uma requalificação e reforma na Praça da Igreja Nossa Senhora Aparecida, no Bairro da Vila da Cohab.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/17/req_104_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/17/req_104_2022.pdf</t>
   </si>
   <si>
     <t>Requeremos a Mesa diretora, Depois de Cumprida as Formalidades Regimentais, solicitando ao senhor Presidente da Câmara Municipal do Bonito/PE em caráter de urgência uma Audiência Pública para que seja discutido a situação da feira livre do Distrito de Alto Bonito.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, à Secretaria de Obras e a todos que fazem a diretoria de Estradas e Rodagens pelo belíssimo trabalho desenvolvido em nosso Município. Parabéns aos amigos Wilson Lourenço, Xano, Gessino, Roberto, Silvio e a todos os outros.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/363/requerimento_107.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/363/requerimento_107.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal dó Bonito, Estado de Pernambuco, depois de cumpridas as formalidades regimentais, que seja concedido VOTO DE APLAUSO aos psicólogos do município JOAB VIANA e BRUNA BATISTA pelos relevantes serviços prestados à educação e à saúde em nossa cidade bem como pela participação no PROGRAMA PROFISSÃO REPÓRTER exibido no dia 05 de Julho do corrente ano,</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/115/req_109_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/115/req_109_2022.pdf</t>
   </si>
   <si>
     <t>Atendendo aos tramites e formalidades regimentais, após aprovação desta casa Legislativa requeiro, respeitosamente, voto de Profundo pesar ao familiares do senhor YASUKAZU KANECO.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/11/req_110_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/11/req_110_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja consignado em ata votos de profundo Pesar pelo falecimento da Professora Maria do Carmo. Visto que a dor da perda é imensurável e nada que se possa dizer é capaz de amenizar o sofrimento, que Deus alivie a dor dos familiares nesse momento tão difícil.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/8/req_111_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/8/req_111_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades regimentais no sentido de que seja concedido um VOTO DE APLAUSO,_x000D_
 pelo dia nacional da saúde, ao agente comunitário de saúde (ACS), o senhor Ivan Ribeiro, pelos relevantes serviços prestados ao Município do Bonito.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as Formalidades Regimentais_x000D_
 desta Casa Legislativa, SOLICITO COM URGÊNCIA ao Chefe do Poder Executivo e ao Secretário de Obras Wilson Lourenço. Para que seja feito a troca da bueira no Engenho Mágico, localizado próximo a casa do Sr. Tuta._x000D_
 Onde a mesma está quebrada, dificultando a locomoção dos moradores locais_x000D_
 e população vizinhas, pois está localizada na estrada principal, onde dá acesso para várias comunidades. Uma vez concertada, irá facilitar o acesso para quem nela trafega.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento-117.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento-117.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa depois de cumprida as formalidades regimentais no sentido de que seja J.. dado um VOTO DE PROFUNDO PESAR, aos familiares da Sr, Joaquina Maria da Conceição, pelo falecimento da mesma ocorrido recentemente; Rogando a Deus que conforte os corações dos enlutados.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/329/requerimento-118.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/329/requerimento-118.pdf</t>
   </si>
   <si>
     <t>EU, PAULO SERGIO DA SILVA, brasileiro, atualmente exercendo o mandato de vereador, com endereço eletrônico paulinhodedevacomunicacao@gmail.com, cidadão em pleno gozo dos meus direitos políticos, venho, com fundamento no artigo 5°, inciso XXXIII, da Constituição da República Federativa do Brasil de 1988, combinado com o previsto na Lei Federal nº.12.527/2011 e no Tema de Repercussão Geral n° 832 do Supremo Tribunal Federal, requerer o que segue: CONSIDERANDO a ocorrência de pagamentos efetuados à empresa Urbana aluguel de carros Eirelli - EPP, mediante CÂMARA MUNICIPAL DO BONITO-PE CASA LEÔNIDAS VILA NOVA 047/2022, decorrente do processo administrativo nO 039/2021.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Requeiro a Mesa depois de cumprida as formalidades regimentais, no sentido de que o Sr. Prefeito do Município Gustavo Adolfo, e Secretário de Obras, Sr. Wilson Lourenço, para que seja feito o asfalto na rua Rei Jesus no Bairro do Mutirão, sendo ruas 1,2,3,4 e 5</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Paulinho de Devá, Andreza Pimentel, Didi do Paed, Irmão Roberval</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/7/req_120_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/7/req_120_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa depois de cumprida as formalidades regimentais, no sentido de que seja da dado um VOTO DE PESAR aos_x000D_
 familiares do Sr. Amaro Avelino, pelo falecimento do mesmo ocorrido recentemente. Rogando a Deus que conforte os corações dos enlutados. O_x000D_
 referido requerimento foi subscrito por todos os Vereadores que fazem este Poder Legislativo.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/9/requerimento_122.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/9/requerimento_122.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando O Sr. Prefeito Gustavo Adolfo juntamente com o Secretário de Obras Wilson Lourenço, para que sejam executado na escola intermediária João XXIII no Distrito de Alto Bonito serviços de jardinagem, aplicação de forro PVC, conclusão da reforma do auditório, refeitório e demais repartições do prédio da escola.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/10/req_123_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/10/req_123_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo juntamente com o Secretário de Obras Wilson Lourenço, para que sejam realizado o saneamento e calçamento de duas ruas na comunidade da nova Bem-te-vi, que fica próximo ao Cemitério São José.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/325/requerimento-125.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/325/requerimento-125.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais solicitando ao senhor Prefeito Gustavo Adolfo, no sentido de o mesmo venha a público ,através das Redes Sociais se retratar com a população do Bonito quanto ao acontecimento do último sábado no Distrito de Alto Bonito.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_128.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_128.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora Depois Cumprida as Formalidades Regimentais desta Casa Legislativa, solicitando ao Sr Prefeito Gustavo Adolfo e Secretário_x000D_
 de Obras Wilson Lourenço para que seja feito o calçamento da Rua Cícero Pereira Ferreira, localizada no Loteamento Rosângela no Bairro da Boa Vista. Visto que, a falta do mesmo vem causando vários transtornos à comunidade</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/5/requerimento_130.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/5/requerimento_130.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar,_x000D_
 aos familiares da Sr" Maria José de Lima Barros (Dona Dé), pelo falecimento da mesma ocorrido recentemente.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_131.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_131.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares da Sr Maria do Carmo Soares da Silva (Dona Dina) pelo seu falecimento ocorrido recentemente. A mesma é mãe do amigo e presidente da associação do Mutirão, Beto.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_132.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_132.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, no sentido de que seja consignado Voto de Aplauso ao Sr Nilson Correia Junior, treinador do time Maguary Bonito</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Andreza Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_133.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_133.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais no sentido de qne seja feito um apelo ao Sr. prefeito Gustavo Adolfo, para que juntamente com o Secretário de Obras Sr. Wilson Lourenço, seja feito a ampliação e restauração da Ponte que liga o Loteamento Frei Damião ao Mutirão.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_134.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_134.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, ue seja conferido um VOTO DE APLAUSO, a Enfermeira, Wellyjânia Mirelys, pelos serviços prestados ao Município de Bonito, fazendo Partos Humanizados.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_135.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_135.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTOS DE PESAR aos familiares e amigos de AMARA BEZERRA DE OLIVEIRA SILVA, esposa de João Apolônio. Casal tradicional do nosso município, que também_x000D_
 contribuíram para o desenvolvimento dessa terra. Dona Dina, como carinhosamente era chamada, deixará um legado exemplar, pela simplicidade que conduzia a vida, conquistou a empatia dos bonitenses</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_138.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_138.pdf</t>
   </si>
   <si>
     <t>o Vereador João Diniz da Silva, vem através do presente, depois de ouvido o plenário e cumpridas as formalidades regimentais, requerer ao Excelentíssimo Senhor Prefeito Gustavo Adolfo de Albuquerque cezar, que este providencie a delimitação de um local apropriado, para ser destinado ao livre comércio de animais, especificamente a feira de gado, no município de Bonito/PE</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Venho por intermédio deite, requerer à Mesa diretora, depois de cumpridas as formalidades regimentais que seja concedido a outorga de VOTOS_x000D_
 DE PESAR aos familiares e amigos de FERNANDO LUCENA, esposo da ex prefeita Raquel Lyra. Empresário em Caruaru no setor de vaquejada e veículos também atuava na candidatura da esposa, com quem estava desde a adolescência  e tinha dois filhos.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_140.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_140.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTOS_x000D_
 DE PESAR aos familiares e amigos de JOSÉ DE Queiroz LIMA, filho do ex prefeito Nezinho Queiroz e irmão do ex prefeito Laércio Queiroz. Família tradicional do município, que têm relevantes serviços prestados a população. Zé Queiroz, como carinhosamente era chamado, deixará um legado exemplar, pela simplicidade que conduzia a vida, conquistou a empatia dos bonitenses.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_141.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_141.pdf</t>
   </si>
   <si>
     <t>Eu, Anacléa Azevedo de Lima, brasileira, solteira, professora e atualmente exercendo o mandato de vereadora, em pleno gozo dos meus direitos políticos, venho, com fundamento no artigo 5°, inciso XXXIII, da Constituição da República Federativa do Brasil de 1988, combinado com o previsto na Lei Federal n". 12.527/2011 e no Tema de Repercussão Geral nº 832 do Supremo Tribunal Federal, requerer o que segue:_x000D_
 _x000D_
 CONSIDERANDO a necessidade de se acompanhar e fiscalizar as despesas realizadas pelo chefe do Poder Executivo Municipal;_x000D_
 _x000D_
 CONSIDERANDO que o Supremo Tribunal Federal, no Tema nº 832, de Repercussão Geral, fixou a seguinte tese: " O parlamentar, na condição de cidadão, pode exercer plenamente seu direito fundamental de acesso a informação de interesse pessoal ou coletivo, nos termos do art. 5°, inciso XXXIII, da CF e das normas de regência desse direito".</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/417/requerimento_142.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/417/requerimento_142.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais, dando um voto de pesar aos familiares do Sr. José Henrique da Silva,_x000D_
 conhecido por Burrego que morava em Bentivi pelo falecimento do mesmo ocorrido essa semana.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/383/requerimento_143.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/383/requerimento_143.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente,_x000D_
 Requerimento a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja consignado em ata votos de congratulações e aplausos ao grupo de trilhas Mulheres Aventureiras de Bonito.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_144.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_144.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Sr" Prefeito Gustavo Adolfo e ao Sro Secretario de obras Wilson Lourenço, para que seja feito o asfalto das Ruas Vereador Antônio Bezerra de Melo e Rua Paulo Viana de Queiroz, localizadas no Bairro da Vila da Cohab.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_145.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_145.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais no sentido de que seja feito um apelo ao Sr. prefeito Gustavo Adolfo juntamente com o Secretário de Obras Sr. Wilson Lourenço, para que seja colocado iluminação pública no Sítio véu da Noiva 2.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_148.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_148.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Sr. Prefeito Gustavo Adolfo,Secretario de obras o Sr. Wilson Lourenço e a Com pesa para que seja consertada a vala que se encontra á céu aberto na Travessa do Godoy. Visto que, a mesma vem trazendo vários transtornos  e riscos aos moradores daquela localidade.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_149.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_149.pdf</t>
   </si>
   <si>
     <t>Requerimento à mesa depois de cumpridas as formalidades regimentais, fazendo uma indicação ao senhor Prefeito Gustavo Adolfo e ao Secretário de Obras o senhor Wilson Lourenço para construir a praça do Santuário localizado na vila da Cohab</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>requerer a Prefeitura Municipal do Bonito e Secretaria de obras, , que seja executado com urgência os serviços de desobstrução, limpeza e recuperação da rede de esgoto, bueiros e canaletas, os quais encontram-se em péssimas condições de conservação, pois devida as fortes chuvas ocorridas nos últimos dias em nosso município, vem a tona problemas antigos e recorrentes de inundações com as águas desses esgotos contaminadas com fezes humanas, urinas de ratos, que trás um sério risco a saúde da população bonitense. Esses problemas foram registrados em vários bairros da cidade de Bonito e do distrito de Alto Bonito.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_152.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_152.pdf</t>
   </si>
   <si>
     <t>requeiro a mesa diretora depois de cumprida às formalidades regimentais, que seja concedido um voto de pesar aos familiares da Sra. Creuza Maria pelo falecimento do mesma ocorrido recentemente.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_153.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_153.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora Depois de Cumprida as Formalidades Regimentais e deliberação do Plenário, que seja conferido por esta Casa um Voto de Aplauso, a comunidade católica (Igreja) de Carrilho pela excelente festa realizada dia 29 de Outubro de 2022</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_154.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_154.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais no sentido de que seja feito um apelo ao Sr. prefeito Gustavo Adolfo, juntamente com o Secretário de Obras Sr. Wilson Lourenço, para que seja feito a reconstrução da Ponte do Loteamento Nova Ribeira, conhecido como Sebastião Cajú. Tendo em vista que a mesma caiu devido às fortes chuvas que ocorreram em nosso município</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/385/requerimento_155.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/385/requerimento_155.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais para que seja solicitado ao Sr. Prefeito Gustavo Adolfo e Secretário de Obras Sr. Wilson Lourenço, que seja feito a revitalização e concerto do Terminal Rodoviário Luiz Melo, visto que o mesmo se encontra em estado de abandono público.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_156.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_156.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais no sentido de que seja feito um apelo ao Sr. prefeito Gustavo Adolfo, para que juntamente com a Secretária de Saúde Julieta Farias de Lira Pinheiro, que deixe um carro à disposição dos moradores Alto Bonito; com a finalidade de facilitar a locomoção dos pacientes até o hospital Dr. Alberto d'Oliveira .</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/382/requerimento_157.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/382/requerimento_157.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exrn.? Sr. Prefeito Gustavo Adolfo de Albuquerque César e Secretária de Saúde Julieta Farias,para que seja disponibilizado nas mediações no Hospital Dr. Alberto de Oliveira, uma rede de_x000D_
 WI-FI aberta, para atender as necessidades de comunicação dos pacientes.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/590/requerimento_158.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/590/requerimento_158.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formal regimentais, fazendo um apelo ao Sr. Prefeito Gustavo Adolfo,Secretario de obras o Sr. Wilson Lourenço e o Secretário de Governo Romilson Cabral, para que seja visto a colocação de placas de sinalização de velocidade e sonorizadores ou lombada_x000D_
 nas proximidades do mais novo empreendimento da cidade, conhecido como. Fulô da Serra, localizado na PE-103 na rota das cachoeiras.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_159.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_159.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Chefe do Poder Executivo o Exm o Sr. Prefeito Gustavo Adolfo_x000D_
 de Albuquerque César, em REGIME DE URGÊNCIA para que reabra as padarias comunitárias, tendo em vista que as mesma se encontrada um bom_x000D_
 tempo fechadas.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/585/requerimento_160.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/585/requerimento_160.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as  formalidades regimentais, para que seja concedido Votos e congratulações e Aplausos ao Vereador Licenciado e atual Secretário Municipal de Agricultura o Sr. Edilson Eiji Barbosa Morimura, pelos relevantes serviços prestados a frente da Secretaria de Agricultura em nossa cidade, sobretudo, pela alteração do dia e local da Feira Livre de Alto Bonito, atendendo ao veemente apelo da população local.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/604/requerimento_161.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/604/requerimento_161.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida as formalidades regimentais, para que seja solicitado ao Sr. Prefeito Gustavo Adolfo e secretário de obras Wilson Lourenço a revitalização e concerto do terminal rodoviário Luiz Piauí Lino. Visto que, a mesma se encontra em estado de abando público</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/603/requerimento_162.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/603/requerimento_162.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, de ois de cumprida as formalidades regimentais, que seja conferido por esta casa um Voto de Pesar aos familiares do Sr. Roberto Viana, pelo falecimento do mesmo ocorrido recentemente. O mesmo era pai do jornalista, Magno Martins.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_163.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_163.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para_x000D_
 que seja enviado na forma da lei este ofício ao Excelentíssimo Prefeito, o Senhor Gustavo Adolfo de Albuquerque Neves César, e também ao Secretário_x000D_
 de Obras o Senhor Wilson Lourenço, para que seja feita as manutenções nos prédios escolares na parte elétrica, hidráulica e infiltrações. E Ainda, que seja_x000D_
 colocado em caráter de urgência extintores de incêndio em todas as escolas e creches do Município de Bonito.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/596/requerimento_164.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/596/requerimento_164.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Secretário de Governo Sr. Romilson Cabral, responsável pela Guarda Municipal, para que seja disponibilizado uma viatura diariamente para o Distrito de Alto Bonito, para dá mais segurança aos moradores do referido Distrito</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/597/requerimento_167.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/597/requerimento_167.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, Depois de Cumpridas as Formalidades Regimentais e Ouvido o Douto Plenário desta colenda Casa Legislativa, para que solicitado ao Prefeito Gustavo Adolfo e o secretario de obras Wilson Lourenço, o concerto da ponte que liga a estrada de viração à Alto Bonito. Uma vez que a mesma encontre-se caindo.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/587/requerimento_169.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/587/requerimento_169.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja enviado na forma da lei este ofício ao Excelentíssimo Prefeito, o Senhor Gustavo Adolfo de Albuquerque Neves César e também ao secretário de Obras o Senhor Wilson Lourenço que seja feito melhorias na estrada da antiga barragem no distrito de Alto Bonito, possibilitando assim melhor acesso para os moradores daquela região.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/595/requerimento_170.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/595/requerimento_170.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja consignado em ata votos de congratulações e aplausos a IGREJA BATISTA em Alto Bonito pelo seu aniversário de 19 anos, que será comemorado nos dias 03 e 04 de dezembro, como também parabenizar o Pr. Cleber dos Santos Bezerra que está a frente da igreja, o Sr. Irmão João Araújo Filho e Sr. Irmão Jonas Araújo que servem a igreja desde sua fundação.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/588/requerimento_171.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/588/requerimento_171.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais no sentido de que seja feito um apelo ao Sr. prefeito Gustavo Adolfo e a Secretária de Educação, Maria Elza da Silva para seja construída na Escola Bejamita Cardona Pereira, uma cozinha e um espaço coberto para prática de lazer e refeitório.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/586/requerimento_172.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/586/requerimento_172.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja enviado na forma da lei este ofício ao Excelentíssimo Prefeito, o Senhor Gustavo Adolfo de Albuquerque Neves César e também ao secretário de Finanças o Senhor Samuel Queiroz. Para que seja pago aos motoristas escolares do município de Bonito não só o décimo terceiro mas também o salário integral do mês de Dezembro. Visto que o ano letivo se estende até o mês de dezembro e os mesmo  trabalham normalmente.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/594/requerimento_173.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/594/requerimento_173.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais no sentido de que seja feito um apelo ao Sr. prefeito Gustavo Adolfo para que juntamente com a Secretária de Saúde SR. Julieta Pinheiro, que seja feito uma reforma na unidade básica de saúde (UBS) Comunidade do Sitio da Colônia, especificamente em toda cobertura do teto do prédio, visando a segurança e prevenindo possíveis acidentes.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/589/requerimento_174.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/589/requerimento_174.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades regimentais, para que seja solicitado ao Senhor secretário de obras Wilson Lourenço, para que através do Bonito Clarear, leve iluminação a toda área que fica entre a UPAE até a escola ETE. O trecho acima mencionado fica nas margens da PE-109.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/520/requerimento_2022_175_maroja.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/520/requerimento_2022_175_maroja.pdf</t>
   </si>
   <si>
     <t>Pedido de informação: referentes as intervenções feitas na PE_x000D_
 109, onde diversas carradas de material argiloso que vem_x000D_
 causando transtornos aos viajantes, que necessitam trafegar_x000D_
 diariamente pela estrada que interliga o nosso município ao_x000D_
 distrito de alto Bonito e demais cidades da região, como por_x000D_
 exemplo: São Joaquim do Monte, Catende, Caruaru e_x000D_
 Palmares. É importante ressaltar que o material utilizado é_x000D_
 inadequado, quando chove fica escorregadio e causando_x000D_
 dificuldade de tráfego, e ao mesmo tempo que estando seco a</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Requeiro a vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa para que seja enviado na forma da lei este oficio ao Excelentíssimo Prefeito, o Senhor Gustavo Adolfo de Albuquerque Neves César e também a Secretário de Obras o Senhor, Wilson Lourenço ,para que seja feito a manutenção na Praça do Japonês localizada na Rua Mizael Galindo. Além de ser uma reivindicação da população, a sua revitalização valoriza e aumenta o potencial turístico da nossa cidade, convivência e descanso para a população, sendo assim a manutenção desses espaços é de extrema relevância para o Município.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/601/requerimento_181.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/601/requerimento_181.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidade regimentais, para que seja concebido por esta casa legislativa um voto de pesar pelo_x000D_
 falecimento do Sr Nelson Moura ocorrido no ultimo dia 14/12/2022 .</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/602/requerimento_182.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/602/requerimento_182.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida as formalidades regimentais, para que seja designado VOTOS DE APLAUSOS ao senador Fernando Dueire, pela posse no senado Federal, ocorrida no dia 07 de dezembro</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/598/requerimento_183.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/598/requerimento_183.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida as formalidades regimentais, para que seja designado VOTOS DE APLAUSOS Chefe de aplauso de gabinete do senador Fernando Dueire, ARISTHEU PLACIDO pelos relevantes serviços e incentivos econômicos através de equipamentos destinados para Bonito e_x000D_
 região, ainda na presença do Senador Jarbas Vasconcelos.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/591/requerimento_184.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/591/requerimento_184.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais, para que seja dado um VOTO DE PESAR aos familiares do Sr. João Pereira de Assis, pelo seu falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_185_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_185_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida ás formalidades_x000D_
 regimentais, Solicitando ao Sr.Prefeito Gustavo Adolfo e ao_x000D_
 Secretário de Obras,Sr.Wilson Lourenço, para seja colocada as_x000D_
 bueiras do engenho floresta perto dos irmãos de Zuza Paulo ,indo_x000D_
 para Nivá,</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/599/requerimento_186.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/599/requerimento_186.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais, solicitando ao ao Exmo. Deputado Federal Clodoaldo Magalhães para que seja feita a implantação de um posto do INSS no município de Bonito-PE, tendo em vista a desburocratização de locomoção dos nossos munícipes e facilitando o acesso até à instituição.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/600/requerimento_187.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/600/requerimento_187.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades regimentais, solicitando um voto de aplauso ao nosso amigo, querido, irmão, bonitense e_x000D_
 Exmo. Deputado Federal CLODOALDO MAGALHÃES pela diplomação como Deputado Federal, lhe desejando sabedoria nessa nova jornada e agradecendo por todo apoio e assistência ao nosso município</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/584/requerimento_188.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/584/requerimento_188.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, que seja submetido à apreciação do plenário desta casa legislativa, o presente pedido de informação, por parte da gestão municipal, e a através da secretária de educação a senhora Maria Elza da Silva, para que seja informada as condições, do transporte escolar, e veículos agregados pela secretaria de educação, quanto a suas condições e mutação. Bem como_x000D_
 as condições das estruturas físicas das escolas, tendo em vista o período de férias escolares, para que sejam feitos os reparos e consertos necessários. Sem mais para o momento, desde já agradeço.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/58/rquerimento-272.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/58/rquerimento-272.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta Casa, Voto de Aplauso, ao Sr. Andrew Phellipp C. Lima de Almeida Filho, Pastor da Igreja Presbiteriana, pelos relevantes serviços prestados no âmbito Social e Religioso.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/474/requerimento_273_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/474/requerimento_273_2022.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e_x000D_
 ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja enviado na forma da lei_x000D_
 este ofício ao Excelentíssimo Prefeito, o Senhor Gustavo Adolfo de Albuquerque Neves César_x000D_
 também ao Senhor Secretário de Obras o Senhor Wilson Lourenço, para que passe a máquina_x000D_
 abrindo linhas de água na estrada do Engenho Barra Azul, que dá acesso ao sítio Matias e Sítio_x000D_
 Serro Azul e também para que seja colocado piçarro nos pontos críticos.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, com assento no legislativo Municipal, vem, pelo presente, solicitar ao Excelentíssimo Presidente desta colenda Casa legislativa, o envio desta Indicação, ao Senhor Saulo Cabral, Presidente do Grupo Energia Pernambuco, objetivando Propor a manutenção de fios fixados em postes de energia elétrica. Como também a retirada de cabos e fios excedentes de demais empresas responsáveis que operam com cabeamento aéreo do nosso Município. A referida indicação faz-se necessária para maior segurança e correção de uma grave distorção que vem tomando conta das ruas, como cabos, fios baixos e soltos em postes causando um grande risco a população do nosso Município.</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/110/ind_061_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/110/ind_061_2022.pdf</t>
   </si>
   <si>
     <t>PROPÕE AO EXECUTIVO E SECRETARIA DE CULTURA A DISPONIBILIZAÇÃO DE MATERIAIS CINEMATOGRÁFICOS E AJUDA FINANCEIRA PARA O GRUPO DR PRODUCER"</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_67.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_67.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, com assento no Legislativo Municipal, vem, pelo presente, solicitar ao Excelentíssimo Presidente desta colenda Casa Legislativa, o envio desta Indicação, ao Secretário de Segurança Pública do Estado de Pernambuco, o senhor Humberto Freire de Barros. Que seja implantada no Município de Bonito uma delegacia especializa no atendimento à mulher._x000D_
 Considerando que em nosso Município apesar de haver uma delegacia civil, com profissionais capacitados, é indiscutível que é necessária uma delegacia_x000D_
 especializada, devido ao fato do aumento de casos de violência contra mulher.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_80.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_80.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, com assento no Legislativo Municipal, vem, pelo presente, solicitar ao Excelentíssimo Presidente desta colenda Casa Legislativa, o envio desta Indicação ao senhor Maurício Canuto Mendes Diretor Presidente do Departamento de Estradas e Rodagens do Estado de Pernambuco-DER/PE, solicitando que além da realização de tapa buraco seja Cuida uma ciclovia entre o distrito de Alto Bonito até o trevo do município de Barra de Guabiraba. Tendo em vista que o local não tem acostamento e é bastante utilizado por ciclistas, que dividem a pista com os carros.</t>
   </si>
   <si>
     <t>João Diniz, Adones Lagartão, Didi do Paed</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/14/ind_113_2022.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/14/ind_113_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscreve vem indicar ao Senhor Prefeito de Bonito Gustavo Adolfo de Albuquerque César a necessidade de tomada das seguintes medidas, ora solicita:</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_127.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_127.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, com assento no Legislativo Municipal, vem, pelo presente, solicitar ao Excelentíssimo Presidente desta colenda Casa Legislativa, o envio desta Indicação ao Excelentíssimo Prefeito Gustavo Adolfo. e a Senhora secretária de Educação Maria Elza propondo ações de Saúde Bucal nas Escolas Municipais do Bonito, para que sejam realizadas de forma contínua e estimulem a autonomia e as práticas de auto cuidado pelos alunos da rede pública de ensino.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_142.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_142.pdf</t>
   </si>
   <si>
     <t>Requeiro á mesa depois de cumpridas as formalidades regimentais, fazendo uma indicação ao Sr. Prefeito Gustavo Adolfo e ao Secretario Obras Sr. Wilson Lourenço para construir a praça do Santuário localizado na Vila da Cohab</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/592/indicacao_166.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/592/indicacao_166.pdf</t>
   </si>
   <si>
     <t>Indico a Mesa Diretora, Depois de Cumprida as Formalidades Regimentais desta Colenda Casa, que promova a criação da procuradoria da mulher da _x000D_
  Câmara Municipal de Bonito-PE.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>EMEI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1008/projeto_joao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1008/projeto_joao.pdf</t>
   </si>
   <si>
     <t>A VEREADOR JOAO DINIZ OA SILVA da Câmara de Vereadores de Bonito de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei n' 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1009/projeto_didi.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1009/projeto_didi.pdf</t>
   </si>
   <si>
     <t>O VEREADOR Divaldo José da Silva da Câmara de Vereadores de Bonito de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei n' 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1010/projeto_roberval.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1010/projeto_roberval.pdf</t>
   </si>
   <si>
     <t>O VEREADOR José Roberval dos Santos da Câmara de Vereadores de Bonito de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei n' 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1011/projeto_eiji.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1011/projeto_eiji.pdf</t>
   </si>
   <si>
     <t>O VEREADOR EDILSON EIJI BARBOSA MORIMURA da Câmara de Vereadores de Bonito de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei n' 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1021/projeto_maroja.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1021/projeto_maroja.pdf</t>
   </si>
   <si>
     <t>O VEREADOR WALTER LUIZ RIBEIRO MAROJA FILHO da câmara da vereadores de Bonito, de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES_x000D_
 ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei no 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1013/projeto_holandinha.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1013/projeto_holandinha.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOSÊ HOLANDA CAVALCANTI FILHO da câmara da vereadores de Bonito, de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES_x000D_
 ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei no 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1014/projeto_paulinho.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1014/projeto_paulinho.pdf</t>
   </si>
   <si>
     <t>O VEREADOR Paulo Sergio da Silva da câmara da vereadores de Bonito, de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES_x000D_
 ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei no 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1015/projeto_adones.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1015/projeto_adones.pdf</t>
   </si>
   <si>
     <t>O VEREADOR Adones Ferreira da Silva da câmara da vereadores de Bonito, de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES_x000D_
 ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei no 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1016/projeto_anaclea.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1016/projeto_anaclea.pdf</t>
   </si>
   <si>
     <t>O VEREADOR Anacléa Azevedo de Lima da câmara da vereadores de Bonito, de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES_x000D_
 ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei no 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1017/projeto_graca.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1017/projeto_graca.pdf</t>
   </si>
   <si>
     <t>O VEREADOR Maria das Graças Barbosa da Silva da câmara da vereadores de Bonito, de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei no 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1018/projeto_italo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1018/projeto_italo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR Ítalo Damasceno Cabral de Andrade da câmara da vereadores de Bonito, de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES_x000D_
 ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei no 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1019/projeto_junior.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1019/projeto_junior.pdf</t>
   </si>
   <si>
     <t>O VEREADOR GIVANILDO JOSE DA SILVA JUNIOR da câmara da vereadores de Bonito, de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES_x000D_
 ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei no 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1020/projeto_marcos.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1020/projeto_marcos.pdf</t>
   </si>
   <si>
     <t>O VEREADOR José Marcos da Silva da câmara da vereadores de Bonito, de acordo com o § 40 do art. 38 da LEI DE DIRETRIZES_x000D_
 ORÇAMETARIAS - LDO, propõe a presente Emenda impositiva ao Projeto de Lei no 20/2022 (PLOA).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2460,67 +2460,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/404/lei_no_01_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/403/lei_no_02__executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/399/lei_no_03_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/401/lei_no_04__executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei-05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei-06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/407/lei_no_12__executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei-10.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/405/lei_no_11__executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/406/lei_no_12__executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/565/pl_13_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei-14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/564/pl_15_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei-16.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_lei-18.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_03_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_11_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/661/projeto_de_lei_n_13.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/426/projeto_de_lei_16_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/563/projeto_de_lei_n_17_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/552/pl_19_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_27_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_29_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_29_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/671/projeto_de_lei_9_legislativo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_decreto_03.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_decreto_04.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1036/projeto_de_decreto_05-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/112/req_001_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/54/req_04_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/55/req_05_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/57/req_08_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento-09.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/56/rquerimento-11.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/59/req_12_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/66/req_13_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/61/rquerimento-014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/68/rquerimento-015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/63/req_17_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/60/req_20_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/67/req_21_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/72/req_22_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/62/req_23_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/64/req_25_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/65/rquerimento-026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/75/rquerimento-027.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/49/requerimento-29.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/70/req_32_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/50/req_33_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/111/req_034_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/52/req_35_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/48/requerimento-36.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/43/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/74/req_38_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/71/rquerimento-041.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/69/req_42_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/42/req_44_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/113/req_45_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/73/req_47_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/44/req_48_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/45/requerimento-49.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/41/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/319/requerimento-51.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento-52.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/46/req_53_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento-55.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/322/requerimento-56.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/38/req_58_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/323/requerimento-59.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/40/req_60_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/37/req_63_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/30/req_64_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/28/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento-66.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento-67.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/29/req_68_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/36/req_69_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/33/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/320/requerimento-75.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/32/req_77_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/35/req_78_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/114/req_81_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/31/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/13/requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento_85.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/21/req_86_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/24/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/26/req_90_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/20/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/23/req_93_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/22/requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/19/req_99_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/4/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/18/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/17/req_104_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/363/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/115/req_109_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/11/req_110_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/8/req_111_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento-117.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/329/requerimento-118.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/7/req_120_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/9/requerimento_122.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/10/req_123_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/325/requerimento-125.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_128.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/5/requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_135.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_138.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/417/requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/383/requerimento_143.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_144.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_145.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_149.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/385/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/382/requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/590/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_159.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/585/requerimento_160.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/604/requerimento_161.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/603/requerimento_162.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_163.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/596/requerimento_164.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/597/requerimento_167.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/587/requerimento_169.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/595/requerimento_170.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/588/requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/586/requerimento_172.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/594/requerimento_173.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/589/requerimento_174.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/520/requerimento_2022_175_maroja.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/601/requerimento_181.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/602/requerimento_182.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/598/requerimento_183.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/591/requerimento_184.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_185_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/599/requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/600/requerimento_187.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/584/requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/58/rquerimento-272.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/474/requerimento_273_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/110/ind_061_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/14/ind_113_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_127.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/592/indicacao_166.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1008/projeto_joao.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1009/projeto_didi.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1010/projeto_roberval.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1011/projeto_eiji.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1021/projeto_maroja.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1013/projeto_holandinha.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1014/projeto_paulinho.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1015/projeto_adones.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1016/projeto_anaclea.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1017/projeto_graca.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1018/projeto_italo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1019/projeto_junior.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1020/projeto_marcos.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/404/lei_no_01_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/403/lei_no_02__executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/399/lei_no_03_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/401/lei_no_04__executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_lei-05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/333/projeto_de_lei-06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/407/lei_no_12__executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/339/projeto_de_lei-10.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/405/lei_no_11__executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/406/lei_no_12__executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/565/pl_13_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/336/projeto_de_lei-14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/564/pl_15_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/334/projeto_de_lei-16.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/332/projeto_de_lei-18.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/331/projeto_de_lei_03_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/330/projeto_de_lei_11_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/661/projeto_de_lei_n_13.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2021/426/projeto_de_lei_16_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/563/projeto_de_lei_n_17_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/552/pl_19_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/425/projeto_de_lei_27_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/424/projeto_de_lei_29_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/423/projeto_de_lei_29_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/671/projeto_de_lei_9_legislativo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/422/projeto_de_decreto_03.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/421/projeto_de_decreto_04.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1036/projeto_de_decreto_05-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/112/req_001_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/54/req_04_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/55/req_05_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/57/req_08_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento-09.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/56/rquerimento-11.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/59/req_12_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/66/req_13_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/61/rquerimento-014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/68/rquerimento-015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/63/req_17_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/60/req_20_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/67/req_21_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/72/req_22_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/62/req_23_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/16/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/64/req_25_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/65/rquerimento-026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/75/rquerimento-027.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/49/requerimento-29.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/70/req_32_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/50/req_33_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/111/req_034_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/52/req_35_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/48/requerimento-36.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/43/requerimento_37.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/74/req_38_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/71/rquerimento-041.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/69/req_42_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/42/req_44_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/113/req_45_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/73/req_47_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/44/req_48_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/45/requerimento-49.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/41/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/319/requerimento-51.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/327/requerimento-52.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/46/req_53_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/324/requerimento-55.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/322/requerimento-56.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/38/req_58_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/323/requerimento-59.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/40/req_60_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/37/req_63_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/30/req_64_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/28/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/328/requerimento-66.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/321/requerimento-67.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/29/req_68_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/36/req_69_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/33/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/320/requerimento-75.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/32/req_77_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/35/req_78_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/114/req_81_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/31/requerimento_82.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/13/requerimento_83.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/27/requerimento_85.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/21/req_86_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/24/requerimento_88.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/362/requerimento_89.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/26/req_90_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/20/requerimento_91.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/23/req_93_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/22/requerimento_98.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/19/req_99_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/4/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/18/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/17/req_104_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/363/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/115/req_109_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/11/req_110_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/8/req_111_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/326/requerimento-117.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/329/requerimento-118.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/7/req_120_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/9/requerimento_122.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/10/req_123_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/325/requerimento-125.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_128.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/5/requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_135.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_138.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/417/requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/383/requerimento_143.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_144.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_145.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_149.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/371/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/385/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/382/requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/590/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_159.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/585/requerimento_160.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/604/requerimento_161.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/603/requerimento_162.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/376/requerimento_163.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/596/requerimento_164.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/597/requerimento_167.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/587/requerimento_169.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/595/requerimento_170.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/588/requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/586/requerimento_172.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/594/requerimento_173.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/589/requerimento_174.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/520/requerimento_2022_175_maroja.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/601/requerimento_181.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/602/requerimento_182.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/598/requerimento_183.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/591/requerimento_184.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/473/requerimento_185_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/599/requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/600/requerimento_187.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/584/requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/58/rquerimento-272.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/474/requerimento_273_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/110/ind_061_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/34/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/25/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/14/ind_113_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_127.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/592/indicacao_166.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1008/projeto_joao.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1009/projeto_didi.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1010/projeto_roberval.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1011/projeto_eiji.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1021/projeto_maroja.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1013/projeto_holandinha.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1014/projeto_paulinho.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1015/projeto_adones.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1016/projeto_anaclea.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1017/projeto_graca.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1018/projeto_italo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1019/projeto_junior.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2022/1020/projeto_marcos.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="60.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>