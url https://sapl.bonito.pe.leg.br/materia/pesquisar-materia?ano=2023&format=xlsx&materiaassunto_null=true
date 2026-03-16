--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -54,4098 +54,4098 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Gustavo Adolfo Neves de Albuquerque Cesar</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_01_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_01_executivo.pdf</t>
   </si>
   <si>
     <t>Amplia o PerÍmetro Urbano da Sede do Município do Bonito</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/812/ple_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/812/ple_2.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Aplicação do Piso Salarial dos Profissionais do Magistério Público da Educação Básica no Âmbito do Município do Bonito.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/811/ple_04.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/811/ple_04.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de praça pública localizada na sede do Município do Boníto</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/810/pdl_05.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/810/pdl_05.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO MUNICÍPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE DO BONITO.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/809/ple_06.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/809/ple_06.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o conselho tutelar e dá outras providências.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/808/ple_07_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/808/ple_07_executivo.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS DOS SERVIDORES DO MUNICÍPIO DO BONITO</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_09_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_09_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação de programa de Incentivo à Regularização Fiscal e dá outras providências",</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/774/projeto_de_lei_n_10.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/774/projeto_de_lei_n_10.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes orçamentárias para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/635/projeto_de_lei_n_11_2023_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/635/projeto_de_lei_n_11_2023_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação Complementar repassada da assistência financeira pela União federal visando dar cumprimento pelo Município do Bonito ao disposto na Emenda Constitucional 127/2022.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/763/projeto_do_executivo_n_12.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/763/projeto_do_executivo_n_12.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Municipal pela Primeira Infância do Município do Bonito -PE e dá outras providências</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/806/projeto_de_lei_n_13_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/806/projeto_de_lei_n_13_executivo.pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária no âmbito do município de Bonito e autoriza a abertura de crédito especial ao orçamento anual de 2023 no valor de R$ 362.869,40.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_14.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_14.pdf</t>
   </si>
   <si>
     <t>Atualiza o Plano Plurianual do Município para execução da parcela anual de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/773/loa_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/773/loa_1.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_16_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_16_executivo.pdf</t>
   </si>
   <si>
     <t>Institui a concessão do incentivo de pagamento por desempenho da Saúde Bucal no âmbito da Atenção Primária à Saúde - APS regulamentado pela Portaria GM/MS No 960 de 17/07/2023.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/652/projeto_17_executivo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/652/projeto_17_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel de propriedade do Município à Associação de Pais e Amigos dos Excepcionais de Bonito - APAE</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_executivo_18.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_executivo_18.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar, por meio de doação com encargos, imóvel de propriedade do Município para a Empresa Daniel e Jessika Transporte Escolar e dá outras providências.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/766/projeto_executivo_n_19.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/766/projeto_executivo_n_19.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo, a pactuar concessão administrativa de uso de bem público municipal com a Empresa Agreste Estofados Indústria e Comércio de Móveis Ltda e dá outras providências.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/765/projeto_executivo_20.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/765/projeto_executivo_20.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar, por meio de doação com encargos, imóvel de propriedade do Município para Igreja Assembleia Pentecostal Missão e Vida e dá outras providências.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/764/projeto_de_lei_21.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/764/projeto_de_lei_21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de incentivos fiscais a Empresa Bonito Water Park Ltda.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_n_2_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_n_2_2023.pdf</t>
   </si>
   <si>
     <t>REAJUSTE DOS VENCIMENTOS MÍNIMO PARA OS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE BONITO.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>João Diniz</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/650/projeto_de_lei_03.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/650/projeto_de_lei_03.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a padronização das pinturas externas e internas dos prédios públicos e ou mantido pelo município de Bonito/PE, e dá outras providencias correlatas.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>Marquinhos da Garagem</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_06.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_06.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOURO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/648/projeto_de_lei_07.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/648/projeto_de_lei_07.pdf</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/647/projeto_de_lei_08.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/647/projeto_de_lei_08.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Público, e dá outras providências</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/646/projeto_de_lei_09.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/646/projeto_de_lei_09.pdf</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>Holandinha</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/644/projeto_de_lei_13.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/644/projeto_de_lei_13.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA MULHER EMPREENDEDORA BONITENSE , E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>Paulinho de Devá</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/665/projeto_de_lei_14_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/665/projeto_de_lei_14_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede título de utilidade pública no âmbito do município do Bonito/PE a "associação colmeia acolhedora"(ascoac), e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/755/pl15.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/755/pl15.pdf</t>
   </si>
   <si>
     <t>Concede Título de Utilidade Pública no âmbito do município de Bonito-PE a "Orquestra Sonora de Frevo, Associação Cultural e Educacional", Conhecida como "Banda do Biu" e dá outras providências.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/756/pl_16.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/756/pl_16.pdf</t>
   </si>
   <si>
     <t>Concede Título de Utilidade Pública no âmbito do município do Bonito/PE a "Associação dos Bacamarteiros da Cidade do Bonito", e dá outras Providências Correlatas.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/643/projeto_de_lei_19_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/643/projeto_de_lei_19_2023.pdf</t>
   </si>
   <si>
     <t>Denomina logradouro público, e dá outras Providências</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>Andreza Pimentel</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_19_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_19_2023.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO UTILIDADE PÚBLlCA A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS-APAE DE BONITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/684/projeto_de_lei_21.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/684/projeto_de_lei_21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de politicas públicas para primeira infância no âmbito do município de Bonito-PE, e dá outras providencias.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/</t>
+    <t>http://sapl.bonito.pe.leg.br/media/</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL N°13874 DE 20 DE SETEMBRO DE 2019, E INSTITUI NO ÂMBITO DO MUNICÍPIO DO BONITO/PE, A DECLARAÇÃO DE DIREITOS DE LIBERDADE ECONÓMICA, QUE ESTABELECE GARANTIAS DE LIVRE MERCAD, NORMAS DE PROTEÇÃO À LIVRE INICIATIVA E AO LIVRE EXERCÍCIO DA ATIVIDADE ECONÓMICA,E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/657/projeto_de_lei_23.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/657/projeto_de_lei_23.pdf</t>
   </si>
   <si>
     <t>estabelece a implantação da Sala do Afeto em atenção à pessoa portadora do transtorno do espectro autista - TEA nas unidades da Rede Municipal de Saúde</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/659/projeto_24_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/659/projeto_24_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recolhimento, registro e cadastramênto animais de grande porte e soltos nas Vias e logradouros Públicos do Município de Bonito-Pe e dá outras providências".</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/708/projeto_25.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/708/projeto_25.pdf</t>
   </si>
   <si>
     <t>Veda nomeação para cargos de provimento em comissão na estrutura administrativa dos poderes Executivo e Legislativo de pessoas que se enquadrem nas vedações previstas na lei de inelegibilidade.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/670/projeto_26_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/670/projeto_26_legislativo.pdf</t>
   </si>
   <si>
     <t>concede título de utilidade pública no Âmbito do município do Bonito/PE a "associação de protetores dos animais de bonito /PE-APA" e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/685/projeto_27_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/685/projeto_27_legislativo.pdf</t>
   </si>
   <si>
     <t>Denomina nomenclatura de estrada rural no município de bonito, estrada José Francisco Rufino.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Concede título de utilidade pública no âmbito do município do Bonito/PE à Associação de Voluntários Fênix Renascimento de Bonito/PE.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/679/projeto_29_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/679/projeto_29_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a incorporação da Gratificação de Produtividade e dá outras providências</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/728/pll_30.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/728/pll_30.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convénio com Associação de Voluntários Fénix Renascimento de Bonito/Pe, e dá outras providências.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/707/pll_32.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/707/pll_32.pdf</t>
   </si>
   <si>
     <t>Concede Título de utilidade Pública no âmbito do Município de Bonito à Associação Projeto Compaixão, e dá outras providências.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Anacléa de Anacleante</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/709/projeto_34.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/709/projeto_34.pdf</t>
   </si>
   <si>
     <t>Institui o programa de coleta seletiva de lixo no município de Bonito com benefícios no IPTU para os que aderirem.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/713/projeto_36_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/713/projeto_36_legislativo.pdf</t>
   </si>
   <si>
     <t>Cria medalha de honra ao mérito, na forma em que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/710/projeto_37.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/710/projeto_37.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único ao art. 04°, da Lei Municipal n° 1.102/2016.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/697/camscanner_22-11-2023_11.301.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/697/camscanner_22-11-2023_11.301.pdf</t>
   </si>
   <si>
     <t>Denomina Logradouro Público, e dá outras Providencias.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/689/camara_municipal_do_bonito-pe.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/689/camara_municipal_do_bonito-pe.pdf</t>
   </si>
   <si>
     <t>INSTITUI A DATA DA TRADICIONAL FESTA DE SÃO SEBASTIÃO REALIZADA NO MUNICÍPIO DO BONITO, ESTADO DE PERNAMBUCO, E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/682/projeto_de_lei_aagropec.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/682/projeto_de_lei_aagropec.pdf</t>
   </si>
   <si>
     <t>Concede título de utilidade pública no âmbito do município  do Bonito/PE a "associação Agropecuária do municipio do Bonito-PE" (AAGROPEC), e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/566/projeto_de_decreto_01.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/566/projeto_de_decreto_01.pdf</t>
   </si>
   <si>
     <t>Concede "Título de Cidadão Bonitense" ao limo. Sr. Roberto José Alves e da outras providências</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/677/projeto_04_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/677/projeto_04_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadãodo Bonito/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/702/projeto_de_decreto_05.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/702/projeto_de_decreto_05.pdf</t>
   </si>
   <si>
     <t>"Título de Cidadão Bonitense" ao Sr.Eugênio Macedo Teotônio dá outras providências.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/651/projeto_09_legislativo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/651/projeto_09_legislativo.pdf</t>
   </si>
   <si>
     <t>o vereador Jose Holanda Cavalcanti Filho, no uso de suas atribuições legais conferidas pela legislação aplicável a matéria, propõe ao plenário da câmara de vereadores o seguinte projeto Decreto Legislativo:_x000D_
 Decreto:_x000D_
 Art.1° Fica concedido ao Imo. Sr José Wilson de Souza Araújo, titulo de Honorifico de cidadão do Bonito._x000D_
 Art.2° A honraria de que se trata o artigo anterior, será conferida em sessão solene, a ser convocada futuramente pelo Presidente da Câmara municipal de Bonito, especialmente para esse fim convocado._x000D_
 Art.3° Este Projeto de Decreto Legislativo entrara em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/721/projeto_de_decreto_legislativo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/721/projeto_de_decreto_legislativo_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador João Diniz da Silva, no uso de suas atribuições legais, submete ao Plenário para a_x000D_
 devida apreciação e merecida a aprovação, o seguinte Projeto de Decreto Legislativo:_x000D_
 Art. 1º Fica concedido ao Sr. Dirceu Luiz Smaniotto, o Título Honorífico de Cidadão do_x000D_
 Bonito/PE._x000D_
 Art. 2º A horaria de que trata este Decreto Legislativo, será conferida em sessão solene, a ser_x000D_
 convocada pelo Presidente da câmara Municipal, especialmente para este fim_x000D_
 Art. 3º Este Decreto Legislativo entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/727/pdl11-23.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/727/pdl11-23.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Dr. Alberto d’Oliveira, e dá outras providências.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/729/projeto_de_decreto_legislativo_12.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/729/projeto_de_decreto_legislativo_12.pdf</t>
   </si>
   <si>
     <t>Concede de Honra ao mérito do turismo , terra das cachoeiras,e dá outras providências.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/730/pdl_13-2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/730/pdl_13-2023.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito do Empreendedorismo Arthur Tavares de Melo, e dá outras providências.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>Júnior do Gado</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/731/pdl_14-23.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/731/pdl_14-23.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito da Cultura, Severino Ramos da Silva (Biu da Banda), e de outras providências</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/732/pdl_15.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/732/pdl_15.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito do Desenvolvimento Comercial José Mariano da Silva Filho (S. Pita), e dá outras providências.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>Ítalo de Pedrito</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/736/pdl_16.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/736/pdl_16.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito Religioso, e dá outras providências.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>Walter Maroja</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/738/pdl_17.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/738/pdl_17.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito Político, Maria Lúcia Heráclio de Souza Lima, e dá outras providências</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/737/pdl_18.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/737/pdl_18.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de honra ao Mérito do Serviço Social, Michele Regina de Albuquerque Silva e dá outras providências.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>Irmão Roberval</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/739/pdl_19.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/739/pdl_19.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito Ambiental, José Augusto Carneiro Leão e dá outras providências.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/740/pdl_20.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/740/pdl_20.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito Educacional, Pautila Jordão de Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>Adones Lagartão</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/741/pdl_21.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/741/pdl_21.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Méito de obras e lnfraestruturas, Massilon pessoa cavalcanti , e dá outras providências.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/742/pdl_22.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/742/pdl_22.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito da Agricultura e Pecuária, José Falco Torres Galindo, e dá outras providências</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>Graça de Barra Azul</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/733/pdl_23.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/733/pdl_23.pdf</t>
   </si>
   <si>
     <t>Concede a de Honra ao Mérito do Desenvolvimento Econômico, Maury Figueirêdo, e dá outras providências.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>Daniel do Hospital</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/734/pdl_24.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/734/pdl_24.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito da Saúde, Antonio Francisco de Çarvalho, e dá outras providências.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>Didi do Paed</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/743/pdl_25_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/743/pdl_25_2.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito do Esporte, Izac Barbosa Veigas, e dá outras providências.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/735/pdl_26.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/735/pdl_26.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha de Honra ao Mérito Jurídico Hugo Cavalcanti Melo, e dá outras providências.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/746/projeto_adones.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/746/projeto_adones.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário de Bonito/PE, e dá outras providências</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>Walter Maroja, Graça de Barra Azul, João Diniz</t>
   </si>
   <si>
     <t>Dispõe sobre a Reprovação das Contas do Poder Executivo Municipal do Bonito/PE, referente ao exercício financeiro de 2017.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Paulinho de Devá, Adones Lagartão, João Diniz, Walter Maroja</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/654/emenda_a_lei_organica_01.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/654/emenda_a_lei_organica_01.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 1°do art. 131-A, da Lei Orgânica do município do Bonito/PE.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/686/projeto_de_resolucao_01.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/686/projeto_de_resolucao_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, a estrutura e o funcionamento da estrutura da ouvidora parlamentar do poder legislativo  municipal do Bonito-PE, e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_resolucao_02.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_resolucao_02.pdf</t>
   </si>
   <si>
     <t>autoriza a instalação do painel eletrônico na câmara municipal do Bonito, estado de pernambuco, e dá outras providências.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/446/requeirimento01.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/446/requeirimento01.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumprida_x000D_
 as formalidades regimentais desta colenda Casa Legislativa, o envio na forma da lei_x000D_
 este ofício ao Exmo. Pr.efeito o Senhor Gustavo Adolfo e também 'a Secretária de_x000D_
 E ora - 'a Elza para seja anualmente realizado testes de aculdadé -_x000D_
 visual e auditiva nos alunos das Escolas da Rede Pública Municipal do Bonito, que_x000D_
 apresentarem sintoma de deficiência visual ou auditiva._x000D_
 Proponho que os alunos, após serem observados pelo professor e_x000D_
 apresentarem sintomas, serão encaminhados pela direção da unidade escolar à_x000D_
 Secretaria Municipal de Saúde, para avaliação por profissional médico. Havendo_x000D_
 constatação da suspeita os alunos serão submetidos, gratuitamente, a exames gerais_x000D_
 e completos com oftalmologista ou otorrinolaringologista, conforme o caso.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/445/requeirimento04.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/445/requeirimento04.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, no sentido de que seja consignado Voto de Profundo Pesar,_x000D_
 aos familiares da Sr" Rosa Galindo, pelo seu falecimento ocorrido_x000D_
 recentemente.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/444/requeirimento05.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/444/requeirimento05.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais no sentido de que seja dado um VOTO DE PESAR, aos_x000D_
 familiares do Sr. Mauro Godoy, pelo falecimento do mesmo ocorrido_x000D_
 recentemente, rogando a Deus que conforte os corações dos enlutados.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/443/requeirimento06.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/443/requeirimento06.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, solicito a S1"lCarla Patrícia Cunha, atual Secretária de Defesa_x000D_
 Social de PE., para que seja construída uma nova Delegacia na cidade de_x000D_
 Bonito-PE. Podendo iniciar com uma parceria Prefeitura com o Estado.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/442/requeirimento07.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/442/requeirimento07.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais solicitando a Secretária de Educação Sr" Maria Elza da Silva,_x000D_
 para que seja feito a pintura da Creche Pedro Murilo no Distrito de Alto_x000D_
 Bonito.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/431/requerimeto_12_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/431/requerimeto_12_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, fazendo um apelo ao Prefeito Gustavo Adolfo e a Secretária_x000D_
 de Educação, Sr" Maria Elza da Silva, para que seja construído um muro na_x000D_
 Escola de Guaretama.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>voto de aplauso a presidente eleita do Sindicato dos Servidores Municipais do Bonito Geciane Viana de Oliveira Martins</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/482/requerimento_14_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/482/requerimento_14_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa depois de cumprida as formalidades regimentais,_x000D_
 solicitado ao Poder Público Municipal, em nome do Sr. Prefeito Gustavo_x000D_
 Adolfo, que seja feito um estudo para viabilizar um espaço no Distrito de_x000D_
 Alto Bonito para a construção de um Velório Municipal, no sentido de_x000D_
 atender as famílias e acomodar seus entes queridos em sua perca. Esse local_x000D_
 seria desapropriado e construído pela a prefeitura para servir a toda_x000D_
 população.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/481/requerimento_15_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/481/requerimento_15_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, para que seja dado um VOTO DE APLAUSO, a equipe do_x000D_
 Bonito Clarear, Srs: Renê Godoy, Almir Ferreira, Amaro Ferreira da Silva,_x000D_
 Cido José, José Severino, Sebastião Fábio, José Jesus e Luciclebson_x000D_
 Manoel pelo trabalho de iluminação realizado no campo de futebol Arthur_x000D_
 Tavares, concluído com sucesso.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, Solicito à Secretaria de Educação e Cultura_x000D_
 Juntamente à Secretaria de Turismo, Juventude, Esporte e Lazer_x000D_
 para que possamos rever a possibilidade do retorno os jogos_x000D_
 escolares de Bonito-PE.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/438/requeirimento18_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/438/requeirimento18_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 / regimentais, Solicito a Secretaria de Obras e de Agricultura maiores_x000D_
 melhorias na feira livre de Bonito, iniciando pela manutenção do_x000D_
 mercado de farinha da feira livre com instalações de lâmpadas de_x000D_
 led, lubrificação nas portas e no banheiro público reforma para_x000D_
 melhor conforto da população e manutenção geral de limpeza_x000D_
 higienização em todo o entorno da feira livre.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>reconstruçãol recapeamento/_x000D_
 revitalização da PE 109 "Massilon Pessoa Cavalcanti" que liga Bonito ao_x000D_
 Trevo de Formigueiro (São Joaquim do Monte - Via Distrito de Alto Bonito),_x000D_
 um dos principais acessos do município, que se encontra em estado precário_x000D_
 causando prejuízos incalculáveis para a população e a economia local.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/436/requeirimento20_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/436/requeirimento20_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades_x000D_
 regimentais,solicito por meio desse ao srQ Prefeito Gustavo Adolfo e ao_x000D_
 secretario de obras Wilson Lourenço, para que seja calçado ou asfaltado_x000D_
 a Trav. Paulo Viana de Queiroz no Distrito de Alto Bonito (conhecida como_x000D_
 beco do Fa~tino)</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/456/requerimento_21_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/456/requerimento_21_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumprida as_x000D_
 formalidades regimentais desta colenda Casa Legislativa, para que seja enviado na_x000D_
 forma da lei este ofício ao Exmo. Prefeito o Senhor Gustavo Adolfo e também ao_x000D_
 Secretário de Obras Wilson Lourenço , solicitando que informe a esta Casa de Leis, se_x000D_
 existe estudos por parte e da municipalidade ou previsão de reforma na Praça da Bandeira_x000D_
 onde funcionava a praça de alimentação, a mesma foi demolida e até o momento nada_x000D_
 foi feito, causando uma poluição visual, insegurança e risco a população._x000D_
 A revitalização do espaço é extrema importância para o nosso município que_x000D_
 tem um grande porte turístico, podendo a mesma ser transformada em um grande cartão_x000D_
 de visita e espaço de lazer para a comunidade como era antigamente.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>capinação e revitalização da PE-_x000D_
 103 de Bonito até a rota das cachoeiras, como também a sinalização na estrada,</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_23_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_23_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa diretora depois de cumprida as formalidades_x000D_
 regimentais, vindo através deste solicitar ao Presidente da Câmara_x000D_
 de Vereadores do Bonito o Sr. Divaldo Jose da Silva (Didi) e ao Sr._x000D_
 Vereador Paulo Sergio da Silva a seguinte informação abaixo_x000D_
 relacionada:_x000D_
 • Com qual justificativa o Sr. Prefeito do Município do Bonito,_x000D_
 Gustavo Adolfo, deixou de repassar para a Câmara Municipal_x000D_
 parte do duodécimo do ano 2022.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/465/requerimento_25a_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/465/requerimento_25a_2023.pdf</t>
   </si>
   <si>
     <t>Reforma de requalificação na quadra que fica localizada no pátio de eventos.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_27_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_27_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades_x000D_
 regimentais, solicitando a mesma, que seja dado um VOTO DE_x000D_
 APLAUSO aos ministros recém ~mpoçados. no governo Lula,_x000D_
 LUCIANA SANTOS,JORGE RODRIGO, JOSÉ MÚCIO E ANDRE_x000D_
 DE PAULA.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_29_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_29_2023.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO a todos que compõem o Badminton, sob a responsabilidade do treinador Cláudio Santos. Parabenizamos os 110 atletas e a todos os treinadores e responsáveis desse projeto</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/430/requerimeto_31_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/430/requerimeto_31_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, Solicito ao Sr. Prefeito Gustavo Adolfo juntamente à_x000D_
 Secretaria de Obras para que seja construído o calçamento da rua_x000D_
 01 e 02 no Loteamento Pedra Bonita nesta cidade.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumprida_x000D_
 as formalidades regimentais desta colenda Casa Legislativa, para que seja enviado na_x000D_
 forma da Lei este ofício ao Exmo. _Prefeito o Senhor Gustavo Adolfo e também_x000D_
 aSecretária de Educação Maria Elza da Silva e o Secretário de Financas. Samuel_x000D_
 Queiroz para que seja feita a atualização do Plano de Carreira e Remuneração do_x000D_
 -Magistério - PCRM, pois já é Lei estabelecida, de N° 11.738 de 16 de junho de 2008,_x000D_
 e também para que se cumpra a atualização da tabela de Progressão dos_x000D_
 vencimentos dos professores do nosso município, pois também já é Lei municipal de_x000D_
 N01.147/2018, sendo assim teremos os percentuais reajustados juntamente com o_x000D_
 piso do magistério para que seja aplicado para os Professores e Agentes_x000D_
 Administrativos da Educação.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/472/requerimento_33_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/472/requerimento_33_2023.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois '7de cumpridas as formalidades_x000D_
 regimentais, requerer algumas informações, sobr a emenda parlamentar do Deputado_x000D_
 Estadual Álvaro Porto, que destinou recursos para a compra de uma ambulância para o_x000D_
 Distrito de Bentivi, ação esta que é de extrema importância para a comunidade.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/458/requerimento_34_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/458/requerimento_34_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao_x000D_
 Secretário de Obras Sr. Wilson Lourenço peço com extrema_x000D_
 urgência que troque as bueiras no engenho Mágico na estrada_x000D_
 principal perto do Bar de Nava e no Engenho Barra Azul Próximo_x000D_
 a Escola.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/449/requerimento_35_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/449/requerimento_35_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, Solicito ao Sr. Prefeito Gustavo Adolfo juntamente à_x000D_
 Secretaria de Obras para que seja feito o calçamento da Rua Havaí_x000D_
 no Bairro do Mutirão.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/467/requerimento_36_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/467/requerimento_36_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, Solicito ao Sr. Prefeito Gustavo Adolfo juntamente à_x000D_
 Secretaria de Obras para que sejam feitas ampliação nas pontes de_x000D_
 acesso do Loteamento Novo Mundo localizadas nas ruas 01,02 e_x000D_
 03 transversais.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/459/requerimento_37_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/459/requerimento_37_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidade_x000D_
 regimentais, é com muito pesar que venho hoje a essa casa trazer_x000D_
 esse voto de pesar, pelo falecimento de um amigo que nos deixou, o_x000D_
 SrQ Josermi ventura da silva, conhecido como Mi sanfoneiro, meus_x000D_
 mais sinceros sentimentos a todos familiares._x000D_
 Sala das comissões da câmara municipal, Bonito 07 março de 2023._x000D_
 Justificativa oral_x000D_
 •_x000D_
 José Holanda Cavalcanti Filho</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento_38_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento_38_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa depois de cumprida as formalidades_x000D_
 regimentais, no sentido de que o Sr. Prefeito do Município Gustavo Adolfo_x000D_
 e a Secretária de Educação, Maria Elza da Silva para seja construída na_x000D_
 Escola Bejamita Cardona Pereira, uma cozinha e um refeitório coberto_x000D_
 para prática de lazer.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/469/requerimento_39_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/469/requerimento_39_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, para que seja dado um VOTO DE APLAUSO, ao Sr. Silvio_x000D_
 César, presidente da Festa de São Sebastião de Alto Bonito, e Almir_x000D_
 Construção Vice Presidente, pelo brilhantismo com a qual foi apresentada</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_41_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_41_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao Sr. Wilson_x000D_
 Lourenço Secretário de Obras como também ao Diretor Distrital de Alto_x000D_
 Bonito Sr. Sérgio Cerqueira, para que seja feito o recapeamento e todo o_x000D_
 reparo do calçamento da Cel. Tibúcio , que começa na Escola João XXIII,_x000D_
 até encontrar o asfalto do centro de Alto Bonito.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/461/requerimento_42_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/461/requerimento_42_2023.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois_x000D_
 de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTOS_x000D_
 DE APLAUSO ao GRUPO HARAS PIMENTEL, na pessoa do empresário FRED_x000D_
 PIMENTEL e toda a equipe, pela realização de um grande evento, que trouxe Bonito_x000D_
 de volta para o calendário da vaquejada, impulsionando a economia local e trazendo_x000D_
 visibilidade ao município, especialmente ao distrito de Alto Bonito. Parabéns a todos_x000D_
 que estiveram envolvidos direta e indiretamente pra realização deste grandioso evento._x000D_
 Por tudo isso, peço aos nobres pares dessa egrégia casa legislativa o Voto de Aplauso ao_x000D_
 empresário Fred Pimentel._x000D_
 Sem mais para o momento, desde já agradeço.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/457/requerimento_43_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/457/requerimento_43_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumpridas_x000D_
 as formalidades regimentais desta colenda Casa Legislativa, para que seja_x000D_
 enviado votos de profundo pesar a famíIia do Sr. GIauco Augusto_x000D_
 Pinto Ribeiro, pai do empresário e presidente do PCdoB no Município de Bonito o Sr._x000D_
 Glauco Pinto._x000D_
 Sabemos que qualquer palavra nesse momento será insuficiente, mas_x000D_
 acredito que Deus proporciona o consolo, paz e alivio para o sentimento de dor que_x000D_
 toda família e amigos estão passando.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/455/requerimento_44_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/455/requerimento_44_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais ,no sentido de que seja dado um VOTO DE APLAUSO ao Sr._x000D_
 José Manoel de Oliveira, conhecido como Zé Oliveira, pelos relevantes_x000D_
 serviços prestado a Comunidade do Bonito ,principalmente aos moradores_x000D_
 do Bairro do Veloso.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/432/requerimento_voto_de_aplauso.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/432/requerimento_voto_de_aplauso.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora da Câmara Municipal do_x000D_
 Bonito depois de Cumprida as Formalidades_x000D_
 regimentais, para que seja dado um VOTO DE·_x000D_
 APLAUSOS AO DEPUTADO ESTADUAL ÁLVARO_x000D_
 PORTO, por ter assumido a presidência da_x000D_
 Assembleia Legislativa do Estado de Pernambuco_x000D_
 (Alepe) para o biênio 2023/2024.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/440/requeirimento16_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/440/requeirimento16_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida às formalidades_x000D_
 regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e Secretário_x000D_
 de Obras Wilson Lourenço, para que seja feito o calçamento da_x000D_
 Trav. Do Godoy rua sem saída no Bairro do Veloso.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_47_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_47_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades_x000D_
 regimentais, solicitando ao Prefeito Gustavo Adolfo e ao Secretario de_x000D_
 Obras Wilson Lourenço, para que no engenho para um trabalho de_x000D_
 melhoria na estrada colocando metralha ou piçarro pra um melhor acesso_x000D_
 aquela localidade.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/451/requerimento_48_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/451/requerimento_48_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, solicitando ao_x000D_
 Sr. Prefeito Gustavo Adolfo e Secretário de Obras Wilson Lourenço, para_x000D_
 que seja feita a estrada do parque aquático do Sr. Adilson Azevedo até Zé_x000D_
 de Nana.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_49_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_49_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais,venho através de abaixo assinado dos moradores das_x000D_
 comunidades de Montevidiu e Água Vermelha, solicitar ao Sr._x000D_
 Prefeito Gustavo Adolfo .e. ao Secretário de Obras, Sr. Wilson_x000D_
 Lourenço, que de extrema urgência passe a máquina e coloque_x000D_
 piçarro nas estradas que dão acesso as comunidades de Montevidiu e_x000D_
 de Água Vermelha. Neste percurso, tem como exemplo a família dos_x000D_
 Lira, como vocês poderão ver nos vídeos, os depoimentos de alguns_x000D_
 moradores da região.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_50_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_50_2023.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as_x000D_
 formalidades regimentais, requerer a Prefeitura Municipal do Bonito, através da_x000D_
 Secretaria de Obras, na pessoa do secretário Wilson Lourenço, que seja informado em_x000D_
 quais escolas foram realizadas reformas no período de férias. Tendo em vista a_x000D_
 preocupação com o bem estar e a segurança dos alunos, professores e demais_x000D_
 funcionários de toda rede escolar bonitense. Diante do exposto, venho requerer as_x000D_
 seguintes informações:</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/487/requerimento_52_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/487/requerimento_52_2023.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO_x000D_
 _x000D_
 Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, solicitando ao_x000D_
 Sr. Prefeito Gustavo Adolfo, ao Secretário de Finanças as seguintes_x000D_
 Informações:_x000D_
 _x000D_
 • Qual a empresa licitada que está prestando serviço de_x000D_
 manutenção nos veículos?_x000D_
 • Houve um novo processo de licitação para essas Empresas?</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/462/requerimento_53_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/462/requerimento_53_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidade_x000D_
 regimentais, é com muito pesar que venho hoje trazer esse voto de_x000D_
 pesar os familiares do amigo Claudio do inhame, meus sentimento é_x000D_
 que nosso Deus conforte todos os familiares.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_54_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_54_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumprida as_x000D_
 formalidades regimentais desta colenda Casa Legislativa, para que seja enviado na_x000D_
 forma da lei este ofício ao Exmo. Prefeito o Senhor Gustavo Adolfo e também ao Secretário de Turismo, o Senhor Carlos Henrique, solicitando a troca com urgência das fotografias do pórtico, como também um novo envelopamento do CAT e das estruturas das bases do teleférico.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/485/requerimento_55_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/485/requerimento_55_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa depois de cumprida as formalidades_x000D_
 regimentais, Solicito ao Sr. Prefeito Gustavo Adolfo juntamente á_x000D_
 Secretária de Obra para construir um calçamento no Arruado do Engenho_x000D_
 Floresta.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/450/requerimento_57_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/450/requerimento_57_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo, que seja pago_x000D_
 100% (Cem por cento) de gratificação aos funcionários no cargo de_x000D_
 motorista de transporte escolar.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/452/requerimento_59_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/452/requerimento_59_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, que encaminhe_x000D_
 um VOTO DE PESAR ao ex deputado Federal e atual secretário de turismo_x000D_
 de Pernambuco, Daniel Coelho, pelo falecimento de sua esposa, Rebeca_x000D_
 Coelho.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/480/requerimento_60a_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/480/requerimento_60a_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais no sentido de que seja dado um VOTO DE PESAR, aos_x000D_
 familiares do de Laércio Neto pelo falecimento do mesmo ocorrido_x000D_
 recentemente, rogando a Deus que conforte os corações dos enlutados.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/479/requerimento_61_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/479/requerimento_61_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e a Delegadade_x000D_
 Polícia deste município S(I D(I Mariana para que seja feito uma Sala na_x000D_
 delegacia para atendimento específico LGBTQIA+, vítimas de violência_x000D_
 doméstica e familiar.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, que encaminhe_x000D_
 um VOTO DE APLAUSO ao Sr. Prefeito de Caruaru, Rodrigo Pinheiro, por ter_x000D_
 homenageado o Dr. Plácido de Souza, no carnaval de Caruaru.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/484/requerimento_63_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/484/requerimento_63_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida as formalidades regimentais_x000D_
 por essa egrégia Casa Legislativa, que através da Secretaria de Educação,_x000D_
 seja implantado nas escolas da rede municipal e também da rede particular_x000D_
 uma CARTILHA ANTIRRACISTA, tendo em vista o assustador núm o_x000D_
 de ataques racistas sofrido por alunos de ambas as redes de ensino.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/476/requerimento_66_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/476/requerimento_66_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, solicitando ao_x000D_
 Sr. Prefeito Gustavo Adolfo e ao Secretário Samuel Queiroz que seja atendida_x000D_
 as emendas impositivas solicitada pelo vereador que esta subscreve.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_67_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_67_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumpridas_x000D_
 as formalidades regimentais desta colenda Casa Legislativa, para que seja enviado na_x000D_
 forma da lei este ofício ao Exmo. Prefeito o Senhor Gustavo Adolfo e também a_x000D_
 Secretária de Educação a Senhora Maria Elza, solicitando a implementação de uma_x000D_
 biblioteca na Escola Municipal Zé Carioca, a mesma contendo computadores_x000D_
 para que também os alunos tenham acesso a pesquisas digitais._x000D_
 • JUSTIFICATIVA_x000D_
 A construção da biblioteca na referida Escola, tem como objetivo de fomentar a_x000D_
 carência de leitura nas nossas crianças, jovens e adultos, apoiando, incrementando e_x000D_
 fortalecendo o projeto pedagógico das escolas, além de valorizar a leitura literária em_x000D_
 seu cotidiano e proporcionar condições para que o educador faça uso coletivo do texto_x000D_
 escrito e digital.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/491/requerimento_68_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/491/requerimento_68_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa depois de cumprida as formalidade regimentais, que seja_x000D_
 concedido um "VOTO DE APLAUSO" à toda comunidade ETE Célia de_x000D_
 Souza Leão Arráes de Alencar, em nome da diretora Alzenir Numes, pelo_x000D_
 excelente resultado no SAEPE alcançando a média de proficiência._x000D_
 melhor colocação em língua portuguesa e Matemática da GRE- Mata centro_x000D_
 de Pernambuco._x000D_
 Parabenizo à toda equipe de professores e gestores pelo trabalho exímio em_x000D_
 equipe que resultou nessa conquista significativa para a escola, e um parabéns_x000D_
 em especial aos alunos que sem eles a concretização desse resultado não seria_x000D_
 possível.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/494/requerimento_70_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/494/requerimento_70_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas da formalidades_x000D_
 regimentais, solicito ao Prefeito Gustavo Adolfo e ao secretario de obras_x000D_
 Wilson Lourenço, para que seja feito mais um calçamento na rua Manoel_x000D_
 de Souza viana, no loteamento Manoel Gonçalves.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/490/requerimento_71_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/490/requerimento_71_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades_x000D_
 regimentais, que essa casa aprecie esse voto de aplauso ao amigo e amiga_x000D_
 empreendedores aqui na cidade Ricardo Jorge soares da silva e sua esposa_x000D_
 Carla Mary ferreira silva que são proprietários da empresa Alpha_x000D_
 fardamentos, uma confecção de alta qualidade aqui em Bonito, localizado_x000D_
 no loteamento zé batista, novo empreendimento na cidade.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/488/requerimento_72_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/488/requerimento_72_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida ás_x000D_
 formalidades regimentais Solicitando ao Sr. Prefeito Gustavo_x000D_
 Adolfo e ao secretário de Obras, Sr. Wilson Lourenço para que_x000D_
 retirem o lixo e coloque dois coletor na rua 03 no loteamento_x000D_
 Arlindo Cavalcante conhecida como Rua Manoel Ângelo de_x000D_
 Ancelmo</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/489/requerimento_73_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/489/requerimento_73_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, para que seja dado um VOTO DE APLAUSO, ao Sr. José_x000D_
 Patrício de Oliveira, conhecido como (Zuza Sapateiro) pela passagem do_x000D_
 seu aniversário de 103 anos, o mesmo nasceu no ano de 1920 .</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/527/requerimento_74.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/527/requerimento_74.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais_x000D_
 e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja enviado na_x000D_
 forma da lei este ofício consignando votos de congratulações e aplausos a Professora_x000D_
 Joselma Dias, pela dedicação como educadora na Escola Municipal José Carioca, a_x000D_
 mesma vem execütando projetos de extrema importância incentivando e enriquecendo_x000D_
 a leitura dos alunos, a fim de que tenham um maior acesso à diferentes portadores de_x000D_
 texto.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/493/requerimento_76_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/493/requerimento_76_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando_x000D_
 a Secretaria de Turismo para que seja INCLUSO NO CALENDÁRIOTURISTICO DO_x000D_
 MUNiCíPIO OS EVENTOSPARTICULARESque acontecem anualmente em nossa cidade,_x000D_
 tais como: VAQUEJADA DEALTO BONITO, CARURU DO DENE E FORROZANDO BONITO.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_77_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_77_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa depois de cumprida as formalidades regimentais,_x000D_
 solicitando em caráter de urgência a COMPESA em nome do coordenador_x000D_
 Sr. Glauber,e do gerente Sr. Ednildo Miguel para que sejam feitas novas_x000D_
 instalações hidráulicas na localidade do Loteamento Novo Mundo em_x000D_
 Bonito-PE, especificamente no córrego da rua 01 do mesmo.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_78_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_78_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidade regimentais,_x000D_
 é com muito pesar que venho hoje trazer esse VOTO DE PESAR os familiares_x000D_
 do amigo Junior Pedro Da Silva, meus sentimento e que nosso Deus conforte_x000D_
 todos os familiares.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/499/requerimento_79_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/499/requerimento_79_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais,_x000D_
 solicitando ao poder executivo na pessoa do Sr. Prefeito Gustavo Adolfo e_x000D_
 a Secretária de Educação S~. Maria Elza, no sentido de que seja solicitado_x000D_
 reforço policial na segurança das Creches, Escolas municipais e estaduais,_x000D_
 assim também como nas escolas da rede particular. Nas escolas de grande_x000D_
 porte como por ex.: Escola Paulo Queiroz, Escola João XXIII, Zé Carioca,_x000D_
 EREM e ETE, um policiamento permanente para da maior segurança aos_x000D_
 alunos, profissionais da educação e pais de alunos._x000D_
 Também solicito, a aquisição de CURSOS PROFISSIONALIZANTES_x000D_
 COM INSTRUÇÃO DE DEFESA E NOÇÕES BÁSICAS DE PRIMEIROS_x000D_
 SOCORROS PARA VIGIAS E PROFESSORES DAS ESCOLAS DO_x000D_
 NOSSO MUNICÍPIO, tendo em vista a necessidadeJlo1:a..apresentada diante_x000D_
 de todos os fatos que aterrorizam nossa nação.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/502/requerimento_80_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/502/requerimento_80_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora,' depois de cumprida as formalidades regimentais,_x000D_
 solicitando 'a Defesa Civil e ao Corpo de Bombeiros do Município de Bonito,_x000D_
 que faça a devida manutenção no que se refere aos pés de eucalipto ..a..s_x000D_
 margens da PE-103, sentido Bonito/Camocim de São Felix, pois algumas_x000D_
 árvores estão em idade avança e  ameaçando quem trafega no local. Solicito_x000D_
 ainda, que por parte do poder púbIico ,as arvores de grande proporção sejam_x000D_
 cortas</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/513/requerimento_82_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/513/requerimento_82_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, Solicito ao Sr. Prefeito Gustavo Adolfo juntamente com_x000D_
 o Secretaria de Obras Wilson Lourenço para que seja feito a_x000D_
 construção do calçamento do Engenho Serro Azul.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_83_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_83_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades_x000D_
 regimentais, dessa vez venho fazer diferente trazendo um voto de repúdio_x000D_
 direcionado a companhia pernambucana de saneamento (compesa), que_x000D_
 aqui na cidade de Bonito esta um verdadeiro caos, deixando a desejar_x000D_
 a anos, e hoje não podia deixar faltar de apresentar meu repudio diante da_x000D_
 população Bonitense.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/500/requerimento_84_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/500/requerimento_84_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidade_x000D_
 regimentais, meu voto de aplauso a diretoria de Esporte na pessoa_x000D_
 do diretor Arthur godoy e toda sua equipe, Dinho, Edson e_x000D_
 wellington, o meu voto é pela iniciativa do campeonato municipal de_x000D_
 futebol de campo no estádio do artuzão aqui em bonito.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/498/requerimento_85_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/498/requerimento_85_2023.pdf</t>
   </si>
   <si>
     <t>Solicito a mesa diretora depois de cumprida as formalidades regimentais que aprove um_x000D_
 "Voto de aplauso" a empresa bonitensse SOlARVIA em nome do Sr.Fábio Godoy e da Sra._x000D_
 Edja Vilarim pela iniciativa de fornecimento de informações e formação profissionalizante_x000D_
 sobre energia solar na escola técnica de Bonito-PE._x000D_
 A empresa tem Como intuito fornecer uma energia limpa e sustentável para o município de_x000D_
 Bonito e suas imediações, tendo em vista futuros projetos de levar energia solar para_x000D_
 comunidades que ainda não têm acesso à energia e para comunidades carentes do_x000D_
 município, fazendo também um trabalho de conscientização sobre o uso de energia elétrica_x000D_
 limpa e sustentável.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_86_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_86_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, para que seja_x000D_
 dado um voto de Aplauso para o BLOG DO MAGNO pelos seus 17 anos de_x000D_
 existência.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/503/requerimento_87_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/503/requerimento_87_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, para que seja_x000D_
 solicitado uma audiência pública para tratarmos da SEGURANÇA PÚBLICA_x000D_
 COM FOCO NAS ESCOLAS. com a participação da Secretaria de Educação,_x000D_
 Secretaria de Ação Social, Secretaria de Saúde, Secretaria de Governo, Guarda_x000D_
 Municipal, Polícia Militar, Conselho Tutelar, Ministério Público, Poder Judiciário,_x000D_
 APAE, Diretores de escolas e coordenadores pedagógicos, GRE, Sismub, Blogs,_x000D_
 Tvs, Imprensa local e regional, Digitais Influencer, Conselhos e Associações_x000D_
 Rurais e Urbanas.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/505/requerimento_88_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/505/requerimento_88_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida as formalidades regimentais_x000D_
 por essa egrégia Casa Legislativa, solicitando ao Sr. prefeito Gustavo e a_x000D_
 Secretária de Educação Maria Elza das Silva, no sentido de que seja_x000D_
 colocado Porteira na Escola de Barra Azul.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/506/requerimento_89_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/506/requerimento_89_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades_x000D_
 regimentais, Solicito ao Sr. Prefeito Gustavo Adolfo juntamente com_x000D_
 o Secretario de Obras Wilson Lourenço para que seja trocado a_x000D_
 iluminação da Avenida Dr. Alberto de Oliveira por iluminação_x000D_
 moderna em Led. E pegar toda a iluminação já existente e colocar_x000D_
 no Pátio de Feira.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/514/requerimento_90_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/514/requerimento_90_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais e deliberação do Plenário, e com respeito costumeiro, que seja_x000D_
 conferido por esta Casa, Voto de Aplauso, aos Produtores do Programa_x000D_
 Uvas de Bonito, Evaldo Freire Técnico, João Olegário (João Ouro) Técnico_x000D_
 e Dra. Selma Tavares Pesquisadora da Embrapa Por juntos acreditarem e_x000D_
 introduzir uma nova cultura em nosso Município.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/504/requerimento_91_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/504/requerimento_91_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais, fazendo um apelo ao Sr. Prefeito Gustavo Adolfo e ao_x000D_
 Secretário de Obras, Sr. Wilson Lourenço, para que seja feito construção_x000D_
 do calçamento em paralelo ou manta asfáltica das ruas que compõem o_x000D_
 arruado do Sítio Carrilho.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_92_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_92_2023.pdf</t>
   </si>
   <si>
     <t>Venho. por intermédio deste, depois de cumpridas as_x000D_
 formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Prefeito Gustavo_x000D_
 Adolfo e Secretaria de Obras, Secretário Wilson Lourenço, que seja executado com_x000D_
 urgência os serviços de desobstrução, limpeza e recuperação da rede de esgoto, bueiros_x000D_
 e canaletas, os quais encontram-se em péssimas condições de conservação.Diante das_x000D_
 previsões e alertas de fortes chuvas em nossa região, voltaà tona problemas antigos e_x000D_
 recorrentes de inundações com as águas desses esgotos contaminados, principalmente_x000D_
 por urinase fezes de animais, que causam sérios riscosà saúde humana.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/510/requerimento_93_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/510/requerimento_93_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida ás formalidades regimentais, com objetivo de atender á pedidos da população bonitense, visto que para fiscalização de uma obra ou reforma pública não é necessária a conclusão da mesma, pois a fiscalização de uma obra se dá também em seu andamento, sendo assim, solicito ao Executivo que esclareça a solicitação encaminhada e assim informe</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/507/requerimento_94_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/507/requerimento_94_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, que encaminhe_x000D_
 solicitação ao Prefeito deste município, o Excelentíssimo Sr. Gustavo Adolfo_x000D_
 com cópia para a Secretaria de Turismo, Juventude, Esporte e lazer,_x000D_
 Secretário Carlos Henrique, para que o município de Bonito se habilite no_x000D_
 chamamento público para implantação do Programa Skate por lazer em_x000D_
 municípios do Brasil, do Ministério do Esporte, por meio da Secretaria de_x000D_
 Esporte Amador, Educação, Lazer e Inclusão Social publicado na quinta-feira,_x000D_
 seis de abril.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, que conceda_x000D_
 VOTO DE APLUSO o ilustríssimo Sr. Daniel Nascimento, ex-diretor da Escola_x000D_
 Padre José Augusto pelos relevantes serviços prestados ao município de_x000D_
 Bonito através do seu desempenho à frente da referida instituição de ensino.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/509/requerimento_96_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/509/requerimento_96_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas da formalidades_x000D_
 regimentais, MEU pedido de informação urgente É DIRECIONADO a_x000D_
 companhia de abastecimento e saneamento (compesa), que explique pra_x000D_
 quando estar previsto a reforma da ETAque fica localizada ali no bairro da_x000D_
 bandinha, E que também nos informe se já existe algum projeto pra essa_x000D_
 reformar e qual previsão pra que a mesma aconteça em nosso município</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/511/requerimento_97_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/511/requerimento_97_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumprida as formalidades_x000D_
 regimentais, solicitando ao Sr. Coordenador da Vigilância de Saúde_x000D_
 Edmário Andrade que seja realizado Exames Físicos, Químicos e_x000D_
 Bacteriológicos para detectar a presença de agrotóxicos e demais_x000D_
 bactérias nas águas que abastecem a comunidade de Viração.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/515/requerimento_98_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/515/requerimento_98_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades_x000D_
 regimentais, para que seja aprovado o pedido de informação direcionado a_x000D_
 instituição de energia elétrica de nosso estado (CELPE)para que nos contate_x000D_
 o mais rápido possível, sobre as quedas de energias que estão acontecendo_x000D_
 em algumas ruas de alto bonito, rua do cimiterio, loteamento Benicio_x000D_
 Cavalcanti, e como ficara a situação dos moradores de Alto Bonito que por_x000D_
 esse motivo perderam seus eletrodomésticos, e isso vem acontecendo_x000D_
 diariamente.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_99_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_99_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais e deliberação do Plenário, e com respeito costumeiro, que seja_x000D_
 conferido por esta Casa, um Voto de Profundo Pesar, aos familiares da_x000D_
 Sr' Irece Barros de Oliveira, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_100_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_100_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal do Bonito, Estado de_x000D_
 Pernambuco, depois de cumpridas as formalidades regimentais, que conceda_x000D_
 VOTO DE APLUSO ao ilustríssimo professor, bacharel e licenciado em_x000D_
 Educação Física, Sr. Henrique Cesar da Cunha Silva, do Centro Esportivo_x000D_
 Gold Sports que desenvolve um excelente trabalho nos esportes deste_x000D_
 município.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/547/requerimento_103.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/547/requerimento_103.pdf</t>
   </si>
   <si>
     <t>Solicito a mesa diretora depois de cumprida as formalidades regimentais, fazendo um apelo a secretaria de saúde em nome da secretária Julieta Farias de Lira Pinheiro, para que deixe disponível na recepção da emergência do hospital Dr. Alberto de Oliveira máscaras descartáveis, para prevenir a contaminação com vírus e outras patologias entre os usuários do hospital.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/525/requerimento_2023_104.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/525/requerimento_2023_104.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as_x000D_
 formalidades regimentais, solicitar ao Sr. Prefeito, Gustavo Adolfo e a_x000D_
 Secretária de saúde Sra... Julieta Pinheiro que seja colocado ar_x000D_
 condicionado na sala de observação de adulto e peço tbm que_x000D_
 concertem o ar condicionado da sala de observação pediatria do_x000D_
 Hospital Doutor Alberto de Oliveira</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/553/requerimento_107.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/553/requerimento_107.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, que seja feito um pedido ao secretários de obras Wilson lourenço e ao Prefeito Gustavo para que seja feito uma operação tapa buracos com a maquina usina de asfalto iniciando na Avenida Fátima Guerra dando inicio do cruzamento do Plaza hotel ate Avenida Brasil que da inicio em frente a escola Maria do Carmo ate o finai do Mutirão.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/523/requerimento_2023_109.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/523/requerimento_2023_109.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas da formalidades_x000D_
 regimentais, para que seja concedido um voto de aplauso a amiga Leônia_x000D_
 Valquiria Presidente da associação de animais Fenix Renascimento, Leônia_x000D_
 desenvolve esse trabalho a anos em nossa cidade, e agora venho por esse_x000D_
 voto demonstrar um simples reconhecimento dentro dessa casa.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/524/requerimento_2023_112.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/524/requerimento_2023_112.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e_x000D_
 cumpridas as formalidades regimentais desta colenda Casa Legislativa, para que seja_x000D_
 enviado na forma da lei este ofício ao Exrno. Prefeito o Senhor Gustavo Adolfo e também_x000D_
 ao Secretário de Obras Wilson Lourenço, solicitando a construção de um muro no_x000D_
 entorno da Creche Municipal Tia ló. Tal medida é de grande importância, pois irá_x000D_
 proporcionar aos alunos, professores e trabalhadores deste local segurança no espaço_x000D_
 interno da instituição.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/521/requerimento_2023_113.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/521/requerimento_2023_113.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades_x000D_
 regimentais, solicito ao Prefeito Gustavo Adolfo juntamente ao secretário -r_x000D_
 de obras Wilson Lourenço para que urgentemente seja passado a maquina_x000D_
 na ladeira que da inicio no Arlindo Cavalcanti aqui na cidade de Bonito e da_x000D_
 acesso pelo macaco de pedra ate a colônia, no mesmo ainda Que seja_x000D_
 colocado um material pra reforçar pra esse inverno.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/522/requerimento_2023_115a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/522/requerimento_2023_115a.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as_x000D_
 formalidades regimentais, requerer a convocação do diretor presidente do_x000D_
 BONITOPREV, o Sr. Adelson Candido de Sousa Brito, afim de prestar alguns_x000D_
 esclarecimentos sobre a previdência municipal. Pois a situação do BONITOPREV vem_x000D_
 causando muitas preocupações a quem necessita fazer o seu pedido de aposentadoria e_x000D_
 também a não realização de concurso público que há anos vem comprometendo o fundo_x000D_
 de previdência do município, por isso peço aos nobres pares a aprovação deste_x000D_
 requerimento.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/526/requerimento_2023_90.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/526/requerimento_2023_90.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais e deliberação do Plenário, e com respeito costumeiro, que seja_x000D_
 conferido por esta Casa, Voto de Aplauso, a Escola Municipal de Tempo_x000D_
 Integral - Maria do Carmo Coelho de Melo ( ETI ), pelos 7 anos de_x000D_
 implantação em nossa cidade.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_117_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_117_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa' diretora depois de cumprida as formalidades_x000D_
 regimentais, solicito ao Sr. Prefeito Gustavo Adolfo juntamente a Secretaria_x000D_
 de Obras, secretário Wilson Lourenço, para que seja construído o_x000D_
 calçamento do acesso a escola e ao posto de saúde da Colônia Rio Bonito.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/532/requerimento_118_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/532/requerimento_118_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumpridas_x000D_
 as formalidades regimentais, o envio na forma da lei este ofício ao Exmo. Prefeito o_x000D_
 Senhor Gustavo Adolfo e também a Secretária de Educação a Senhora Maria Elza,_x000D_
 através do Departamento de Cultura. Para seja encaminhado a esta Colenda Casa_x000D_
 Legislativa o PLANO DE AÇÃO da Lei Complementar n° 195, de 2022, A popularmente_x000D_
 conhecida como Lei Paulo Gustavo que direciona R$ 3,86 bilhões do superávit_x000D_
 financeiro do Fundo Nacional de Cultura (FNC) a Estados, Municípios e o Distrito_x000D_
 Federal para fomento de atividades e produtos culturais.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/533/requerimento_119_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/533/requerimento_119_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumpridas_x000D_
 as formalidades regimentais, solicitar ao Sr. Prefeito,_x000D_
 Gustavo Adolfo e ao Secretário de Obras o Sr. Wilson_x000D_
 Lourenço, para que seja feita a ponte de Capim de Cheiro,_x000D_
 onde foi feita o abaixo-assinado pelos moradores do_x000D_
 referido povoado, a mesma foi destinada na emenda_x000D_
 impositiva da vereadora.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/554/requerimento_120.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/554/requerimento_120.pdf</t>
   </si>
   <si>
     <t>o vereador que abaixo subscreve, requer a mesa diretora, depois de cumprida as formalidades regimentais, solicitando ao _Poder Executivo Que ppr meio da Secretaria Municipal de Fazenda e Procuradoria Jurídica, tomem as providencias cabíveis e realizem as operações financeiras necessárias para que o município cumpra fielmente á Lei Federal n° 14.434, que Altera a Lei n° 7.498, de 25 de junho de 1986, que instituir o piso salarial nacional do Enfermeiro, Técnico de Enfermagem, Auxiliar de Enfermagem e Parteira.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/528/requerimento_121_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/528/requerimento_121_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a 'mesa diretora depois de cumpridas as formalidades_x000D_
 regimentais, para que o Poder Executivo envie a esta casa um Projeto de_x000D_
 Lei para a criação do Plano Municipal para Cultura (PMC).</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/529/requerimento_122_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/529/requerimento_122_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades_x000D_
 regimentais, para que essa casa aprecie um voto de Aplausos aos Soldados_x000D_
 Lucas Emanoel dos santos, Andreilson Jose dos Santos, pelo empenho e_x000D_
 trabalho que vem desenvolvendo na nossa cidade, no ultimo dia 11/05_x000D_
 estiveram presente em uma ocorrência onde foi bem sucedida na captura_x000D_
 de criminosos após terem realizado um ato de crueldade com um cidadão_x000D_
 de bem, e com dedicação obteram sucesso.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_123_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_123_2023.pdf</t>
   </si>
   <si>
     <t>Nós Vereadores abaixo relacionados, no uso de nossas atribuições legais,_x000D_
 de acordo com a Lei Orgânica Municipal e o Regimento Interno desta Casa_x000D_
 Legislativa, requeremos ao soberano Plenário da Câmara Municipal do Bonito,_x000D_
 que seja dado um Voto de Aplauso a Conselheira do Tribunal de Contas do_x000D_
 Estado de Pernambuco, Ora. Tereza Duere, pelos relevantes serviços_x000D_
 prestados ao Estado de Pernambuco._x000D_
 Maria Tereza Caminha Duere, foi nomeada para o Cargo de Conselheira_x000D_
 do Tribunal de Contas do Estado de Pernambuco através do Ato nO1945, de_x000D_
 15/08/2002._x000D_
 Também teve atuação destacada como Deputada Estadual (1993-1994-_x000D_
 1995-1998-1999-2002), contribuindo com o Estado de Pernambuco para o seu_x000D_
 pleno desenvolvimento, em espacial, a região agreste._x000D_
 Temos conhecimento que em breve, a homenageada irá se aposentar do_x000D_
 TCE/PE, portando, oportuno nesta ocasião presta esta homenagem pelos_x000D_
 relevantes serviços prestados ao Estado de Pernambuco.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_124.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_124.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e a Secretária de Saúde Sr" Julieta Pinheiro, no sentido de que seja disponibilizado uma sala exclusiva no Hospital Dr. Alberto d'Oliveira para mulheres vítimas de violência, no intuito de proteger e acolher ao máximo as mulheres em estado de vulnerabilidade.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/536/requerimento_125.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/536/requerimento_125.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTO DE_x000D_
 APLAUSO ao Deputado Estadual e Presidente da Assembleia Legislativa de Pernambuco (ALEPE), o Sr. ÁLVARO PORTO DE BARROS. Em audiência com o_x000D_
 nobre deputado, relatamos diversas ações para o nosso município, prontamente o deputado destinou uma emenda parlamentar no valor de R$ 200.000,00 (duzentos mil reais) para aquisição de um veículo tipo ambulância, para atender o querido Distrito de Bentivi. Considerando as dificuldades de deslocamento em casos de emergências para o Hospital Dr. Alberto de Oliveira, além das precárias condições da estrada, devido a não conclusão do desvio da PE-I03 (trecho conhecido como estrada das cachoeiras), que aumentou ainda mais as dificuldades de tráfego de quem precisa transitar por esta estrada.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/537/requerimento_129.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/537/requerimento_129.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida ás formalidades regimentais, para que seja dado um voto de pesar aos familiares da Sra. Maria Leidjane Gonçalves da Silva pelo falecimento da mesma ocorrido recentemente.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/555/requerimento_130.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/555/requerimento_130.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja consignado em ata Voto de Congratulações e Aplauso ao limo. Sr. Rodrigo Novaes por ter sido eleito no dia 23 de maio de 2023 Conselheiro do Tribunal de Contas do Estado se Pernambuco.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/538/requerimento_131.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/538/requerimento_131.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, ouvido o Plenário na forma regimental, se aprovado, seja encaminhado ofício ao Exm". Sr. Prefeito do Município, GUSTAVO ADOLFO NEVES DE ALBUQUERQUE CÉSAR, solicitando que, junto ao setor competente, seja providenciado o CONCURSO PÚBLICO para GUARDA MUNICIPAL E GUARDA DE TRÂNSITO.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/560/requerimento_132.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/560/requerimento_132.pdf</t>
   </si>
   <si>
     <t>Requeremos a mesa diretora, depois de cumprida as formalidades regimentais, que seja dado um VOTO DE PESAR aos familiares da senhora Ivani Severina da Silva, a mesma era mãe do servidor municipal Paulinho que trabalha na manutenção do hospital e é viuva do ex-vereado Zezé Monteiro</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/539/requerimento_133.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/539/requerimento_133.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora da Câmara Municipal de Vereadores do Bonito, Estado de Pernambuco, ouvido o Plenário na forma regimental, VOTO DE PESAR pelo falecimento da SRa., MARIA DO CARMO DO NASCIMENTO DA SILVA, mãe do vereador José Marcos da Silva "Marquinhos da Garagem", 1º secretário desta Casa Legislativa.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_134.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_134.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTO DE APLAUSO ao MONSENHOR MIGUEL JOSÉ DA SILVA. Natural de Sairé e bonitense de coração, pois reside na cidade desde o início dos anos 80. Parabenizo pelos 50 anos de sacerdócio e por sua importância para Bonito e região. Homem de fé, que fez história de uma vida no município, onde participou de momentos simbólicos das famílias bonitenses.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/541/requerimento_135.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/541/requerimento_135.pdf</t>
   </si>
   <si>
     <t>Solicito a mesa diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Senhor Prefeito Gustavo Adolfo, juntamente a Secretaria de obras para que seja feito o asfalto da Rua José A. Gabriel, que liga o bairro do Mutirão ao bairro do Frei Damião (rua da ponte).</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/544/requerimento_136.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/544/requerimento_136.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, no sentido de que seja dado um VOTO DE PESAR os familiares da Sr'. Ivani Severina da Silva, pelo falecimento da mesma ocorrido recentemente na cidade de São Paulo. Que Deus conforte os corações dos enlutados.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/545/requerimento_137.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/545/requerimento_137.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTO DE APLAUSO a todos que fazem parte da ASSOCIAÇÃO COLMEIA ACOLHEDORA - ASCOAB, através do seu presidente MAX MANOEL BATISTA. Fundada em 04/0112019 com o nome de ONG TRANSFORMAR É CRESCER, em 24/09/2022, com o seu primeiro instrumento de alteração do estatuto social, estabeleceu seu atual nome. A Associação está localizada na Rua Nossa Senhora Aparecida, n" 31, Sala 01, Boa Vista, Bonito - PE.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais no sentido de que seja dado um VOTO DE APLAUSO, aos coreógrafos e propulsores da arte, Srs: Guilherme Araújo, Júnior Oliveira e Paullinely Lima, que fizeram um belíssimo trabalho na gincana da EREM Alexandrino da Rocha, que aconteceu no dia 15 de junho. Fomentando a cultura do nosso município e colaborando com a educação artística dos nossos Jovens.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_139.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_139.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo para que junto a Secretária de Obras, seja colocado metralha na estrada do Matias que dá acesso ao Engenho Serro Azul, próximo a casa de Sérgio, tendo vista que está impossibilitado a passagem dos alunos para irem a escola, como também os transportes não estão conseguindo passar.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_140.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_140.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais no sentido de que seja dado um VOTO DE APLAUSO, ao Sr. Jair Pontes, vice presidente RH &amp;TI, da YAZAKI Mercosul, pelos relevantes serviços profissionais prestados na referida empresa.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/558/requerimento_141.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/558/requerimento_141.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitar ao Sr. Prefeito, Gustavo Adolfo e ao Secretário de Obras o Sr. Wilson_x000D_
 Lourenço, para que seja colocado coletores de lixo na rua da antiga serralharia, na rua do urubu, na rua, Texeira e na rua da caixa d'água ao lado do posto de saúde. são quatro ruas todas essas ruas são no Distrito de Bentivi.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/557/requerimento_143.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/557/requerimento_143.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, solicito ao Prefeito Gustavo Adolfo juntamente ao secretário de obras Wilson Lourenço para que seja construído faixas de pedestres elevadas nos locais que já tem as faixas, na avenida Dr. Alberto de Oliveira, e outras novas na frente das escolas, como também na entrada principal da cidade.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/561/requerimento_144.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/561/requerimento_144.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa, depois de ouvido o Plenário, que seja enviado ao Chefe do Poder Executivo Municipal, a presente INDICAÇÃO, a qual tem por objetivo solicitar ao Gestor Municipal, que envie à esta Casa Legislativa, Protejo de Lei adequando o salário dos Enfermeiros, Técnicos de Enfermagem, Auxiliar de Enfermagem e Parteira, ao piso nacional destas categorias, conforme à Lei Federal n° 14.434/2022, que instituiu o piso salarial desta classe de servidores.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/559/requerimento_145.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/559/requerimento_145.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, através do Prefeito_x000D_
 Gustavo Adolfo, que seja informado por quais motivos o transporte escolar que atende a comunidade de Monte Sombrio, não está sendo realizado no percurso normal. Tendo em vista que a preocupação com o bem estar e a segurança dos alunos de toda rede escolar bonitense, é a nossa prioridade. Por tudo isso, se faz necessário as seguintes informações:</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/568/requerimento_146.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/568/requerimento_146.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora depois de cumpridas as formalidades regimentais, solicitando ao Prefeito Gustavo Adolfo e ao secretário de obras Sr. 2 Wilson Lourenço, que seja feito o calçamento na Rua 04 do loteamento Arlindo Cavalcanti.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/578/requerimento_147.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/578/requerimento_147.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Sr. Prefeito Gustavo Adolfo,Secretaria de Obras Wilson Lourenço e Secretaria de Educação Maria Elza, para que seja feito a ampliação das Salas de aula da Escola Municipal de Barra Azul , tendo em vista que as salas são poucas e a demanda de alunos são muito grande.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/569/requerimento_148.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/569/requerimento_148.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao SI. Prefeito Gustavo Adolfo e a Secretaria de Ação Social, Izabel Celina, que seja implantado a cozinha comunitária em nosso município.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/618/requerimento_149.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/618/requerimento_149.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Secretário de Obras Wilson Lourenço, em caráter de urgência que seja colocado refletores de Led, na Quadra Manoel de Queiroz, em Estreito do Norte, como também a reforma de toda quadra.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/562/requerimento_150.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/562/requerimento_150.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Chefe do Executivo, através de Órgão Competente, relação definitiva com os nomes todos os beneficiários dos precatórios do FUNDEF.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/567/requerimento_151.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/567/requerimento_151.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Chefe do Executivo, através Da Secretaria de Saúde, informações sobre vacinação contra Papilomasvirus humano.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/582/requerimento153.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/582/requerimento153.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois cumpridas as formalidades regimentais, para que seja enviado com urgência ate a agência do Banco Bradesco aqui em Bonito uma resposta pela a falta de comunicação que existe quanto ao meu requerimento já votado aqui nessa casa, onde em 19/02/2023 foi aprovado um requerimento solicitando ao superintendente da agência 6989 de Bonito a solução de melhorias aos clientes expostos ao sol e a falta de comodidade ao cliente de sua agência bancaria.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/575/requerimento_154.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/575/requerimento_154.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo a implantação da Patrulha Maria da Penha Municipal. Tendo em vista que já consta abertura de edital para relevância aquisição em proteção da mulheres no governo do estado .</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/573/requerimento_155.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/573/requerimento_155.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando que seja dado um VOTO DE APLAUSO, a APAE pela realização da SEMANA DA PESSOA COM DEFICIÊNCIA INTELECTUAL E MÚLTIPLA.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/580/requerimento_156.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/580/requerimento_156.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, que seja solicitado a Secretária de Ação Social, Isabel Celina, à disponibilidade de servidores para emissão de RG ,para os estudantes dos 9° ano da Escola Intermediária João XXIII, tendo em vista que esses irão migrar para as escolas do Estado e o documento do RG é obrigatório.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/571/requerimento157.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/571/requerimento157.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTO DE_x000D_
 PESAR aos familiares e amigos de SEVERINO MIGUEL DA SILVA. Sr. Biu da Água, como carinhosamente era chamado, deixará uma marca de trabalho dedicado a todos os bonitenses e principalmente à instituição COMPESA, pelos relevantes serviços prestados, conquistou a empatia dos companheiros de trabalho e demais bonitenses.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento158.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento158.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTO DE_x000D_
 PESAR aos familiares e amigos de ANGELINA VIRGÍNIA DA SILVA, esposa do amigo Amaro Paulino. Deixa uma importante lição de vida, pela simplicidade que . conduzia a vida, conquistou a empatia de todos os bonitenses.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/579/requerimento159.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/579/requerimento159.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Prefeito Gustavo_x000D_
 Adolfo e Secretaria de Obras, Secretário Wilson Lourenço, que seja executado com urgência os reparos de conservação e segurança no CEMITÉRIO PADRE CÍCERO, pois atos de vandalismo vem acontecendo com frequência nos túmulos e lápides do nosso município.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/572/requerimento_160.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/572/requerimento_160.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais que seja enviado este requerimento ao senhor, Tiago Grassi, gerente regional da Compesa, com escritório em Gravatá, para que o mesmo tome providências no que se refere aos trabalhos que a Compesa está realizando nas ruas do nosso município, pois vários bairros estão sendo afetados, a exemplo de: Boa vista, Zé Batista, Três cacetes e Adjacências, Capela, Matriz, Jardim Europa, Nova Irlanda, Salgado, Duda Praieiro, Bandeirantes e outros. Solicito que façam divulgação avisando quais são as ruas que vão ser realizadas a obras, qual é o dia, e que seja colocado carros pipa para dar suporte ao moradores das mesmas, pois não pode acontecer destas pessoas ficarem sem o abastecimento de água.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/606/requerimento_162.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/606/requerimento_162.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta casa, um Voto de Pesar, aos familiares do SR. o Venício Cícero da Silva, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/609/requerimento_163.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/609/requerimento_163.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora depois de cumprida as formalidades regimentais e deliberação do Plenário, e com respeito costumeiro, que seja conferido por esta casa, um Voto de Pesar, aos familiares do SR. o Antônio Francisco de lima, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_165.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_165.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa diretora depois de cumprida as formalidades regimentais, solicito ao Sr. Prefeito Gustavo Adolfo juntamente a Secretária de Obra Wilson Lourenço, para que seja feito uma calçada rua Doutor Luiz Ribeiro no bairro da Sapucaia até o loteamento pedra Bonita.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/613/requerimento_166.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/613/requerimento_166.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja dado um VOTODEAPLAUSO, ao blogueiro Wagner Wilker, por ter_x000D_
 assumido a vice presidência da ABLOGPE (Associação dos blogueiros e atividades digitais de Pernambuco), representando a cidade de Bonito nesta_x000D_
 entidade que é a primeira associação de blogueiros do Brasil.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/608/requerimento_167.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/608/requerimento_167.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Prefeito Gustavo_x000D_
 Adolfo e Secretaria de Obras, Secretário Wilson Lourenço, que seja construído um muro de arrimo, às margens da PE-103, no início do bairro da Boa Vista, acesso ao Condomínio Prive Uberaba I, conhecido como Loteamento Uberaba. A fim de evitar a queda de barreiras, que vem comprometendo as residências do referido Loteamento. Bem como, melhoria da iluminação pública e que seja viabilizado um projeto para construção de uma_x000D_
 praça, com espaço recreativo, beneficiando os moradores do Loteamento Uberaba e a população em geral, pois se trata da principal entrada do município. Que hoje está servindo para acúmulo de lixos, ferros velhos e feira de animais.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_169.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_169.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumprida as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja concedido votos de congratulações e aplausos a todos que fazem a Voz TVPE, pelos relevantes serviços de comunicação e entretenimento prestados a toda população Pernambucana.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_171.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_171.pdf</t>
   </si>
   <si>
     <t>Ao_x000D_
 Exmo. Sr. Gustavo Adolfo Neves de Albuquerque Cesar_x000D_
 Prefeito do Município de Bonito/PE_x000D_
 Com os cumprimentos venho através deste, solicitar que seja enviado para o Gabinete do Vereador João Diniz através do Email:joaoimbiribeira@hotmail.com. e que seja enviado também a Secretaria da Câmara Municipal do Bonito-Pe, as seguintes informações, ; sobre o processo de licitação pública, na MODALIDADE DE LEILÃO EXCLUSIVAMENTE ONLINE TIPO MAIOR LANCE, 28 DE JULHO DE 2023, ÀS 10:00 (DEZ) HORAS (HORARIO LOCAL), Outrossim, Qual é a Lei que autorizou o Leilão, quais foram os bens leiloados, ano de fabricação e valor da venda de cada bens, e o motivos de cada bens que levarão a necessidade de ser Leiloado.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/669/requerimento_172.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/669/requerimento_172.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que os nobres Edis desta casa de Leis, aprovem, o que tão somente deseja trazer a publico os assuntos de interesse da população.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/632/requerimento_173.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/632/requerimento_173.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora depois de cumprida as formalidades regimentais, que os nobres Edis desta casa de Leis, aprovem o pedido de Informação, que tão somente deseja trazer a público os assuntos de interesse da população!</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/676/requerimento_175.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/676/requerimento_175.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer á Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido um VOTO DE APLAUSO, a Sra. Maria Aldicea Lima de Melo, pelo seus 37 anos de serviços prestados no Distrito de Alto Bonito.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/583/requerimento_176.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/583/requerimento_176.pdf</t>
   </si>
   <si>
     <t>Solicito a mesa diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Senhor Prefeito Gustavo Adolfo, juntamente a Secretaria de obras para que seja feito 9 asfalto na travessa do açougue e na Avenida Marissa da Galindo (popularmente conhecida como rua da feira livre em frente a CEABO), bem como que seja realizada as seguintes obras de melhoria na CEABO: Instalação de corre mão nas entradas de acesso; Ampliação do banheiro público com a disponibilização de um funcionário para realizar limpeza; e Instalação de cobertura contra o sol e chuva.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/607/requerimento_177.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/607/requerimento_177.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, que seja aprovando por Egrégia Casa Legislativa, solicitando o Senhor prefeito, Gustavo Adolfo de Albuquerque Neves César, Policiamento efetivo e constante para melhoria da segurança pública dos moradores do Distrito de Alto Bonito.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/605/pedido_de_informacao_178.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/605/pedido_de_informacao_178.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação sobre a situação das ambulâncias deste Município do Bonito, bem como informações gerais acerca dos servidores efetivos, contratados e comissionados ocupantes dos cargos de "técnico de enfermagem" e "condutor de ambulância", vinculados a este Município, ou prestadores de serviços.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de cumpridas as formalidades regimentais e ouvido o Douto Plenário desta colenda Casa Legislativa, para que seja consignado votos de congratulações e aplausos ao Exmo. Deputado Estadual JOÃO PAULO LIMA E SILVA (PT), por ter concedido ao município do Bonito no dia 11 de setembro de 2023 através de um Projeto de Resolução, o título de CAPITAL ESTADUAL DO ECOTURISMO abrilhantando ainda mais a nossa cidade que se destaca pela beleza das cachoeiras e diversos outros atrativos ligados ao ecoturismo.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_180.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_180.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumpridas as formalidades regimentais desta colenda Casa Legislativa, para que seja enviado na forma da lei este ofício ao Exmo. Prefeito o Senhor Gustavo Adolfo e também a Secretária de Desenvolvimento Social a Senhora Jsabel Celina, solicitando o envio de informações acerca das ações adotadas em relação ao acolhimento da população em situação de rua, informando o número de pessoas atendidas e como é feito o atendimento.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/623/requerimento_185.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/623/requerimento_185.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Secretário de Obras, Sr. Wilson Lourenço, que seja passado Máquina na estrada do Engenho Pará.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/612/requerimento_186.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/612/requerimento_186.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e a o Secretário de Obras, Sr. Wilson Lourenço, no sentido de seja restaurado o Cais que é esta parte alta que fica em frente ao Colégio Paulo Queiroz, na Av. Joaquim Nabuco, tendo em vista que o mesmo encontra-se em péssimo estado de conservação, principalmente com a chegada do inverno, o mesmo abre cratera, e os moradores correm risco</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/674/requerimento_188.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/674/requerimento_188.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora Depois de Cumprida as Formalidades Regimentais e deliberação do Plenário, que seja conferido por esta Casa um_x000D_
 Voto de Aplauso, da ETE pela conquista da MEDALHA DE OURO na Olimpíada Brasileira de Astronomia e Astrofísica, no Rio de Janeiro.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/628/requerimento_189.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/628/requerimento_189.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares da Sra. Neuza Farias pelo falecimento da mesma ocorrido recentemente.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/627/requerimento_190.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/627/requerimento_190.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as fonnalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares do Sr. Geci Portela de Macedo, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/640/requerimento_191.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/640/requerimento_191.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas da formalidades regimentais, solicito ao Prefeito Gustavo Adolfo e as secretario Wilson Lourenço, para fazer calçamento ou asfalto nas ruas 1,2,3,4 e 5 da comunidade Rei Jesus no Bairro nossa senhora de Fatima (mutirão).</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/630/requerimento.192.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/630/requerimento.192.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, que seja concebido um voto de aplausos ao Excelentíssimo_x000D_
 Promotor da comarca de Bonito-Pe Drº Luciano Bezerra da silva, pelo excelente trabalho realizado diante da ultima eleição de conselho tutelar_x000D_
 em nossa cidade, trabalho organizado e com muito sucesso.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_193.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_193.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que os nobres Edis desta casa de Leis, aprovem o referido Requerimento, que tão somente deseja trazer a publico os assuntos de interesse da população. Ao Exmo. Sr. Gustavo Adolfo Neves de Albuquerque Cesar Prefeito do Município de Bonito/PE._x000D_
 Com os cumprimentos venho através deste, solicitar que seja tomada as providencias no que se refere a ordem pública e a saúde e integridade física dos populares do distrito de Alto Bonito, desta forma trago a publico o caos que se instalou-se nas ruas deste distrito, animais de grande e médio porte circulando como se a zona urbana fosse cercado de gado, desta forma requeiro que imediatamente sejam adotado intervenção Municipal.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/910/requerimento_201.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/910/requerimento_201.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora após cumpridas as_x000D_
 formalidades regimentais, solicitando ao  obras Wilson Lourenço, que seja feito todos os reparos_x000D_
 necessáos e imprescindíveis no Terminal Rodoviário_x000D_
 Luiz Piauilino e no seu  entorno. Venho solicitar também_x000D_
 ao IIm. secretário de Governo Romilson Cabral que coloque_x000D_
 vigia noturno, ademais peço que envie cópia deste_x000D_
 requerimento a secretária de saúde Julieta Pinheiro</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/542/requerimento_196.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/542/requerimento_196.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, para que seja concedido um voto de pesar pelo falecimento de um amigo, e é com muito pesar que venho trazer aos familiares do amigo Guilherme Figueredo os meus sinceros sentimentos, que nosso amigo descanse em paz.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/615/requerimento_197.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/615/requerimento_197.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora Depois de Cumprida as Formalidades Regimentais e deliberação do Plenário, que seja conferido por esta Casa um Voto de Aplauso, aos novos Conselheiros Tutelares de nossa cidade, que nesse ultimo dia 01 de outubro disputaram uma eleição e que por mérito obterá o resultado positivo chegando a uma linda vitória, aos candidatos Fifo, Angelica, Neidinha do Sindicato, VaI do Cavaco e Branca de Bentivi, meus sinceros parabéns.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/546/requerimento_198.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/546/requerimento_198.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumpridas as formalidades regimentais desta colenda Casa Legislativa, para que seja enviado na forma da lei este ofício ao Exmo. Prefeito o Senhor Gustavo Adolfo e também ao Secretário de Obras Wilson Lourenço, solicitando que seja inserido no cronograma da coleta de lixo do Município o Bairro Novo Bonito, que fica localizado nas proximidades da UPA.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_199.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_199.pdf</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Senhor Presidente,_x000D_
 Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumpridas às formalidades regimentais desta colenda Casa Legislativa, para que seja_x000D_
 enviado na forma da lei este ofício ao Exmo. Prefeito o Senhor Gustavo Adolfo e também ao Secretário de Obras Wilson Lourenço, solicitando a revitalização da Biblioteca Municipal do Bonito, e que além da manutenção e serviços de pintura na área externa, seja feita revitalização também na parte interna, proporcionando assim um ambiente confortável e agradável para prática da leitura, atraindo e incentivando toda população a visitação do espaço.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/581/requerimento_150.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/581/requerimento_150.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando que seja dado um VOTO DE APLAUSO, (In memoriam) em nome do ex-deputado Ribeiro Godoy, pelo aniversario do seu centenário .</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/625/requerimento_202.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/625/requerimento_202.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora depois de cumprida as formalidades regimentais, solicitando a secretaria de Ação Social, na pessoa de Isabel Celina, envie uma equipe para retirada de documentos como: Título eleitoral, RG, Carteira de Trabalho, nas escolas do EREM, ETE e PJA.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_203.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_203.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora Depois de Cumprida as Formalidades Regimentais e deliberação do Plenário, que seja conferido por esta Casa um Voto de Aplauso, a Comissão Organizadora da Eleição dos Conselheiros Tutelares para o Biênio 2024 a 2027.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/624/requerimento_205.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/624/requerimento_205.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida as formalidades regimentais, solicitando um voto de aplauso a todos os Agentes Comunitários de Saúde e Agentes de Combate de Endemias, pelo seu dia que foi comemorado em 04 de outubro.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/614/requerimento_207.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/614/requerimento_207.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Sr. Prefeito Gustavo Adolfo e ao Secretário de Obras Wilson Lourenço, para que passe a máquina Patrol, nas estradas principais, começando do Engenho Mágico até a comunidade de Bentivi que se encontram em péssima condução de trafegar  tanto os carro dos alunos e também os ónibus que trazem os passageiros para cidade. As comunidades de Engenho Mágico, Barra Azul, Pendanga, Sítio Matias, Milagres, Serro Azul e Bentivi.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_208.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_208.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumpridas as formalidades regimentais desta colenda Casa Legislativa, para que seja enviado na forma da lei este ofício ao Exm°. Prefeito o Senhor Gustavo Adolfo e também ao Secretário de Obras Wilson Lourenço, solicitando a revitalização da Praça do Distrito do Estreito do Norte e manutenção nos parques infantis que se encontram em situação de abandono inclusive com risco à segurança das crianças que utilizam os brinquedos, como também serviço de limpeza para melhorar as condições do referido local.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/616/requerimento_209.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/616/requerimento_209.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Prefeito Gustavo Adolfo e Secretaria de Obras, Secretário Wilson Lourenço, que seja elaborado com urgência um projeto de requalificação da Praça da Bandeira, popularmente conhecida como Praça de Alimentação, localizada no centro da cidade e ao lado do Mercado de Cultura do nosso município. A qual foi demolida em dezembro de 2022 e até a presente data não foi feito absolutamente nada, deixando um aspecto visual de uma cidade danificada. Tendo em vista que já estamos nos aproximando das festividades de fim de ano e da nossa tradicional Festa de São Sebastião. É inadmissível que os nossos turistas se deparem com esse cenário de abandono.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/617/requerimento_211.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/617/requerimento_211.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às Formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao Secretário de Obras, Sr. Wilson Lourenço, no sentido que seja feito o calcamento da rua Sergipe do bandeirante, localizado no bairro Duda Praeiro.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/633/requerimento_214.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/633/requerimento_214.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora depois de cumprida as formalidades regimentais, que seja solicitado a secretária de saúde, Sr. a Julieta Pinheiro, no sentido de que seja restabelecido o atendimento no PSF no posto de: Viração, Mucuri e Rodeadouro</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/634/requerimento_215.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/634/requerimento_215.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, que seja dado um VOTO DE APLAUSO, ao Exm° Sr. Deputado Estadual Joãozinho Tenório, por atender a nossa solicitação em favor da PE- 103, junto ao DER.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/675/requerimento_219.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/675/requerimento_219.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, no sentido de que seja consignado Voto de Profundo Pesar, aos familiares do Sr. Renner Vila Nova, pelo falecimento do mesmo ocorrido recentemente.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/691/requerimento_220.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/691/requerimento_220.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, pedido de informação à Gerencia da agencia 4995 da caixa econômica federal aqui em Bonito-PE, o pedido é relacionado a falta d respeito absurda que existe com os clientes a anos, os seus clientes ficam expostos ao sol em fila, e queremos saber se é falta de servidores, ou se é algum tipo de massacre mesmo, mais que por gentileza nos informe a motivação desse ato se repetir por anos já que nossa agência é espaçosa, precisamos urgente resolver essa situação, e que seja encaminhado para promotoria direcionado ao Promotor Drs Adriano e para Gerência da Caixa Econômica.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/641/requerimento_221.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/641/requerimento_221.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às Formalidades Regimentais, Solicitando ao Sr. Prefeito Gustavo Adolfo e ao Secretário de aluas, Sr. Wilson Lourenço o Programa "Bonito em Led Luzes do Amanhã" para as Comunidades de carrilho e muricé .</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/666/requerimento_222.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/666/requerimento_222.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais solicitando a Diretoria de Esportes, que seja colocado nos festeiros e algumas comunidades rurais, nos Distritos e Bairros mais populosos da cidade, equipamentos de futmesa, para descontração e entretenimento para juventude bonitense nos cantos estratégicos.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/637/requerimento_223.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/637/requerimento_223.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Prefeito Gustavo Adolfo e_x000D_
 demais órgãos competentes. Informações referente a estação de tratamento de esgoto do Distrito de Alto Bonito. Esta obra foi construída pelo Governo do Estado, através do Projeto Alvorada, com a finalidade de sanear e tratar os dejetos do sistema de esgoto desta localidade. Diante da importância deste sistema, tendo em vista que esses dejetos desaguam na Barragem do Prata. Que segundo informações, não estaria funcionando, devido a total falta de manutenção. Por isso, apresento os seguintes questionamentos:</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/636/requerimento_224.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/636/requerimento_224.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, fazendo um apelo ao Sr. Prefeito Gustavo Adolfo e ao Secretário de Obras Wilson Lourenço, para seja feito o calçamento ou asfalto dos corredores de dentro do Cemitério de Bentivi.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/638/requerimento_225.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/638/requerimento_225.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Senhor Gustavo Adolfo, juntamente com a Secretária de Educação Maria Elza Silva, para que volte e realize os jogos escolares em 2023.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_226.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_226.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao Secretário de Obras Wilson Lourenço" para que seja feito uma Praça de lazer com brinquedos para as crianças no Engenho Serra Azul, tendo em vista que tem muitas crianças que precisam de uma área de lazer onde também se reúnem adultos para jogar dominó tipos de brinquedos: Playground, balanços e cama elástica.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/668/requerimento_227.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/668/requerimento_227.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, para que seja concebido um voto de aplausos para essa_x000D_
 equipe maravilhosa que são do " Projeto Help" projeto esse que faz um trabalho especial no país, no Estado e em nossa cidade.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/692/requerimento_228.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/692/requerimento_228.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, solicitando a Secretária de Saúde Julieta Farias de Lira Pinheiro, para que seja contratado um Médico Vascular para o ambulatório da UPA.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/639/requerimento_230.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/639/requerimento_230.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Gustavo Adolfo, Secretaria de Obras, Secretário Wilson Lourenço e Secretaria de Turismo, Esporte e Lazer, Secretário Carlos Henrique Vilela, que seja realizado um Projeto de Requalificação do espaço denominado Prainha, no Distrito de Alto Bonito, precisamente às margens da Barragem do Prata. A Prainha, foi uma ação do governo da Ex Prefeita Maria Lúcia Heráclio de Souza Lima, com a finalidade de fomentar o emprego e a renda dos pescadores e comerciantes, incrementando a gastronomia e incentivando o turismo e os esportes náuticos. Esta requalificação é de suma importância para fortalecer o turismo, a economia e o lazer da população bonitense e os visitantes em geral.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_anaclea.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_anaclea.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO /2023_x000D_
 Senhor Presidente,_x000D_
 Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e_x000D_
 cumpridas as formalidades regimentais desta colenda Casa Legislativa, para_x000D_
 que seja enviado na forma da lei este ofício ao Exmo. Prefeito o Senhor_x000D_
 Gustavo Adolfo e também a Secretária de Educação a Senhora Maria Elza,_x000D_
 solicitando a manutenção e higienização de todos os equipamentos de arcondicionado_x000D_
 da Escola Municipal Paulo Viana de Queiroz. Visto que o arcondicionado_x000D_
 é um elemento importante para renovar o ar e manter sua_x000D_
 qualidade, gerando benefícios não só para os alunos, mas também para os_x000D_
 professores, e na última semana venho recebendo várias denúncias de alunos_x000D_
 informando que a maioria dos equipamentos não estão funcionando.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/672/requerimento_lombada_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/672/requerimento_lombada_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro   a mesa Diretora depois de cumprir as formalidades regimentais, Solicitando ao   secretário   de Obras, Sr. Wilson Lourenço, em caráter de urgência, Que seja feito um quebra mola (Lombada) na Rua 15 de novembro, na principal do cemitério no distrito de Alto Bonito .</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/673/requerimento_198.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/673/requerimento_198.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora Depois de Cumprida as Formalidades Regimentais e deliberação do Plenário, que seja conferido por esta Casa um_x000D_
 Voto de Aplauso, ao Ilmo. Dr. Valdir Silva Controlador, pelos relevantes serviços prestados ao nosso Município.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/678/voto_de_aplauso_-_alvaro_porto_2.docx</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/678/voto_de_aplauso_-_alvaro_porto_2.docx</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTO DE APLAUSO ao Deputado Estadual e Presidente da Assembleia Legislativa de Pernambuco (ALEPE), o Sr. ÁLVARO PORTO DE BARROS. Por sua recondução ao cargo de Presidente da Mesa Diretora da ALEPE e a toda Mesa Diretora. Tudo isto é um reconhecimento ao trabalho realizado por Álvaro, a frente do comando do legislativo, votando e aprovando todas as matérias, projetos e leis em benefício do povo pernambucano. É com muita alegria e satisfação, que peço aos nobres pares que aprovem esta moção de aplauso, expressando assim, o meu reconhecimento a este homem de grande espirito público.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/683/requerimento.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/683/requerimento.pdf</t>
   </si>
   <si>
     <t>Venho requerer a Mesa Diretora desta Casa legislativa, depois de cumprida as formalidades regimentais, requerer ao Ex.mo prefeito Gustavo Adolfo ,ao Senhor Secretário Obras Wilson Lourenço e a Secretaria de Saúde Julieta Farias de Lira Pinheiro conforme á Portaria de nº 2.488 de 21 de outubro de 2011 do Ministério da Saúde, para que seja feito posto de saúde familiar (PSF)no Engenho Barra Azul para atender toda a população da comunidade e de regiões vizinhas, tendo em vista que no ultimo dia 08/11/2023 teve uma reunião com o superintendente do Incra o senhor Givaldo a secretaria de saúde julieta o secretario de obra Wilson Lourenço o secretario no de agricultura Eije Mourimura o secretário do meio ambiente José Pinheiro o diretor de turismo Wagner Wilker onde foi pedido um posto de Saúde para atender a comunidade de barra azul e comunidades vizinhas.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/690/guarda_municipal_24_horas_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/690/guarda_municipal_24_horas_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora depois de cumprir as formalidades regimentais,_x000D_
 Solicitando ao excelentíssimo prefeito o Sr Gustavo Adolfo e também ao secretario_x000D_
 De governo ao Sr Romilson Cabral, para que volte para o distrito de Alto Bonito a Guarda Municipal 24 horas.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/693/iris_silva.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/693/iris_silva.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais, que seja concedido VOTO DE APLAUSO A JOVEM IRIS SILVA pelo título de campeã do campeonato Pernambuco Feminino 2023.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/694/voto_de_aplauso_maria_eduarda.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/694/voto_de_aplauso_maria_eduarda.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais, que seja concedido um Voto de Congratulações e Aplausos a jovem Maria Eduarda pela nomeação de Jovem Ativista da UNICEF Brasil</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/696/guarda_municipal_mutirao_frei_damiao_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/696/guarda_municipal_mutirao_frei_damiao_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora depois de cumprir as formalidades regimentais,_x000D_
 Solicitando ao excelentíssimo SR. Prefeito Gustavo Adolfo e também ao secretário_x000D_
 de governo ao SR. Romilson Cabral, para que tenha mas rondas da polícia, como também da guarda Municipal nos bairros do Mutirão e Frei Damião trazendo mas segurança na comunidade.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/698/novo_mundo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/698/novo_mundo_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumpridas_x000D_
 as formalidades regimentais desta colenda Casa Legislativa, solicitando ao chefe do_x000D_
 poder Executivo o Exmo. Sr. Gustavo Adolfo e também ao Secretário de Obras Wilson_x000D_
 Lourenço, para que seja feita a limpeza do canal que passa nas imediações do_x000D_
 Loteamento Novo Mundo, como também capinação nas margens e retirada do lixo_x000D_
 acumulado no local.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/703/4e9b2593-7e81-4c91-ae3f-bbb19d34c644_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/703/4e9b2593-7e81-4c91-ae3f-bbb19d34c644_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Gustavo Adolfo e Secretaria de Obras, Secretário Wilson Lourenço, que seja incluso no PROGRAMA BONITO EM LED (LUZES DO AMANHÃ), a extensão e iluminação que compreende o bairro da Boa Vista, em sentido o Loteamento Vale do Capema. É uma área urbana e essa região fica muito escura, devido a arborização. A iluminação em LED, traria o benefício à população, bem como a melhoria no aspecto visual, por ser o nosso principal acesso à entrada da cidade e por estarmos próximos ao fim do ano, consequentemente, aumenta o fluxo de turistas. Com isso, deixaria o aspecto de uma cidade mais iluminada.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/705/requerimento_emenda_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/705/requerimento_emenda_assinado.pdf</t>
   </si>
   <si>
     <t>Com os cumprimentos venho através deste, solicitar que seja tomada as providencias legais no que se refere as emendas impositivas, é público e notório que o prefeito não atendeu as emendas em sua grande maioria, desta forma solicito que seja adicionado o corpo jurídico desta casa,  levado a denuncia ao ministério público e ao tribunal de contas do Estado de Pernambuco, o não cumprimento é atentado à lei orçamentaria e crime de responsabilidade ato de improbidade administrativa .</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/716/apliacao_da_ponte_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/716/apliacao_da_ponte_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro   a mesa Diretora depois de cumprir as formalidades regimentais, solicitando ao   secretário   de Obras, Sr. Wilson Lourenço, para que seja feita uma visita técnica e um planejamento, para que as pontes das travessas das ruas 1,2 e 3 do loteamento novo mundo sejam ampliadas.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/718/requerimento_campo_colonia.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/718/requerimento_campo_colonia.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumpridas as formalidades regimentais, ao Exmo. Sr. prefeito Gustavo Adolfo e ao secretário de obras sr. Wilson Lourenço e ao Diretor de Esporte Sr. Arthur Godoy, que fui procurada pela comunidade da colônia para que eu fizesse esse pedido para que seja reativado o campo da colônia colocando redes ou então que façam um novo campo tendo em vista que aquela juventude da colônia que é o coração de Bonito e não tem um campo de futebol para jogar.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/719/compaixao_2023_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/719/compaixao_2023_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumpridas as formalidades regimentais, para que seja concebido um voto de aplausos á "Associação Projeto Compaixão" que completou no ultimo dia 22 de Novembro de 2023, seu primeiro ano de aniversario em Bonito, essa Associação desenvolve um papel digno de muito louvor, seu objetivo é desenvolver, atividades à defesa de direitos sociais, de apoio à educação, assistência social, recreação e lazer, bem como atividades ligadas à cultura e arte.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/720/camscanner_29-11-2023_09.441.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/720/camscanner_29-11-2023_09.441.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo e ao Secretário de_x000D_
 Obras, S.r Wilson Lourenço, que Seja providenciado á máquina planear Nas Ruas 1 e 2 do Loteamento São Cristóvão em Alto Bonito.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/722/requerimento_padre_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/722/requerimento_padre_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a  Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido um VOTO DE APLAUSO ,ao Senhor Padre Sandro Sebastião Filho da Silva  , pelo seus 15 anos de sacerdócio .</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_olho_d_agua_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_olho_d_agua_assinado.pdf</t>
   </si>
   <si>
     <t>Ao_x000D_
 Exmo.Sr. Gustavo Adolfo_x000D_
  Sr. Wilsom Lorenço_x000D_
 Com os cumprimentos venho através deste, solicitar que seja tomada as_x000D_
 devidas providencias no que se refere a estrada de olho D’água de baixo, mais_x000D_
 precizamente a estrada a esquerda na bufucação sentido pedro Ribas.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/745/papel_timbrado_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/745/papel_timbrado_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa diretora depois de cumpridas as formalidades regimentais, solicito ao Srº Prefeito Gustavo Adolfo e também ao secretario de obras Wilson Lourenço para que seja colocado manilhas na localidade do Engenho Pará para a passagem das águas, essas  manilhas vai possibilitar o planeamento da estrada pra melhoria de acesso com veículos.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/747/voto_de_aplauso_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/747/voto_de_aplauso_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumprir as formalidades regimentais, solicitando um VOTO DE APLAUSO, a toda equipe das secretarias de educação e cultura, na pessoa de Luciano Santos.  turismo, esporte e laser na pessoa de Artur Godoy pela excelente abertura dos jogos escolares 2023.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/748/paulinho.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/748/paulinho.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida às formalidades regimentais, solicitando a COMPESA e o Secretário de Obras Wilson Lourenzo informações sobre o abastecimento de Água no Bairro Boa Vista.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/749/requerimento_joao_kleber.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/749/requerimento_joao_kleber.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO XX / 2023_x000D_
 _x000D_
 VOTO DE APLAUSO_x000D_
 _x000D_
 Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais_x000D_
 e deliberação do Plenário, e com respeito costumeiro, que seja conferido_x000D_
 por esta Casa Legislativa, um Voto de Aplauso ao Sr. Joao Kleber Rodrigues Christiansen._x000D_
 _x000D_
 Sala das Sessões da Câmara Municipal, Bonito 05 de Dezembro de 2023._x000D_
 _x000D_
 Justificativa Oral. _x000D_
 _x000D_
 João Kleber, como todos conhecemos, sempre foi um jovem que se destacou em nossa sociedade. Seja pelo lado cultural ou por ser um grande militante de políticas sociais e públicas. _x000D_
 Na educação de Bonito, ele também deixou sua contribuição, quando muito cedo compartilhava seus conhecimentos com diversos alunos em salas de aula das redes públicas de ensino em cidade._x000D_
 _x000D_
 Há alguns anos, João Kleber deixou nosso município, estado e país, para galgar novos conhecimentos e experiências nos EUA. O fruto dessa mudança, enche nossos corações de orgulho por se tornar o primeiro bonitense a compor a FORÇA AÉREA AMERICANA. _x000D_
 Obrigado, João, você representa com maestria nosso “pedacinho do céu no recanto do Brasil” Bonito, Pernambuco. _x000D_
 _x000D_
 Andreza Pimentel  _x000D_
 -Vereadora-</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/751/whatsapp_image_2023-12-12_at_20.12.37.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/751/whatsapp_image_2023-12-12_at_20.12.37.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora  depois de cumprida as formalidades regimentais, solicitando ao sr. prefeito Gustavo Adolfo e ao secretario de obras sr. Wilson Lourenço, para que seja feita a ponte do arruado na comunidade de Barra Azul</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/757/requerimento.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/757/requerimento.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalides regimentais, solicitando a Secretária de Educação Sr.ª Maria Elza da Silva,e ao diretor de Cultura Sr. Luciano Cícero dos Santos que seja feito a revitalização da área externa da casa da Cultura Mestre Biu da Banda e a colocação da placa de identificação na fachada do mesmo.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/759/hospitais_e_postos_de_saude_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/759/hospitais_e_postos_de_saude_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora depois de cumprir as formalidades regimentais, solicitando a Srª. secretária de saúde Julieta Pinheiro para que Disponibilize, internet gratuita nos hospitais e postos de saúde.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora após cumprida as formalidades regimentais, que seja solicitado ao Presidente da Assembleia Dep. Álvaro Porto a implantação do Programa ALEPECUIDA no Município do Bonito.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/761/camscanner_12-12-2023_11.35.docx</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/761/camscanner_12-12-2023_11.35.docx</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades regimentais, que seja encaminhado há todas as secretarias do município do Bonito, ao gabinete do prefeito Gustavo Adolfo e ao ministério Público de Bonito-Pe, copias da Lei nº 1.323/2023 que padroniza pinturas de prédios públicos no âmbito do município do Bonito-Pe</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora, depois de cumprida as formalidades regimentais, que seja dado um voto de Aplauso ao Sr. Daniel Eurico da Silva (Daniel do Hospital) pelos relevantes serviços prestados ao nosso Município</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais para que seja dado um voto de pesar aos familiares de paulinho do correio</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/470/indicacao_2_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/470/indicacao_2_2023.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, com assento no Legislativo Municipal, vem,_x000D_
 pelo presente e, solicitar ao Presidente desta colenda Casa Legislativa, o envio desta_x000D_
 Indicação ao 80der ExeqJtjvo MlJoicigal, ob, jetivando propor o envio na forma da lei_x000D_
 este ofício as seguintes instituições: Conselho Tutelarl Polícia Militarl Polícia Civil e_x000D_
 Ministério Público, para que seja intensificada a devida fiscalização no período_x000D_
 noturno, com relação a presença e consumo de bebidas alcoólicas por parte de_x000D_
 menores de idade, em diversos bares da cidade, contrariando o disposto no art. 81 no_x000D_
 Estatuto da criança e do adolescente._x000D_
 "Art. 81. é proibida venda á criança ou ao adolescente de: bebidas a/coó/icas;"_x000D_
 Bem como o disposto no art. 243;_x000D_
 "Art. 234. Vender, fornecer ainda que gratuitamente, ministrar ou entregar, de_x000D_
 qualquer forma, a criança ou adolescente, sem justa causa, produtos cujos componentes_x000D_
 possam causar dependência física ou psíquica, ainda que por utilização indevida"</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida as formalidades_x000D_
 regimentais solicitando ao Secretário de Obras, Sr. Wilson Lourenço, para_x000D_
 que seja feito o calçamento da Travessa Neco Davi e a iluminação dos_x000D_
 postes da mesma.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_26_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_26_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro a Vossa Excelência, depois de ouvido o Douto Plenário e cumprida as_x000D_
 formalidades regimentais desta colenda Casa Legislativa, para que seja enviado na_x000D_
 forma da lei este ofício ao Exmo. Prefeito o senhor Gustavo Adolfo e também a_x000D_
 Secretária de Saúde a Senhora Julieta Pinheiro através do Departamento de_x000D_
 Vigilância Sanitária, para que seja feita uma campanha de investigação, orientação e_x000D_
 tratamento em animais de rua com Esporotricose e Leishmaniose no nosso no_x000D_
 município. Atualmente, o Município de Bonito possui inúmeros casos de animais_x000D_
 contaminados com esporotricose e com Leishmaniose, porém não existe políticas_x000D_
 públicas para orientar e investigar os tratamentos desta doença.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/483/indicacao_51_2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/483/indicacao_51_2023.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, com assento no Legislativo Municipal, vem,_x000D_
 pelo presente, solicitar ao Presidente desta colenda Casa Legislativa, o envio desta_x000D_
 Indicação, objetivando propor o envio na forma da lei este ofício ao Exmo. Prefeito o_x000D_
 Senhor Gustavo Adolfo e também a Secretária de Educação a Senhora Maria Elza_x000D_
 através da Diretoria de Cultura, para que seja realizada ações no mercado Cultural_x000D_
 Maestro Biu da Banda, eventos ou manifestações capazes de motivar o deslocamento_x000D_
 de turistas para o mesmo.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_151.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_151.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumprida às formalidades regimentais, solicitando ao Sr. Prefeito Gustavo Adolfo a implantaçãoda Patrulha Maria da Penha Municipal. Tendo em vista que já consta abertura de edital para relevância aquisição em proteção da mulheres no governo do estado .</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_pronto_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_pronto_assinado.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CÓPIA DE PROCESSO(S)_x000D_
 À_x000D_
 SENHORIA_x000D_
 MARIA DE FÁTIMA CABRAL SILVA_x000D_
 PRESIDENTE DA CPL E AO PREFEITO DO BONITO/PE_x000D_
 Ilustríssima Presidente da CPL,_x000D_
 Com os coridiais cumprimentos, considerando as atribuições de FISCALIZAR O PODER EXECUTIVO, notadamente no tocante à regularidade e economicidade das despesas relativas ao CHAMAMENTO PÚBLICO Nº 001/2023 (Processso licitatório nº 024/2023), cujo objeto consiste no Credenciamento de Pessoas Jurídicas de Direito Privado, preferencialemnte sem fins lucrativos, interssadas em prestar serviços de assistencia à Saúde de baixa, média e alta complexidade, de forma complementar, para atendimento da demanda do município de Bonito/PE.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_2_28129_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_2_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Venho a mesa diretora depois de cumprida as formalidades regimentais, que os nobres  vereadores que aprovem essa indicação para que seja concertado de imediato o veiculo baú que é do transporte de carne pertencente ao município, mas precisamente a secretária de agricultura e abastecimento, sob pena de denuncia ao ministério público,</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>EMEA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>Emenda Aditiva n° 01/2023 ao projeto de lei n° 10/2023-LOA</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/797/emenda_aditiva_ldo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/797/emenda_aditiva_ldo.pdf</t>
   </si>
   <si>
     <t>emenda aditiva n° 01/2023 ao projeto de lei n° 10/2023-LDO</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>EMEM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/699/emenda_modificativa_t_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/699/emenda_modificativa_t_assinado.pdf</t>
   </si>
   <si>
     <t>Emenda modifica o inciso I - do Art.3º do protejo de Lei nº 17/2023 do poder Executivo</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/700/emenda_apae_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/700/emenda_apae_assinado.pdf</t>
   </si>
   <si>
     <t>O VereadorJoão Diniz, com assento nesta Casa Legislativa vem propor, na forma regimental, a seguinte Emenda modificativa:_x000D_
  Art. 1º Fica o poder Executivo autorizado a doar um terreno medindo 12X40mt (doze metros de frente por quarenta metros de fundo) parte do imóvel localizado na rua Abdias Vilar, bairro da cachoeira, na sede do município, conforme memorial descritivo e planta anexos, o imóvel tem uma área total de, 24,90X40,00mt(vinte e quatro e noventa metros de frente por quarenta metros de fundo, à associação de pais e amigos dos excepcionais de Bonito – Pernambuco – APAE, CNPJ 30.944.900/0001-58.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/712/emenda_modificativa.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/712/emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 2°, inciso III do projeto de lei n°36/2023.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/789/emenda_modificativa_01_loa.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/789/emenda_modificativa_01_loa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa n° 01/2023 ao projeto de lei n° 15/2023-LOA</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/790/emenda_modificativa_n02_loa.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/790/emenda_modificativa_n02_loa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa n° 2/2023 ao projeto de lei n° 15/2023-LOA</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/791/emenda_modificativa_n_03_loa.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/791/emenda_modificativa_n_03_loa.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa n° 03/2023 ao projeto de lei n° 15/2023-LOA</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/793/emenda_modificativa_n1_ldo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/793/emenda_modificativa_n1_ldo.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa n° 01 ao projeto de lei municipal n° 10/2023. (LDO)_x000D_
 Altera o texto do Art. 40, que estabelece as diretrizes orçamentarias para o exercício de 2024, e dá outras prodidências.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/794/emenda_modificativa_n_02_ldo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/794/emenda_modificativa_n_02_ldo.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa n° 02/2023 ao projeto de lei n° 10/2023-LDO</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/795/emenda_modificativa_n3_ldo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/795/emenda_modificativa_n3_ldo.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa n° 03 ao projeto de lei municipal n° 10/2023. (LDO)_x000D_
 Altera o texto do Art. 40, que estabelece as diretrizes orçamentarias para o exercício de 2024, e dá outras prodidências.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/796/emenda_modificativa_n_04_ldo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/796/emenda_modificativa_n_04_ldo.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa n° 04 ao projeto de lei municipal n° 10/2023. (LDO)_x000D_
 Altera o texto do Art. 40, que estabelece as diretrizes orçamentarias para o exercício de 2024, e dá outras prodidências.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/798/emenda_modificativa_n_04_loa.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/798/emenda_modificativa_n_04_loa.pdf</t>
   </si>
   <si>
     <t>emenda modificativa n°04/2023 ao projeto de lei 15/2023- LOA</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/805/emenda_modificativa_01_pl_15.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/805/emenda_modificativa_01_pl_15.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 001 AO PROJETO DE LEI MUNICIPAL Nº 015/2023_x000D_
 _x000D_
 MODIFICA O ART. 8º E 9º DO PROJETO DE LEI Nº 015/2023, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>Emenda modificativa 01/2023 ao projeto de lei n° 10 _x000D_
 MODIFICA O ART. 40 DO PROJETO DE LEI Nº 10/2023, QUE ESTABELECEM AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>EMES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/688/emenda_supresiva_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/688/emenda_supresiva_1.pdf</t>
   </si>
   <si>
     <t>Suprime o art. 2° e seus desdobramentos do projeto de lei nº 16/2023.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>Paulinho de Devá, Anacléa de Anacleante, Graça de Barra Azul, Walter Maroja</t>
   </si>
   <si>
     <t>Suprime o art. 4° e seus desdobramentos do projeto de lei n° 09/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>VOT1</t>
   </si>
   <si>
     <t>Voto de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/701/7b5d9be0-f92c-4f4e-a979-49a497e78563_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/701/7b5d9be0-f92c-4f4e-a979-49a497e78563_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, requerer à Mesa Diretora, depois de cumpridas as formalidades regimentais, que seja concedido a outorga de VOTO DE APLAUSO a Banda Musical do Biu, pela comemoração dos seus 50 anos. Fundada pelo Maestro Severino Ramos de Barros (Biu da Banda) ex-combatente da 2° Guerra Mundial, em 22 de novembro de 1973, e oficializada em 1980.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>VOT2</t>
   </si>
   <si>
     <t>Voto de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/695/voto_de_pesar_socorro.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/695/voto_de_pesar_socorro.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de cumprida as formalidades regimentais, que seja dado um voto de pesar aos familiares da senhora Maria do Socorro Campos Silva pelo falecimento da mesma ocorrido recentemente. Socorro  era mulher do Sr. Tati e mãe de Miguel do Arrumadinho.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>PLCO</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/704/pdl_complementar.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/704/pdl_complementar.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Federal n°13.874 de 20 de Setembro de 2019, e institui no âmbito do município do Bonito/PE, A declaração de direitos de liberdade Econômica, que estabelece garantias de livre mercado, normas de proteção à livre iniciativa e ao livre exercício da atividade econômica, e dá outras providências.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/680/projeto_complementar_01_legislativo_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/680/projeto_complementar_01_legislativo_1.pdf</t>
   </si>
   <si>
     <t>A presente proposta tem como objetivo, regulamentar no âmbito do Município do Bonito/PE, â Lei Federal n" 13.874 de 20 de setembro de 2019 que instituiu a Declaração de Direitos da Liberdade Econômica.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata da Sessão</t>
   </si>
   <si>
     <t>Ata eletrônica da 3ª Reunião Extraordinária da 3ª Sessão Legislativa da 48ª Legislatura</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>Ata da 34° Reunião Ordinária da 2° Sessão Legislativa da 48° legislatura da Câmara Municipal do Bonito/PE, realizada em 06 de novembro de 2023.</t>
   </si>
   <si>
     <t>714</t>
   </si>
@@ -4197,175 +4197,175 @@
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Inclui o Art. 138-A na lei orgânica do município do Bonito-PE, que institui o Orçamento impositivo com as emendas individuais na lei orçamentaria anual, e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>Andreza Pimentel, Holandinha, Ítalo de Pedrito, Júnior do Gado, Marquinhos da Garagem, Paulinho de Devá, Walter Maroja</t>
   </si>
   <si>
     <t>Altera a redação do § 1º do art. 131-A, da Lei Orgânica do município do Bonito/PE e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>EMEI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/785/emenda_impositiva_marcos.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/785/emenda_impositiva_marcos.pdf</t>
   </si>
   <si>
     <t>A VEREADOR JOSÉ MARCOS DA SILVA da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propôe a presente Emenda lmpositiva ao Projeto de Lei n° 15/2023 (PLOA).</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/780/img_20240108_0001.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/780/img_20240108_0001.pdf</t>
   </si>
   <si>
     <t>A VEREADOR JOSE ROBERVAL DOS SANTOS da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propôe a presente Emenda lmpositiva ao Projeto de Lei n° 15/2023 (PLOA)</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/778/emenda_impositiva_givanildo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/778/emenda_impositiva_givanildo.pdf</t>
   </si>
   <si>
     <t>O VEREADOR GIVANILDO JOSE DA SILVA JUNIOR da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRZES ORÇAMETARIAS - LDO, propõe a presente Emenda lmpositiva ao Projeto de Lei n° 15/2023 (PLOA).</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/779/emenda_impositiva_holanda_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/779/emenda_impositiva_holanda_2.pdf</t>
   </si>
   <si>
     <t>O VEREADOR jose Holanda cavalcanti filho da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRZES ORÇAMETARIAS - LDO, propõe a presente Emenda lmpositiva ao Projeto de Lei no 15/2023 (PLOA).</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/786/emenda_impositiva_anaclea.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/786/emenda_impositiva_anaclea.pdf</t>
   </si>
   <si>
     <t>A VEREADORA ANACLÉA AZEVEDO DE LIMA da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propôe a presente Emenda lmpositiva ao Projeto de Lei n" l5/2023 (PLOA).</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/782/emenda_impositiva_andreza.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/782/emenda_impositiva_andreza.pdf</t>
   </si>
   <si>
     <t>A VEREADOR ANDREZA PIMENTEL da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propôe a presente Emenda lmpositiva ao Projeto de Lei n° 15/2023 (PLOA)</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/776/emenda_impositiva_maroja_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/776/emenda_impositiva_maroja_2.pdf</t>
   </si>
   <si>
     <t>A VEREADOR WALTER LUIZ RIBEIRO MAROJA FILHO da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propõe a presente Emenda Impositiva ao Projeto de Lei n 15/2023 (PLOA).</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/781/emenda_impositiva_adones.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/781/emenda_impositiva_adones.pdf</t>
   </si>
   <si>
     <t>A VEREADOR ADONES FERREIRA DA SILVA da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propôe a_x000D_
 presente Emenda lmpositiva ao Projeto de Lei n° 15/2023 (PLOA)</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/783/emenda_impositiva_joao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/783/emenda_impositiva_joao.pdf</t>
   </si>
   <si>
     <t>A VEREADOR JOÃO DINIZ DA SILVA da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propôe a presente Emenda lmpositiva ao Projeto de Lei n° 15/2023 (PLOA)</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/788/emenda_impositiva_paulinho.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/788/emenda_impositiva_paulinho.pdf</t>
   </si>
   <si>
     <t>A VEREADOR PAULO SERGIO DA SILVA da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propõe a presente Emenda Impositiva ao Projeto deLein'20/2023 (PLOA).</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/784/emenda_impositiva_italo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/784/emenda_impositiva_italo.pdf</t>
   </si>
   <si>
     <t>A VEREADOR Ítalo Damasceno de Andrede da Câmara de Vereadores  de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propôe a presente Emenda lmpositiva ao Projeto de Lei n° 15/2023 (PLOA).</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/787/emenda_impositiva_graca.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/787/emenda_impositiva_graca.pdf</t>
   </si>
   <si>
     <t>A VEREADORA MARIA DAS GRAÇAS BARBOSA DÀ SILVA da Câmara de Vereadores de Bonito, de acordo com o a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propôe a presente Emenda lmpositiva ao Projeto de Lei n° 20/2022  (PLOA).</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/775/emenda_impositiva_divaldo_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/775/emenda_impositiva_divaldo_2.pdf</t>
   </si>
   <si>
     <t>A VEREADOR DIVALDO JOSE DA SILVA,da Câmara de Vereadores de Bonito, de acordo com a LEI DE DIRETRIZES ORÇAMETARIAS - LDO, propõe a presente Emenda lmpositiva ao Projeto de Leí n° 20/2022 (PLOA).</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>PCE</t>
   </si>
   <si>
     <t>Projeto Complementar do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/951/projeto_de_lei_complementar_01-2023.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/951/projeto_de_lei_complementar_01-2023.pdf</t>
   </si>
   <si>
     <t>amplia o perímetro urbano da sede do município do Bonito.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4672,68 +4672,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_01_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/812/ple_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/811/ple_04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/810/pdl_05.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/809/ple_06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/808/ple_07_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_09_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/774/projeto_de_lei_n_10.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/635/projeto_de_lei_n_11_2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/763/projeto_do_executivo_n_12.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/806/projeto_de_lei_n_13_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/773/loa_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_16_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/652/projeto_17_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_executivo_18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/766/projeto_executivo_n_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/765/projeto_executivo_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/764/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_n_2_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/650/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/648/projeto_de_lei_07.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/647/projeto_de_lei_08.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/646/projeto_de_lei_09.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/644/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/665/projeto_de_lei_14_legislativo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/755/pl15.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/756/pl_16.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/643/projeto_de_lei_19_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_19_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/684/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/657/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/659/projeto_24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/708/projeto_25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/670/projeto_26_legislativo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/685/projeto_27_legislativo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/679/projeto_29_legislativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/728/pll_30.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/707/pll_32.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/709/projeto_34.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/713/projeto_36_legislativo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/710/projeto_37.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/697/camscanner_22-11-2023_11.301.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/689/camara_municipal_do_bonito-pe.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/682/projeto_de_lei_aagropec.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/566/projeto_de_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/677/projeto_04_legislativo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/702/projeto_de_decreto_05.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/651/projeto_09_legislativo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/721/projeto_de_decreto_legislativo_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/727/pdl11-23.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/729/projeto_de_decreto_legislativo_12.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/730/pdl_13-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/731/pdl_14-23.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/732/pdl_15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/736/pdl_16.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/738/pdl_17.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/737/pdl_18.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/739/pdl_19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/740/pdl_20.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/741/pdl_21.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/742/pdl_22.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/733/pdl_23.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/734/pdl_24.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/743/pdl_25_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/735/pdl_26.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/746/projeto_adones.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/654/emenda_a_lei_organica_01.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/686/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/446/requeirimento01.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/445/requeirimento04.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/444/requeirimento05.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/443/requeirimento06.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/442/requeirimento07.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/431/requerimeto_12_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/482/requerimento_14_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/481/requerimento_15_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/438/requeirimento18_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/436/requeirimento20_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/456/requerimento_21_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_23_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/465/requerimento_25a_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_27_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_29_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/430/requerimeto_31_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/472/requerimento_33_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/458/requerimento_34_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/449/requerimento_35_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/467/requerimento_36_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/459/requerimento_37_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento_38_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/469/requerimento_39_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_41_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/461/requerimento_42_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/457/requerimento_43_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/455/requerimento_44_2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/432/requerimento_voto_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/440/requeirimento16_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_47_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/451/requerimento_48_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_49_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_50_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/487/requerimento_52_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/462/requerimento_53_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_54_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/485/requerimento_55_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/450/requerimento_57_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/452/requerimento_59_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/480/requerimento_60a_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/479/requerimento_61_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/484/requerimento_63_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/476/requerimento_66_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_67_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/491/requerimento_68_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/494/requerimento_70_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/490/requerimento_71_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/488/requerimento_72_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/489/requerimento_73_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/527/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/493/requerimento_76_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_77_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_78_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/499/requerimento_79_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/502/requerimento_80_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/513/requerimento_82_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_83_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/500/requerimento_84_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/498/requerimento_85_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_86_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/503/requerimento_87_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/505/requerimento_88_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/506/requerimento_89_2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/514/requerimento_90_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/504/requerimento_91_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_92_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/510/requerimento_93_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/507/requerimento_94_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/509/requerimento_96_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/511/requerimento_97_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/515/requerimento_98_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_99_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_100_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/547/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/525/requerimento_2023_104.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/553/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/523/requerimento_2023_109.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/524/requerimento_2023_112.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/521/requerimento_2023_113.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/522/requerimento_2023_115a.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/526/requerimento_2023_90.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_117_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/532/requerimento_118_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/533/requerimento_119_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/554/requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/528/requerimento_121_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/529/requerimento_122_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_123_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_124.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/536/requerimento_125.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/537/requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/555/requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/538/requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/560/requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/539/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/541/requerimento_135.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/544/requerimento_136.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/545/requerimento_137.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_139.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/558/requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/557/requerimento_143.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/561/requerimento_144.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/559/requerimento_145.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/568/requerimento_146.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/578/requerimento_147.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/569/requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/618/requerimento_149.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/562/requerimento_150.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/567/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/582/requerimento153.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/575/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/573/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/580/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/571/requerimento157.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento158.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/579/requerimento159.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/572/requerimento_160.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/606/requerimento_162.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/609/requerimento_163.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_165.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/613/requerimento_166.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/608/requerimento_167.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_169.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/669/requerimento_172.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/632/requerimento_173.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/676/requerimento_175.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/583/requerimento_176.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/607/requerimento_177.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/605/pedido_de_informacao_178.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_180.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/623/requerimento_185.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/612/requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/674/requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/628/requerimento_189.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/627/requerimento_190.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/640/requerimento_191.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/630/requerimento.192.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_193.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/910/requerimento_201.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/542/requerimento_196.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/615/requerimento_197.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/546/requerimento_198.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_199.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/581/requerimento_150.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/625/requerimento_202.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_203.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/624/requerimento_205.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/614/requerimento_207.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_208.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/616/requerimento_209.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/617/requerimento_211.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/633/requerimento_214.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/634/requerimento_215.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/675/requerimento_219.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/691/requerimento_220.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/641/requerimento_221.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/666/requerimento_222.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/637/requerimento_223.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/636/requerimento_224.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/638/requerimento_225.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_226.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/668/requerimento_227.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/692/requerimento_228.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/639/requerimento_230.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_anaclea.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/672/requerimento_lombada_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/673/requerimento_198.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/678/voto_de_aplauso_-_alvaro_porto_2.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/683/requerimento.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/690/guarda_municipal_24_horas_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/693/iris_silva.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/694/voto_de_aplauso_maria_eduarda.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/696/guarda_municipal_mutirao_frei_damiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/698/novo_mundo_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/703/4e9b2593-7e81-4c91-ae3f-bbb19d34c644_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/705/requerimento_emenda_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/716/apliacao_da_ponte_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/718/requerimento_campo_colonia.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/719/compaixao_2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/720/camscanner_29-11-2023_09.441.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/722/requerimento_padre_2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_olho_d_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/745/papel_timbrado_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/747/voto_de_aplauso_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/748/paulinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/749/requerimento_joao_kleber.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/751/whatsapp_image_2023-12-12_at_20.12.37.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/757/requerimento.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/759/hospitais_e_postos_de_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/761/camscanner_12-12-2023_11.35.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/470/indicacao_2_2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_26_2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/483/indicacao_51_2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_pronto_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_2_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/797/emenda_aditiva_ldo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/699/emenda_modificativa_t_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/700/emenda_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/712/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/789/emenda_modificativa_01_loa.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/790/emenda_modificativa_n02_loa.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/791/emenda_modificativa_n_03_loa.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/793/emenda_modificativa_n1_ldo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/794/emenda_modificativa_n_02_ldo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/795/emenda_modificativa_n3_ldo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/796/emenda_modificativa_n_04_ldo.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/798/emenda_modificativa_n_04_loa.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/805/emenda_modificativa_01_pl_15.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/688/emenda_supresiva_1.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/701/7b5d9be0-f92c-4f4e-a979-49a497e78563_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/695/voto_de_pesar_socorro.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/704/pdl_complementar.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/680/projeto_complementar_01_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/785/emenda_impositiva_marcos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/780/img_20240108_0001.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/778/emenda_impositiva_givanildo.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/779/emenda_impositiva_holanda_2.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/786/emenda_impositiva_anaclea.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/782/emenda_impositiva_andreza.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/776/emenda_impositiva_maroja_2.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/781/emenda_impositiva_adones.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/783/emenda_impositiva_joao.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/788/emenda_impositiva_paulinho.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/784/emenda_impositiva_italo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/787/emenda_impositiva_graca.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/775/emenda_impositiva_divaldo_2.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/951/projeto_de_lei_complementar_01-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/653/projeto_01_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/812/ple_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/811/ple_04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/810/pdl_05.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/809/ple_06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/808/ple_07_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/807/projeto_de_lei_09_executivo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/774/projeto_de_lei_n_10.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/635/projeto_de_lei_n_11_2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/763/projeto_do_executivo_n_12.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/806/projeto_de_lei_n_13_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/772/projeto_de_lei_14.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/773/loa_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/655/projeto_16_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/652/projeto_17_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/767/projeto_executivo_18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/766/projeto_executivo_n_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/765/projeto_executivo_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/764/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/556/projeto_de_lei_n_2_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/650/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/649/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/648/projeto_de_lei_07.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/647/projeto_de_lei_08.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/646/projeto_de_lei_09.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/644/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/665/projeto_de_lei_14_legislativo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/755/pl15.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/756/pl_16.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/643/projeto_de_lei_19_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/645/projeto_de_lei_19_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/684/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/657/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/659/projeto_24_legislativo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/708/projeto_25.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/670/projeto_26_legislativo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/685/projeto_27_legislativo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/679/projeto_29_legislativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/728/pll_30.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/707/pll_32.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/709/projeto_34.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/713/projeto_36_legislativo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/710/projeto_37.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/697/camscanner_22-11-2023_11.301.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/689/camara_municipal_do_bonito-pe.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/682/projeto_de_lei_aagropec.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/566/projeto_de_decreto_01.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/677/projeto_04_legislativo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/702/projeto_de_decreto_05.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/651/projeto_09_legislativo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/721/projeto_de_decreto_legislativo_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/727/pdl11-23.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/729/projeto_de_decreto_legislativo_12.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/730/pdl_13-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/731/pdl_14-23.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/732/pdl_15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/736/pdl_16.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/738/pdl_17.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/737/pdl_18.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/739/pdl_19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/740/pdl_20.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/741/pdl_21.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/742/pdl_22.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/733/pdl_23.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/734/pdl_24.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/743/pdl_25_2.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/735/pdl_26.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/746/projeto_adones.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/654/emenda_a_lei_organica_01.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/686/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/802/projeto_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/446/requeirimento01.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/445/requeirimento04.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/444/requeirimento05.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/443/requeirimento06.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/442/requeirimento07.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/431/requerimeto_12_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/482/requerimento_14_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/481/requerimento_15_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/438/requeirimento18_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/436/requeirimento20_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/456/requerimento_21_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/463/requerimento_23_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/465/requerimento_25a_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/492/requerimento_27_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/466/requerimento_29_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/430/requerimeto_31_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/472/requerimento_33_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/458/requerimento_34_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/449/requerimento_35_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/467/requerimento_36_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/459/requerimento_37_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/477/requerimento_38_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/469/requerimento_39_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/464/requerimento_41_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/461/requerimento_42_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/457/requerimento_43_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/455/requerimento_44_2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/432/requerimento_voto_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/440/requeirimento16_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/460/requerimento_47_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/451/requerimento_48_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/478/requerimento_49_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/486/requerimento_50_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/487/requerimento_52_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/462/requerimento_53_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/475/requerimento_54_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/485/requerimento_55_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/450/requerimento_57_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/452/requerimento_59_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/480/requerimento_60a_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/479/requerimento_61_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/484/requerimento_63_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/476/requerimento_66_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/495/requerimento_67_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/491/requerimento_68_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/494/requerimento_70_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/490/requerimento_71_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/488/requerimento_72_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/489/requerimento_73_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/527/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/493/requerimento_76_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/516/requerimento_77_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/519/requerimento_78_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/499/requerimento_79_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/502/requerimento_80_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/513/requerimento_82_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/497/requerimento_83_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/500/requerimento_84_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/498/requerimento_85_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/496/requerimento_86_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/503/requerimento_87_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/505/requerimento_88_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/506/requerimento_89_2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/514/requerimento_90_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/504/requerimento_91_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/512/requerimento_92_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/510/requerimento_93_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/507/requerimento_94_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/509/requerimento_96_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/511/requerimento_97_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/515/requerimento_98_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/518/requerimento_99_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/517/requerimento_100_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/547/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/525/requerimento_2023_104.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/553/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/523/requerimento_2023_109.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/524/requerimento_2023_112.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/521/requerimento_2023_113.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/522/requerimento_2023_115a.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/526/requerimento_2023_90.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/531/requerimento_117_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/532/requerimento_118_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/533/requerimento_119_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/554/requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/528/requerimento_121_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/529/requerimento_122_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/530/requerimento_123_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/543/requerimento_124.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/536/requerimento_125.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/537/requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/555/requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/538/requerimento_131.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/560/requerimento_132.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/539/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/540/requerimento_134.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/541/requerimento_135.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/544/requerimento_136.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/545/requerimento_137.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/551/requerimento_139.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/550/requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/558/requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/557/requerimento_143.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/561/requerimento_144.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/559/requerimento_145.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/568/requerimento_146.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/578/requerimento_147.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/569/requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/618/requerimento_149.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/562/requerimento_150.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/567/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/582/requerimento153.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/575/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/573/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/580/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/571/requerimento157.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/574/requerimento158.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/579/requerimento159.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/572/requerimento_160.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/606/requerimento_162.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/609/requerimento_163.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_165.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/613/requerimento_166.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/608/requerimento_167.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_169.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_171.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/669/requerimento_172.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/632/requerimento_173.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/676/requerimento_175.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/583/requerimento_176.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/607/requerimento_177.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/605/pedido_de_informacao_178.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_180.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/623/requerimento_185.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/612/requerimento_186.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/674/requerimento_188.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/628/requerimento_189.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/627/requerimento_190.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/640/requerimento_191.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/630/requerimento.192.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_193.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/910/requerimento_201.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/542/requerimento_196.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/615/requerimento_197.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/546/requerimento_198.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_199.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/581/requerimento_150.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/625/requerimento_202.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_203.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/624/requerimento_205.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/614/requerimento_207.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_208.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/616/requerimento_209.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/617/requerimento_211.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/633/requerimento_214.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/634/requerimento_215.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/675/requerimento_219.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/691/requerimento_220.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/641/requerimento_221.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/666/requerimento_222.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/637/requerimento_223.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/636/requerimento_224.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/638/requerimento_225.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/642/requerimento_226.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/668/requerimento_227.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/692/requerimento_228.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/639/requerimento_230.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_anaclea.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/672/requerimento_lombada_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/673/requerimento_198.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/678/voto_de_aplauso_-_alvaro_porto_2.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/683/requerimento.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/690/guarda_municipal_24_horas_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/693/iris_silva.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/694/voto_de_aplauso_maria_eduarda.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/696/guarda_municipal_mutirao_frei_damiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/698/novo_mundo_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/703/4e9b2593-7e81-4c91-ae3f-bbb19d34c644_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/705/requerimento_emenda_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/716/apliacao_da_ponte_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/718/requerimento_campo_colonia.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/719/compaixao_2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/720/camscanner_29-11-2023_09.441.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/722/requerimento_padre_2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_olho_d_agua_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/745/papel_timbrado_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/747/voto_de_aplauso_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/748/paulinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/749/requerimento_joao_kleber.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/751/whatsapp_image_2023-12-12_at_20.12.37.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/757/requerimento.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/759/hospitais_e_postos_de_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/761/camscanner_12-12-2023_11.35.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/470/indicacao_2_2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/448/indicacao_26_2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/483/indicacao_51_2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_pronto_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_2_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/797/emenda_aditiva_ldo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/699/emenda_modificativa_t_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/700/emenda_apae_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/712/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/789/emenda_modificativa_01_loa.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/790/emenda_modificativa_n02_loa.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/791/emenda_modificativa_n_03_loa.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/793/emenda_modificativa_n1_ldo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/794/emenda_modificativa_n_02_ldo.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/795/emenda_modificativa_n3_ldo.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/796/emenda_modificativa_n_04_ldo.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/798/emenda_modificativa_n_04_loa.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/805/emenda_modificativa_01_pl_15.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/688/emenda_supresiva_1.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/701/7b5d9be0-f92c-4f4e-a979-49a497e78563_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/695/voto_de_pesar_socorro.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/704/pdl_complementar.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/680/projeto_complementar_01_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/785/emenda_impositiva_marcos.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/780/img_20240108_0001.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/778/emenda_impositiva_givanildo.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/779/emenda_impositiva_holanda_2.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/786/emenda_impositiva_anaclea.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/782/emenda_impositiva_andreza.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/776/emenda_impositiva_maroja_2.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/781/emenda_impositiva_adones.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/783/emenda_impositiva_joao.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/788/emenda_impositiva_paulinho.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/784/emenda_impositiva_italo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/787/emenda_impositiva_graca.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/775/emenda_impositiva_divaldo_2.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2023/951/projeto_de_lei_complementar_01-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H334"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="110" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>