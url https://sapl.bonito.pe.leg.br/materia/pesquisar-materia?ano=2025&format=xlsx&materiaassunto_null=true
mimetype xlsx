--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -10,913 +10,934 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3050" uniqueCount="1371">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3064" uniqueCount="1377">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATAO</t>
   </si>
   <si>
     <t>Ata Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1121/ata_da_reuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1121/ata_da_reuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 1ª Sessão Ordinária, realizada dia 4 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/</t>
+    <t>http://sapl.bonito.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Ata eletrônica da 2ª Sessão Ordinária, realizada no dia 06 de Fevereiro de 2025.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Eiji Morimura</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1141/ata_3a_reuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1141/ata_3a_reuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 3ª Sessão Ordinária, realizada dia 13 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1146/ata_4a_reuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1146/ata_4a_reuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 4ª Sessão Ordinária, realizada dia 20 de fevereiro de 2025</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1154/ata_5a_reuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1154/ata_5a_reuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 5ª Sessão Ordinária, realizada dia 13 de março de 2025.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1173/ata6areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1173/ata6areuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 6ª Sessão Ordinária, realizada dia 17 de março de 2025.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1181/ata7areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1181/ata7areuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 7ª Sessão Ordinária, realizada dia 26 de março de 2025.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/ata8areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/ata8areuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 8ª Sessão Ordinária, realizada dia 03 de Abril de 2025.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1207/ata9areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1207/ata9areuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 9ª Sessão Ordinária, realizada dia 10 de abril de 2025.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/ata10oreuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/ata10oreuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 10ª Sessão Ordinária, realizada dia 16 de Abril de 2025.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/ata11areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/ata11areuniao.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 11ª Sessão Ordinária, realizada dia 28 de Abril de 2025.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ata.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ata.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 12ª Sessão Ordinária, realizada dia 29 de Abril de 2025.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/ata13areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/ata13areuniao.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 13ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/ata14a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/ata14a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 14ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/ata15areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/ata15areuniao.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 15ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/ata16areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/ata16areuniao.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 16ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Ata Eletrônica da 17ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/ata18areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/ata18areuniao.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 18ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/ata19areuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/ata19areuniao.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 19ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/ata20.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/ata20.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 20ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/ata21.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/ata21.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 21ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/ata22.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/ata22.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 22ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/ata_da_23_reuniao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/ata_da_23_reuniao.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 23ª Reunião Ordinária da 1º Sessão legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/ata_da_reuniao_24.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/ata_da_reuniao_24.pdf</t>
   </si>
   <si>
     <t>ATA DA 24ª  ORDINÁRIA DE 2025</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/ata25.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/ata25.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 25ª Reunião ordinária da 1º Sessão legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/ata_da_26o_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/ata_da_26o_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 26ª Reunião Ordinária da 1º Sessão legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/ata_eletronica_da_27o_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/ata_eletronica_da_27o_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 27ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/ata_eletronica_28o.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/ata_eletronica_28o.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 28ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/ata_eletronica_da_26a_reuniao_ordinaria_da_1o_sessao_legislativa_da_49a_legislatura..pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/ata_eletronica_da_26a_reuniao_ordinaria_da_1o_sessao_legislativa_da_49a_legislatura..pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 29ª Reunião Ordinária da 1º Sessão legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/ata_eletronica_da_30a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/ata_eletronica_da_30a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 30ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª_x000D_
 Legislatura</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/ata_eletronica_da_31a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/ata_eletronica_da_31a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 31ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/ata_eletronica_da_32a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/ata_eletronica_da_32a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 32ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª_x000D_
 Legislatura</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/ata_eletronica_da_33a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/ata_eletronica_da_33a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 33ª Reunião Ordinária da 1ª Sessão Legislativa da 49º Legislatura</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/ata_eletronica_da_34a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/ata_eletronica_da_34a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 34ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª_x000D_
 Legislatura</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/ata_eletronica_da_35a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/ata_eletronica_da_35a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 35ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/ata_eletronica_da_36a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/ata_eletronica_da_36a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 36ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/ata_eletronica_da_37a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/ata_eletronica_da_37a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 37ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/ata_eletronica_da_38a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/ata_eletronica_da_38a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 38ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/ata_eletronica_da_39a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a_legislatura.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/ata_eletronica_da_39a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a_legislatura.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 39ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
   </si>
   <si>
+    <t>1517</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1517/ata_eletronica_da_40a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 40ª Reunião Ordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
+  </si>
+  <si>
     <t>1129</t>
   </si>
   <si>
     <t>ATAE</t>
   </si>
   <si>
     <t>Ata Sessão Extraordinária</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1129/ataextra.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1129/ataextra.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 1ª Sessão Extraordinária, realizada dia 6 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1147/ata_2a_extra.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1147/ata_2a_extra.pdf</t>
   </si>
   <si>
     <t>Ata eletrônica da 2ª Sessão Extraordinária, realizada dia 20 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/ata3areuniaoextra.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/ata3areuniaoextra.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Reunião Extraordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/ataextra4.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/ataextra4.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 4ª Reunião Extraordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/ataextra5.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/ataextra5.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 5ª Reunião Extraordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/ata_sexta_reuniao_extra.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/ata_sexta_reuniao_extra.pdf</t>
   </si>
   <si>
     <t>Ata  Eletrônica da 6ª Reunião Extraordinária da 1º Sessão legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/ataextra7.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/ataextra7.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 7ª Reunião Extraordinária da 1ª Sessão Legislativa da 49ª Legislatura.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/ata_da_8_extra.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/ata_da_8_extra.pdf</t>
   </si>
   <si>
     <t>ATA DA 8ª  EXTRA ORDINÁRIA DE 2025</t>
   </si>
   <si>
+    <t>1518</t>
+  </si>
+  <si>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1518/ata_eletronica_da_9a_reuniao_extraordinaria_da_1a_sessao_legislativa_da_49a.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 9ª Reunião Extraordinária da 1ª Sessão Legislativa da 49ª Legislatura</t>
+  </si>
+  <si>
     <t>1115</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Ruy Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_01.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização básica da administração direta da Prefeitura Municipal do Bonito/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_02.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_02.pdf</t>
   </si>
   <si>
     <t>Cria a ouvidoria  geral do Município  do Bonito/PE, no âmbito do poder executivo, dispõe sobre a atuação dos responsáveis por ações de Ouvidoria e a participação, proteção e defesa dos direitos do usuário de serviços públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_03.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_03.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação do Piso Salaria dos Profissionais do Magistério Público da Educação Básica no Âmbito do Município do Bonito.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_04.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_04.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos mínimos dos servidores do Municipio de Bonito e dá outras providências.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_lei_05.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_lei_05.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação de Programa de Incentivo à Regularização Fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1167/camscanner_24-03-2025_10.00_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1167/camscanner_24-03-2025_10.00_1.pdf</t>
   </si>
   <si>
     <t>Denomina Complexo Esportivo Educacional José Abelardo Câncio de Godoy e dá outras providências.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_do_executivo_8.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_do_executivo_8.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLITÍCA MUNÍCIPAL DE SEGURAÇA ALIMENTAR E NUTRICIONAL DO MUNÍCIPIO DE BONITO /PE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/camscanner_02-07-2025_09.02_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/camscanner_02-07-2025_09.02_2.pdf</t>
   </si>
   <si>
     <t>EMENTA: Altera a Tabela de Vencimentos constante do Anexo III do PCRM e dá outras providências.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/projeto_de_lei_diretrizes_orcamentarias_2026.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/projeto_de_lei_diretrizes_orcamentarias_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes  orçamentária para o  exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/projeto_de_lei_diretrizes_orcamentarias_2026_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/projeto_de_lei_diretrizes_orcamentarias_2026_1.pdf</t>
   </si>
   <si>
     <t>Projeto de lei de diretrizes orçamentárias LDO/2026</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/projeto_no_13.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/projeto_no_13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de área de terreno de propriedade do Município do Bonito e da sua doação à Companha Estadual de Habitação e Obras-CEHAB, para construção de unidades habitacionais de interesse social e dá outras providências.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/projeto_no14-2025.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/projeto_no14-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder  Executivo a doar ao Estado  de Pernambuco bem imóvel pertencente ao Município do Bonito, para construção do prédio da Delegacia de Polícia Civil.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/projeto_de_lei_no15.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/projeto_de_lei_no15.pdf</t>
   </si>
   <si>
     <t>Dispõe  Sobre o Sistema Municipal de Turismo do_x000D_
 Bonito, Institui o Conselho Municipal de Turismo e_x000D_
 o Fundo Municipal do Turismo e dá Outras_x000D_
 Providências.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/projeto_de_lei_no16.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/projeto_de_lei_no16.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Sistema Municipal da Política Cultural, o Conselho Municipal de Política Cultural e o Fundo Municipal de Cultura, e dá outras providências.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/projeto_no17.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/projeto_no17.pdf</t>
   </si>
   <si>
     <t>Autoriza Concessão de Apoio Cultural a Rádio Comunitária RIO BONTTO.._x000D_
 O PREFEITO DO MUNICÍPIO DO BONITO, Estado de Pernambuco, no_x000D_
 uso de suas atribuições legais, propõe ao Plenário da Câmara de Vereadores o_x000D_
 seguinte Projeto de Lei:</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/projeto_no18.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/projeto_no18.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela de Vencimentos constante do_x000D_
 Anexo III do Grupo Ocupacional de Apoio_x000D_
 'Administrativo, integrado por Agentes_x000D_
 Administrativos Educacionais e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/projeto_de_lei_do_executivo_21.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/projeto_de_lei_do_executivo_21.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela de Vencimentos constante do Anexo III do Grupo Ocupacional de Apoio Administrativo, integrado por Agentes Administrativos Educacionais e dá outras providências.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/projeto_de_lei_excutivo_22.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/projeto_de_lei_excutivo_22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da feira de gado e dá outras providências.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/projeto_de_lei_do_excutivo__23.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/projeto_de_lei_do_excutivo__23.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 23/2025 _x000D_
 Acrescenta dispositivo à Lei Municipal nº 940/2011, que dispõe sobre o Sistema Municipal de Licenciamento, Fiscalização, Inspeção e Sanções Administrativa no Meio Ambiente e da outras providencias</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/02.bonito.pl_ppa_2026-2029.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/02.bonito.pl_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI DO PLANO PLURIANUAL 2026-2029 MUNICÍPIO DO BONITO</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/loa_organized_atualizada_.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/loa_organized_atualizada_.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Orçamentária Anual  LOA</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Henrique da Gold</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1144/camara_municipal.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1144/camara_municipal.pdf</t>
   </si>
   <si>
     <t>Concede título de utilidade pública no âmbito do Município do Bonito/PE_x000D_
 a "Associação Esportiva Real Bonito - AERB, e dá outras providências correlatas."_x000D_
 O Vereador Henrique César da cunha Silva, no uso de suas atribuições legais e regimentais, submete à apreciação deste Egrégio Plenário Câmara de Vereadores do Bonito/PE, o seguinte Projeto de Lei:_x000D_
 Art. 1° - Fica concedido o título de Utilidade Pública à Associação Esportiva Real Bonito - AERB, pessoa jurídica de direito privado, sem fins lucrativos, inscrita no CNPJ 51.112.842/0001-76, com sede na Rua Manoel Anacleto de Souza N° 87, Boa Vista, CEP 55680-000, Bonito, Estado de Pernambuco._x000D_
  Art. 2º - A Associação Esportiva Real Bonito - AERB tem entre seus objetivos a promoção e incentivo à prática esportiva, o desenvolvimento de atividades voltadas à inclusão social e à formação de atletas, bem como o fortalecimento do esporte amador e profissional no município. A entidade possui reconhecimento em nível nacional, com participação em campeonatos em todo o país, obtendo expressivos resultados no quadro de medalhas._x000D_
 Parágrafo único. Destacam-se os atletas da associação, que são medalhistas em competições internacionais, elevando o nome de Bonito e do Brasil no cenário esportivo, com destaque especial à equipe de Badminton, oficialmente reconhecida pela Federação Nacional de Badminton._x000D_
 Art. 3° - A concessão do título de Utilidade Pública implica o reconhecimento da associação Esportiva Real Bonito- AERB  como entidade de relevante interesse publico no âmbito desse município de Bonito-Pe. _x000D_
  Art. 4º - Para manter o título de Utilidade Pública, a associação beneficiada deverá apresentar, anualmente, um relatório de suas atividades e resultados ao Poder Executivo Municipal, bem como_x000D_
  ao Poder Legislativo, comprovando a eficácia e o impacto positivo de suas ações no desenvolvimento da comunidade local._x000D_
 Art. 5° - Será objeto de Lei, revogando-se os efeitos da presente declaração de utilidade pública concedida à entidade beneficiada, quando:_x000D_
 I- Deixar de cumprir a exigência trazida pelo art. 4° desta Lei;_x000D_
 II- Substituir os seus fins estatutários ou negar-se a prestar os serviços nele compreendidos;_x000D_
 III - Alterar sua denominação e, dentro de 30 (trinta) dias, contados da averbação no Cartório de Registro Público, deixar de enviar esta informação ao Poder Executivo Municipal e ao Poder_x000D_
 Legislativo, para que se torne objeto de nova lei;_x000D_
 IV- Eleger nova diretoria, e esta deixar de comprovar a idoneidade moral e reputação ilibada de seus novos diretores._x000D_
 Art. 6º - Esta Lei entrará em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>João Diniz</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1152/projeto_de_lei_dia_120325.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1152/projeto_de_lei_dia_120325.pdf</t>
   </si>
   <si>
     <t>"Denomina Nomenclatura de Estrada Rural no município de Bonito, de Estrada	José Ricardo de Lima Cabral",</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>Didi do Paed</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/semana_evangelica_projeto_de_lei.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/semana_evangelica_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Institui a Semana da Cultura Evangélica no Município de Bonito.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_eiji_morimura.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_eiji_morimura.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPOE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO PRAÇA DOS JAPONESES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/camscanner_28-04-2025_11.46.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/camscanner_28-04-2025_11.46.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a igualdade nas premiações esportivas concedidas a homens e a mulheres, e sobre a obrigatoriedade da realização das categorias masculina e feminina em eventos realizados no Município de Bonito-PE.”_x000D_
 _x000D_
 O Vereador Henrique César da cunha Silva, no uso de suas atribuições legais e regimentais, submete à apreciação deste Egrégio Plenário Câmara de Vereadores do Bonito/PE, o seguinte Projeto de Lei:_x000D_
 _x000D_
 Art. 1º Fica instituída, no âmbito do Município de Bonito/PE, a obrigatoriedade de igualdade nas premiações concedidas a homens e mulheres em eventos esportivos realizados, financiados e/ou apoiados com recursos públicos municipais._x000D_
 Parágrafo único. Destaca-se que a violação da igualdade de premiação configura afronta direta ao princípio constitucional e garantia fundamental da isonomia entre homens e mulheres, previsto no art. 5º, inciso I, da Constituição Federal de 1988._x000D_
 Art. 2º Para os efeitos desta Lei, consideram-se: I – Premiações: valores monetários, troféus, medalhas, bens, serviços ou qualquer outra vantagem concedida em razão de resultados obtidos em competição esportiva;_x000D_
 II – Eventos esportivos: competições, torneios, campeonatos e demais atividades desportivas de caráter oficial ou particular, desde que apoiados pelo Poder Público._x000D_
 Art. 3º  A igualdade de premiações deverá observar: I – Igual valor em premiações pecuniárias;_x000D_
 II – Igual qualidade, quantidade e relevância para premiações não pecuniárias;_x000D_
 III – Mesma visibilidade e reconhecimento público das conquistas, em igualdade de condições entre homens e mulheres._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Art. 4º Os editais, regulamentos ou quaisquer instrumentos convocatórios dos eventos esportivos abrangidos por esta Lei deverão:_x000D_
  I – Expressamente assegurar a igualdade prevista;_x000D_
 II – Estabelecer critérios objetivos e transparentes para as premiações, vedada qualquer discriminação em razão do gênero._x000D_
 III- Quando, comprovadamente, não houver número mínimo de atletas para viabilizar a realização de determinada categoria, o organizador deverá apresentar justificativa formal ao órgão público responsável pelo apoio ou financiamento._x000D_
@@ -937,139 +958,139 @@
 _x000D_
 _x000D_
 Art. 8º Esta Lei entra em vigor na data de sua publicação._x000D_
  _x000D_
 Sala das Sessões, Bonito,Pernambuco , 28 de Abril de 2025._x000D_
 _x000D_
 Aos nobres pares,_x000D_
 _x000D_
 Este projeto de lei tem como objetivo resguardar a igualdade nas premiações entregues a homens e mulheres em competições esportivas financiadas ou apoiadas com recursos públicos no Município de Bonito-PE._x000D_
 A atitude de tratar homens e mulheres de forma diferente, nos dias atuais, é absurda, e fere a Constituição Federal do Brasil, que foi criada em 05/10/1988, quando no artigo 5º, inciso I desta Constituição, que já tem mais de 35 anos de sua vigência, e, nos ensina ainda nos dias de hoje, que:_x000D_
 “Art.5° Todos são iguais perante a lei, sem distinção de qualquer natureza, garantindo-se aos brasileiros e aos estrangeiros residentes no país a inviolabilidade do direito à vida, à liberdade, à igualdade, à segurança e à propriedade, nos termos seguintes:_x000D_
 I – homens e mulheres são iguais em direitos e obrigações, nos termos desta Constituição”. (Grifei)_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Este projeto vem desconstruir essas diferenças, no que tange as premiações recebidas em campeonatos, onde há o uso de dinheiro público ou o apoio do Município na realização dos referidos campeonatos, sendo que deve ser obrigatório que sejam ofertadas a mesma premiação, independente do gênero da referida modalidade, sendo que este ato de desigualdade não cabe mais em uma sociedade moderna._x000D_
 Nestes termos, peço a colaboração dos nobres pares para a aprovação deste importante projeto.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/projeto_adicional_alimentacao_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/projeto_adicional_alimentacao_assinado.pdf</t>
   </si>
   <si>
     <t>“Criar o Adicional de Alimentação aos motoristas de ambulância e motoristas de veículo_x000D_
 utilizado no transporte de pessoas equiparados à ambulância e dá outras providências”</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/criterios_denominacao_de_ruas_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/criterios_denominacao_de_ruas_assinado.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios de denominação de ruas, praças, monumentos, obras e_x000D_
 edificações públicas no município de Bonito e dá outras providências.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/dispoe_sobre_a_proibicao_da_realizacao_de_exames_oftalmologicos_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/dispoe_sobre_a_proibicao_da_realizacao_de_exames_oftalmologicos_assinado_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da realização de exames oftalmológicos por_x000D_
 estabelecimentos comerciais que comercializam óculos de grau e lentes de_x000D_
 contato no âmbito do Município de Bonito-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>Carlinhos Vilela</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/projeto_de_lei_-_juventude_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/projeto_de_lei_-_juventude_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Selo “Empresa Amiga da Juventude” e cria o Programa de Incentivo à Contratação do Primeiro Emprego Jovem no Município de Bonito/PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/progeto_de_lei_artistas.pdf_com_correcao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/progeto_de_lei_artistas.pdf_com_correcao.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade de contratação mínima de 30% (trinta por cento) de artistas locais em eventos realizados ou financiados pelo município de Bonito e dá outras providências.”</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>Mesa Diretora (Biênio 2025/2026) - MD</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/projeto_de_lei_municipal.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/projeto_de_lei_municipal.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPOE SOBRE REAJUSTE VENCIMENTO MÍNIMOS DOS DE SERVIDORES DA CÂMARA MUNICIPAL DE BONITO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_lei_complement_pronto.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_lei_complement_pronto.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Modificativo, Altera os artigos 1º ao 7º da Lei Municipal 353/90 que Dispõe sobre a proteção de árvores frutíferas no Município _x000D_
  de Bonito/PE E dá outras providências”</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/projeto_de_lei_joao_diniz_dia_30062025.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/projeto_de_lei_joao_diniz_dia_30062025.pdf</t>
   </si>
   <si>
     <t>legislativo do Munícipio de Bonito e dá outras providências._x000D_
 Art. 1° - Fica criada, no âmbito do Poder legislativo do Município do Bonito, a_x000D_
 Comissão de Ordem Administrativa (COA), com a finalidade de promover a_x000D_
 disciplina administrativa, conduzir sindicâncias e processos administrativos_x000D_
 disciplinares, bem como propor medidas de melhoria da gestão da Câmara Municipal do_x000D_
 Bonito - PE</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/lei_transparencia_28129_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/lei_transparencia_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Oficial do Município de Bonito, estado de Pernambuco, como meio _x000D_
 oficial de comunicação dos atos normativos e administrativos e dá _x000D_
 outras providências.” _x000D_
 Eu, vereador Henrique César da Cunha Silva, no uso das atribuições _x000D_
 que me confere o Regimento Interno desta Casa Legislativa, submeto à _x000D_
 apreciação do Plenário o seguinte Projeto de Lei: _x000D_
 Considerando: a lei ordinária federal n° 12.527, de 18 de novembro de 2011 _x000D_
 que regula o acesso a informações previsto no inciso XXXIII do art. 5º, no _x000D_
 inciso II do § 3º do art. 37 e no § 2º do art. 216 da Constituição Federal; altera _x000D_
 a Lei nº 8.112, de 11 de dezembro de 1990; revoga a Lei nº 11.111, de 5 de _x000D_
 maio de 2005, e dispositivos da Lei nº 8.159, de 8 de janeiro de 1991; e dá _x000D_
 outras providências. _x000D_
 Considerando: Os Arts. 6º,7° e 8° da Lei 12.527: Cabe aos órgãos e entidades _x000D_
 do poder público, observadas as normas e procedimentos específicos _x000D_
 aplicáveis, assegurar a: _x000D_
 I - gestão transparente da informação, propiciando amplo acesso a ela e sua _x000D_
 divulgação; _x000D_
 II - proteção da informação, garantindo-se sua disponibilidade, autenticidade _x000D_
 e integridade; e _x000D_
 III - proteção da informação sigilosa e da informação pessoal, observada a sua _x000D_
 disponibilidade, autenticidade, integridade e eventual restrição de acesso. _x000D_
 Art. 7º O acesso à informação de que trata esta Lei compreende, entre outros, _x000D_
 os direitos de obter: _x000D_
@@ -1176,1353 +1197,1350 @@
 § 1ᵉ 0s requerimentos, indicações e moções poderão ser publicados de forma _x000D_
 resumida, indicando-se ementa, data e autoria. _x000D_
  _x000D_
  _x000D_
 Art. 11° Para efeito de contagem de prazos legais das publicações contidas no _x000D_
 Diário Oficial do Município, considera-se como data da publicação o primeiro _x000D_
 dia útil seguinte ao da disponibilização da informação. _x000D_
 Art. 12° Após a publicação do Diário Oficial do Município, os documentos não _x000D_
 poderão sofrer modificações ou suspensões. _x000D_
 Parágrafo Único. Eventuais retificações deverão constar de nova publicação. _x000D_
 Art. 13° No caso de indisponibilidade de acesso ao Diário Oficial do Município, _x000D_
 ocasionado por incidentes de qualquer ordem, no período das 8:00 h (oito _x000D_
 horas) às 18:00 h (dezoito horas), haverá invalidação da edição por ato do _x000D_
 Prefeito ou do Secretário de Governo, sendo seus documentos publicados na _x000D_
 edição subsequente. _x000D_
 Art. 14° O Poder Executivo regulamentará esta Lei no prazo de até 60 _x000D_
 (sessenta) dias, contados do início de sua vigência. _x000D_
 Art. 15° As despesas com a execução da presente Lei correrão à conta das _x000D_
 dotações orçamentárias próprias. _x000D_
 Art. 16° Esta Lei entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/pl_hino1_atualizado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/pl_hino1_atualizado.pdf</t>
   </si>
   <si>
     <t>Art. 1º – Fica obrigatória a execução dos Hinos do Brasil, do Estado de Pernambuco e de Bonito, antes do início das aulas, uma vez por semana, em todas as escolas da rede municipal de ensino do município de Bonito– PE.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/disk_180_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/disk_180_2.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Os bares, restaurantes, e congêneres na Cidade de Bonito-PE devem ter afixados, nos sanitários femininos, placas informativas do "Disque Denúncia 180._x000D_
 _x000D_
  Art. 2º - A obrigatoriedade de que trata esta Lei se aplica, também, aos banheiros químicos utilizados em eventos públicos e privados. _x000D_
 _x000D_
 Art. 3° - Na placa informativa, de que trata a presente lei, deverá constar os dizeres: "Em caso de abuso, assédio, ameaça ou violência, ligue 180" e o número desta Lei. Parágrafo único. A frase informativa constante da placa deverá ser reproduzida, também, em língua inglesa e em braile. _x000D_
 _x000D_
 Art. 4° - A instalação da placa informativa deverá ser em local de fácil alcance visual e tátil para toda e qualquer mulher que adentre ao ambiente do sanitário, inclusive nas cabines individuais._x000D_
 _x000D_
 Art. 5° - A ausência das placas informativas sujeitará os estabelecimentos infratores a multa na base de 30 (trinta) UFM’s (Unidade Fiscal do Município), e o dobro no caso de reincidências._x000D_
 _x000D_
  Art. 6° - O Poder Executivo desenvolverá ações de cunho educativo para o combate ao abuso, assédio, agressão, intimidação, importunação, ameaça ou qualquer tipo de violência às mulheres, constando a instrução de onde as placas informativas podem ser encontradas. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Art. 7º - As despesas decorrentes da implantação desta lei correrão por conta das dotações orçamentárias próprias, suplementadas se necessário. _x000D_
 _x000D_
 Art. 8º - Esta lei entra em vigor após 90 (noventa) dias da data da publicação, revogadas as disposições.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/pl_remedio_em_casa_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/pl_remedio_em_casa_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Institui o Programa "Remédio em Casa" destinado a criar_x000D_
 mecanismos necessários à entrega domiciliar gratuita de medicamentos de uso_x000D_
 contínuo a pacientes idosos e/ou portadores de necessidades especiais e/ou_x000D_
 portadores de doenças crônicas, regularmente inscritos nos programas_x000D_
 Municipais de assistência farmacêutica e fornecimento de medicamentos, no_x000D_
 âmbito do Município de Bonito PE, e dá outras providências. dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/adicional_alimentacao_motoristas_e_enfermeiro_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/adicional_alimentacao_motoristas_e_enfermeiro_assinado.pdf</t>
   </si>
   <si>
     <t>O POVO DO MUNICÍPIO DE BONITO-PE, por seus representantes na Câmara Municipal, no uso das atribuições que lhe confere a Lei Orgânica do Município, _x000D_
 Vereador João Diniz, propõe a seguinte Lei:_x000D_
 Ementa: Autoriza o Poder Executivo do Município de Bonito a instituir o Adicional de Alimentação aos motoristas de ambulância, motoristas de veículos utilizados no transporte de pessoas equiparados à ambulância, e técnicos de enfermagem acompanhantes, e dá outras providências.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/pl_ed.-1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/pl_ed.-1.pdf</t>
   </si>
   <si>
     <t>Art. 1º- Fica instituída, no âmbito do municipal de Bonito, a Semana da Atividade Física, a ser comemorada, anual e simbolicamente, na primeira semana do mês de setembro._x000D_
 _x000D_
 Art. 2º As comemorações da “Semana Municipal do Profissional de Educação Física” serão promovidas através de eventos desportivos que incentivem a prática de atividades físicas, sistematizada e orientada por profissionais habilitados, especialmente às pessoas portadoras de necessidades especiais. A Semana da Atividade Física tem como objetivo:_x000D_
 _x000D_
 l- Conscientizar sobre a importância da prática de atividades físicas regularmente, de forma sistematizada e orientada;_x000D_
 _x000D_
 II — Ofertar eventos, campeonatos e palestras de conscientização em locais públicos;_x000D_
 _x000D_
 lll — Contribuir para a valorização do profissional de educação física;_x000D_
 _x000D_
 IV-Promover a redução dos riscos de desenvolvimento de enfermidades cardiovasculares. como infarto, acidente vascular cerebral (AVC) e hipertensão;_x000D_
 _x000D_
 V- Orientar o controle da taxa de colesterol ruim e aumento do colesterol bom;_x000D_
 _x000D_
 Vl - Incentivar o controle da hipertensão arterial;_x000D_
 _x000D_
 VI- Intervir em quadros de depressão, ansiedade, entre outros problemas relacionados a transtornos psicossociais._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 Art. 3º- Fica instituído, também de maneira simbólica e em conjunto com a Semana da Atividade Física, 0 Dia Municipal do Profissional de Educação Física, a ser comemorado anualmente em 1º (primeiro) de setembro._x000D_
 _x000D_
 Art. 4º — A Semana da Atividade Física e o Dia Municipal do Profissional de Educação Física passam a integrar o Calendário Oficial de Eventos do Município de Bonito._x000D_
 _x000D_
 _x000D_
 Art. 5° Esta Lei entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>Vasti Enfermeira</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei._autorizacao_para_tfd._cm_bonito._vereadora_vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei._autorizacao_para_tfd._cm_bonito._vereadora_vasti.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DO BONITO A INSTITUIR, REGULAMENTAR E EXECUTAR O PROGRAMA MUNICIPAL DE TRATAMENTO FORA DO DOMICÍLIO (TFD)</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/semana_do_vaqueiro_assinado_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/semana_do_vaqueiro_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Ementa: Institui, no âmbito do Município de Bonito–PE, a Semana do_x000D_
 Vaqueiro, a ser comemorada anualmente na terceira semana de setembro, e_x000D_
 dá outras providências</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>Paulinho de Devá</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/projeto_de_lei._eliminador_de_ar._compensa._cm_bonito._assinado_2x.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/projeto_de_lei._eliminador_de_ar._compensa._cm_bonito._assinado_2x.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DO BONITO, A PROMOVER A INSTALAÇÃO DE EQUIPAMENTO ELIMINADOR DE AR NOS HIDRÔMETROS INSTALADOS PELA COMPESA EM TODAS AS UNIDADES CONSUMIDORAS DESTE MUNICÍPIO, BEM COMO DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei._eliminador_de_ar._compensa._cm_bonito._original_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei._eliminador_de_ar._compensa._cm_bonito._original_assinado.pdf</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/_projeto_de_lei_-_metralhas_e_material_de_construcao_-_vias_publicas_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/_projeto_de_lei_-_metralhas_e_material_de_construcao_-_vias_publicas_1.pdf</t>
   </si>
   <si>
     <t>Regulamenta a colocação de metralhas e materiais de construção nas vias públicas e calçadas, estabelecendo normas de controle, fiscalização e penalidades.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_lei_henrique_n.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_lei_henrique_n.pdf</t>
   </si>
   <si>
     <t>Art. 1º Fica concedido o título de Utilidade Pública Municipal à Associação_x000D_
 Atlética Maguary, com sede no município de Bonito – PE, inscrita no CNPJ sob o_x000D_
 nº 10.121.093/0001-66, com endereço na Rua José Bezerra de Melo no Bairro do_x000D_
 Jucá, Bonito – PE._x000D_
 Art. 2º A Associação Atlética Maguary é uma entidade privada, com atuação_x000D_
 nas áreas de esporte, lazer e promoção social, prestando relevantes serviços à_x000D_
 comunidade bonitense.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/projeto_de_lei__estudante.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/projeto_de_lei__estudante.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Incentivo à Leitura Infantil e Juvenil no âmbito do Município de Bonito e dá outras providências.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/projeto_de_lei._programa_municipal_de_atendimento_humanizado._cm_bonito._vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/projeto_de_lei._programa_municipal_de_atendimento_humanizado._cm_bonito._vasti.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DO BONITO A INSTITUIR, REGULAMENTAR E EXECUTAR O PROGRAMA MUNICIPAL DE ATENDIMENTO HUMANIZADO NA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/projeto_de_lei_joao_diniz.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/projeto_de_lei_joao_diniz.pdf</t>
   </si>
   <si>
     <t>EMENTA: Projeto de Lei Municipal Proíbe a utilização de caminhões basculante_x000D_
 para a coleta de lixo, garantindo segurança e condições adequadas de trabalho aos_x000D_
 garis, no âmbito do Município de Bonito-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/bairro_jose_batista_assinado_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/bairro_jose_batista_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Denomina o Loteamento Rosângela, localizado no Município de Bonito – _x000D_
 PE, como Bairro José Batista de Lima, e dá outras providências</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/pla_praca_e_nossa_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/pla_praca_e_nossa_assinado.pdf</t>
   </si>
   <si>
     <t>EMENTA: Institui o Projeto “A Praça é Nossa” no Município de Bonito-PE e dá outras providências._x000D_
 O Vereador João Diniz, no uso das atribuições que lhe são conferidas pela Lei Orgânica do Município de Bonito, apresenta à apreciação do Plenário o seguinte Projeto de Lei:________________________________________</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/animais-1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/animais-1.pdf</t>
   </si>
   <si>
     <t>O Vereador Henrique César da Cunha Silva, no uso de suas atribuições legais e regimentais conferidas pela Lei Orgânica Municipal e pelo Regimento Interno, e em conformidade com o que dispõe a legislação vigente, apresenta o seguinte Projeto de Lei:_x000D_
 Art. 1º Fica instituído, no município de Bonito–PE, o Censo Municipal de Animais Domésticos, abrangendo cães e gatos, com a finalidade de identificar, mapear e quantificar esses animais nas áreas urbana do município.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_capoeira_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_capoeira_assinado.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a “Associação de Capoeira Negrinhos de Sinhá VII-BONITO PE”,_x000D_
  e dá outras providências.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Holandinha</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1157/cartaz_corrigido__assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1157/cartaz_corrigido__assinado.pdf</t>
   </si>
   <si>
     <t>"Torna-se” obrigatório a fixação em  _x000D_
                                                                                Estabelecimento    veterinário     de   _x000D_
                                                                                cartazes  em  local  visível contendo                                                  _x000D_
                                                                                informações   sobre  as  penas  para  _x000D_
                                                                                 crime de maus-tratos a cães e gatos.      _x000D_
                                                                                 crime de maus-tratos a cães e gatos.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_correto_28_lei_do_ano_letivo_29_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_correto_28_lei_do_ano_letivo_29_assinado.pdf</t>
   </si>
   <si>
     <t>Garantir a manutenção do ano   _x000D_
                                                                                     letivo para mulheres vitimas de _x000D_
                                                                                      violência domestica e familiar_x000D_
                                                                                       e seus dependentes na rede _x000D_
                                                                                      pública municipal.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/nome_da_rua_severino_queiroz_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/nome_da_rua_severino_queiroz_assinado.pdf</t>
   </si>
   <si>
     <t>Ementa: Denominar logradouro_x000D_
 Público, e da providências_x000D_
 _x000D_
 O Vereador José Holanda Cavalcanti Filho, no uso de suas atribuições legais colocada para apreciação dessa casa Legislativa, o seguinte Projeto de Lei:_x000D_
 _x000D_
 Art.1° - Fica denominada a Rua SEVERINO QUEIROZ DE SANTANA a rua três do loteamento Bandeirantes, hoje chamada de Rua SERGIPE._x000D_
 _x000D_
 Art.2° - Esta Lei entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/projeto_de_lei_-_burrego.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/projeto_de_lei_-_burrego.pdf</t>
   </si>
   <si>
     <t>DENOMINA A “RUA DA SERRARIA”, SITUADA EM BENTIVI, COMO: “RUA JOSÉ HENRIQUE DA SILVA” E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/autista_assinado_holandinha.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/autista_assinado_holandinha.pdf</t>
   </si>
   <si>
     <t>Institui a inclusão de identificação_x000D_
 Visual para pessoas neuro divergente_x000D_
 Que estejam em atendimento de saúde_x000D_
 No município de Bonito/PE e da outras_x000D_
 Providencias.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/remocao_de_veiculos.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/remocao_de_veiculos.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Remoção de Veículos, Sucatas, Chassis, Carcaças ou Partes e Veículos Abandonados em Vias Públicas e Demais Logradouros.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>Junior Heráclio</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/projeto_de_lei_veiculos_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/projeto_de_lei_veiculos_assinado.pdf</t>
   </si>
   <si>
     <t>“ Dispõe sobre a obrigatoriedade de_x000D_
 identificação dos veículos da frota Municipal e_x000D_
  dá outras providências’’_x000D_
 _x000D_
 Art. 1º – Fica obrigatória a identificação de todos os veículos pertencentes à frota da Prefeitura Municipal de Bonito, incluindo os de uso direto e indireto da administração pública, com adesivos visíveis contendo as seguintes informações:_x000D_
 _x000D_
 I – Nome da Prefeitura e da Secretaria ou órgão ao qual o veículo está vinculado;_x000D_
 II – Brasão ou logomarca oficial do Município de Bonito;_x000D_
 III – Número de patrimônio ou identificação do veículo, se houver;_x000D_
 IV – Frase : “Uso exclusivo em serviço público”._x000D_
 _x000D_
 Art. 2º – A identificação deverá ser afixada de forma visível nas portas dianteiras laterais dos veículos, com material resistente às intempéries e de modo a garantir sua legibilidade;_x000D_
 _x000D_
 Art. 3º – Ficam incluídos nesta obrigação os veículos alugados ou cedidos por terceiros que estejam a serviço do Município, durante todo o período de uso pela administração;_x000D_
 _x000D_
 Art. 4º – A identificação deverá ser mantida em bom estado de conservação, sendo responsabilidade do órgão ou Secretaria usuária à sua substituição ou reparo quando necessário;_x000D_
 _x000D_
 Art. 5º – O descumprimento desta lei implicará na responsabilização administrativa do gestor responsável, nos termos da legislação vigente._x000D_
 _x000D_
 Art. 6º – Esta Lei entra em vigor na data de sua publicação, com prazo de 60 (sessenta) dias para sua regulamentação e adequação dos veículos atualmente em uso.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/holandinha_projeto.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/holandinha_projeto.pdf</t>
   </si>
   <si>
     <t>Dispões sobre vedação do acorrentamento_x000D_
 De cães e gatos por correntes ou corda, e dá_x000D_
 Outras providências.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/arca_de_noe_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/arca_de_noe_assinado.pdf</t>
   </si>
   <si>
     <t>Art. 1º – Fica determinado o dia 28 de outubro como o “Dia do Protetor Independente dos Animais”._x000D_
 Art. 2º – Fica reconhecido como de relevante interesse público o trabalho desenvolvido, de forma voluntária, pelos protetores independentes de animais no município de Bonito, que atuam na defesa, no acolhimento, no resgate e nos cuidados com animais em situação de abandono, risco ou maus-tratos._x000D_
 Art.3°– Esta Lei entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>Valdiane</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/projeto_de_lei-1_assinado_3.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/projeto_de_lei-1_assinado_3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação e as diretrizes da campanha “Outubro Rosa” no âmbito do Município de Bonito.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_decreto_legislativo._medalha_dr._adalberto_d_oliveira_laercio_queiroz_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_decreto_legislativo._medalha_dr._adalberto_d_oliveira_laercio_queiroz_assinado.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA DR. ALBERTO D´OLIVEIRA AO SR._x000D_
 “JOSÉ LAÉRCIO VIANA DE QUEIROZ” POR SEUS_x000D_
 CONHECIDOS E RELEVANTES SERVIÇOS PRESTADOS AO_x000D_
 MUNICÍPIO DO BONITO, ESTADO DE PERNAMBUCO, BEM_x000D_
 COMO DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1188/ta_tulo_de_cidada_o_carlinhos_.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1188/ta_tulo_de_cidada_o_carlinhos_.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão do_x000D_
 Bonito/PE, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1198/conceder_medalha_corrigido_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1198/conceder_medalha_corrigido_assinado.pdf</t>
   </si>
   <si>
     <t>ementa</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_decreto_-_titulo_de_cidada_bonitense_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_decreto_-_titulo_de_cidada_bonitense_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Bonitense à Ilma. Sra. Ana Catarina Delgado de Souza.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/titulo_de_cidada_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/titulo_de_cidada_assinado.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE “CIDADÃ BONITENSE” À EXMA. SRA. ZINEDJA MORAIS MARQUES FRANÇA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 O Vereador José Holanda Cavalcanti Filho, no uso de suas atribuições legais conferidas pela legislação aplicável à matéria, propõe ao Plenário da Câmara de Vereadores o seguinte Projeto de Decreto Legislativo:_x000D_
 PROJETO DE DECRETO LEGISLATIVO_x000D_
 Art. 1º Fica concedido à Exma. Sra. Zinedja Morais Marques França o Título Honorífico de Cidadã do Bonito._x000D_
 Art. 2º A honraria de que trata o artigo anterior será conferida em Sessão Solene, a ser convocada futuramente pelo Presidente da Câmara Municipal de Bonito, especialmente para esse fim._x000D_
 Art. 3º Este Projeto de Decreto Legislativo entra em vigor na data de sua publicação.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/ana_catarina_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/ana_catarina_assinado.pdf</t>
   </si>
   <si>
     <t>PROJETO         DE          LEI             Nº 2025 _x000D_
 CONCEDE O TÍTULO DE “CIDADÃ BONITENSE” À EXMA.    SRA. ANA CATARINA DELGADO DE SOUZA E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/titulo_cidadao_irmao_roberval_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/titulo_cidadao_irmao_roberval_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Bonitense_x000D_
  Ao Exmo. José Roberval dos Santos_x000D_
  E dá outras providências</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/titulo_cidadao_kelly_1_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/titulo_cidadao_kelly_1_assinado.pdf</t>
   </si>
   <si>
     <t>Titulo cidadão</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/pdj_titulo_cidadao_bonito_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/pdj_titulo_cidadao_bonito_assinado.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão_x000D_
 do Bonito/PE, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Eiji Morimura, Henrique da Gold, Holandinha</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_da_mesa_diretora.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Altera os valores e distâncias constantes no Anexo l, da Resolução nº 01/2015, e die outras providências,</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1122/carlinhos_vilela.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1122/carlinhos_vilela.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer, após ouvido o Plenário, que seja encaminhado ofício solicitando à Secretaria de Transporte e Mobilidade para que seja construída uma faixa recuada para pedestres na rotatória da Avenida Dr. Alberto de Oliveira.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1123/henrique_da_gold.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1123/henrique_da_gold.pdf</t>
   </si>
   <si>
     <t>O vereador Henrique César da Cunha Silva, no uso de suas atribuições legais, vem respeitosamente requerer a Vossa Excelência, após a devida apreciação e votação do plenário, o encaminhamento deste requerimento ao Executivo. O objetivo é solicitar a implementação de um auxílio financeiro para o transporte universitário, assegurando suporte aos estudantes que precisam se deslocar para instituições de ensino localizadas fora do município.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1124/junior_heraclio.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1124/junior_heraclio.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Ruy Barbosa, a Secretaria Municipal de Infraestrutura, Secretária Letícia Cavalcanti e Secretaria Municipal de Educação e Esportes, Secretária Maria Elza, que seja elaborado um projeto de requalificação do campo, das quadras e de toda estrutura da Academia da Saúde, localizada no bairro Nossa Senhora de Fátima, conhecido como Mutirão. Considerando que a prática de esportes e lazer é de extrema importância para a saúde da população, como também a inclusão dos jovens e adultos proporcionando um bem estar social. Faço um apelo aos nobres pares para a aprovação deste requerimento.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1125/holanda_cavalcante.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1125/holanda_cavalcante.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora depois de cumprida as formalidades regimentais, direciono ao Sr. Prefeito Ruy Barbosa e á secretaria de obras Leticia Cavalcanti para que seja realizado a pavimentação ou mesmo o Asfalto da Rua Havaí no Bairro do mutirão, que com certeza irá ser feita pra melhoria dos moradores daquele local.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1126/joao_diniz.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1126/joao_diniz.pdf</t>
   </si>
   <si>
     <t>O vereador João Diniz no uso de suas atribuições legais vem. Requerer ao Presidente desta casa legislativa, que depois de cumprido as formalidades regimentais que encaminhe ao senhor prefeito Dr. Ruy Barbosa, este requerimento solicitando que seja feito os reparos das estradas principais que liga a cidade de Bonito aos sítios Quilongá, Viração, Imbiribeira e Maxixe</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1127/valdiane.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1127/valdiane.pdf</t>
   </si>
   <si>
     <t>Venho, na qualidade de Vereadora, solicitar ao Presidente desta Casa Legislativa que encaminhe ao chefe do Executivo Municipal este requerimento, solicitando a disponibilização do prédio do antigo posto de saúde da comunidade de Viração. O objetivo é transformar o espaço em um ponto de referência para a oferta de importantes serviços sociais, beneficiando diretamente as comunidades de Quilogá, Viração, Imbiribeira e Maxixe.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1128/vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1128/vasti.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa, ouvido o plenário e obedecidas as formalidades regimentais e com sua aprovação, que seja feito através de Ofício ao Exmo. Senhor Prefeito do Município Dr. Ruy Barbosa, com vistas a Secretária de Obras Sra. Letícia Cavalcante, que seja encaminhado ao Poder Executivo Municipal a solicitação para a realização de calçamento das Ruas OI e 02 da Nova Bentivi, localizadas no distrito de Bentivi, Município de Bonito-PE.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1131/didi.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1131/didi.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, após cumprimento das formalidades, que seja encaminhada a secretaria de infraestrutura a solicitação para que seja colocado um depósito coletor de lixo na comunidade do Rodeador,na entrada para o antigo sem terra e defronte de Biu Rufino, dessa forma atendo a reivindicação daquela comunidade.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1133/valdiane_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1133/valdiane_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação que seja implantado trocadores de fraldas nas Unidade Básicas de Saúde do munícipio.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1135/requerimento_2025_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1135/requerimento_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal de Bonito, Exmo. Prefeito Ruy Barbosa, a Secretaria Municipal de Infraestrutura, Secretária Letícia Cavalcanti, Secretaria Municipal de Saúde, Secretária Julieta Pinheiro, e a Vigilância Sanitária , que seja realizada a limpeza do canal, entre o bairro do Mutirão e Frei Damião, próximo à Escola Municipal Corinthians Melo, tendo como principal queixa dos moradores, a falta de limpeza e o acumulo de lixo, gerando o aumento de muriçocas, mosquitos, animais mortos e alagamentos naquele local,  colocando em risco à saúde dos mesmos que ali residem. Peço também, o envio do carro Fumacê, como método adicional de prevenção e combate a Dengue, dentre outras doenças. Faço um apelo aos nobres pares para a aprovação deste requerimento.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1136/requerimento_henrique_da_gold..pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1136/requerimento_henrique_da_gold..pdf</t>
   </si>
   <si>
     <t>O vereador Henrique César da Cunha Silva, no uso de suas atribuições legais, vem respeitosamente requerer a Vossa Excelência, após a devida apreciação e votação do plenário, o encaminhamento deste requerimento ao Executivo. O objetivo é solicitar a secretaria de obras na pessoa da senhora Leticia Cavalcante a implementação de serviços de saneamento básico e pavimentação da rua Joaquim Nabuco, no bairro da Nova Ribeira.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento.pdf</t>
   </si>
   <si>
     <t>O Requerimento solicita a requalificação da Unidade Básica de Saúde localizada em Bentivi, com o envio de ofício ao Exmo. Senhor Prefeito do Município, à Ilustríssima Senhora Secretária de Obras e Infraestrutura Letícia Cavalcanti e à Senhora Secretária de Saúde Julieta Pinheiro, para encaminhamento da solicitação ao Poder Executivo Municipal. O requerimento destaca a necessidade urgente de melhorias na infraestrutura da unidade, incluindo a reestruturação da calçada de acesso, construção de uma rampa para pessoas com deficiência, aquisição de novos equipamentos médicos como leitos e cadeiras de atendimento odontológico, além de mobiliário para organização do espaço, como cadeiras para sala de espera e armários para medicamentos. Também solicita a melhoria da sinalização adequada para os espaços, visando proporcionar um ambiente seguro, confortável e eficiente para o atendimento à comunidade. A requalificação é vista como essencial para garantir um atendimento de saúde de qualidade, promovendo o bem-estar da população e fortalecendo as campanhas de prevenção.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1139/requerimento_educacao_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1139/requerimento_educacao_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa, após cumpridas as formalidades regimentais que essa Casa aprove a nossa solicitação e, encaminhemos para o Exmº Sr. Prefeito Ruy Barbosa, Exmª Sra. Elza Silva – Secretária de Educação e Esporte e também o Exmº Arthur Vieira Secretário de Finanças, que encaminhem a esta Casa a atualização do da Tabela de Progressão dos Vencimentos dos Professores de nosso município, a mesma já estabelecida em Lei municipal de nº 1.147/2018, sendo assim, teremos os percentuais reajustados juntamente com o piso do magistério para que seja aplicado para os professores, e também a atualização da Tabela dos Agentes Administrativos da Educação.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1140/timbrado_28129_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1140/timbrado_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa Diretora depois de cumprida as formalidades regimentais, para que seja _x000D_
 enviado este requerimento ao Sr. Prefeito Ruy Barbosa e a secretaria de esporte e lazer Maria Elza, _x000D_
 solicitando a construção de um campo Society na localidade da Agrovila no distrito de Alto de Bonito._x000D_
 Tendo em vista que naquele local precisamente à “rua 2” que está totalmente livre com um _x000D_
 espaço adequado para essa finalidade</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1142/lixeiras_-_alto_bonito_-_requerimento.docx_28229_organized_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1142/lixeiras_-_alto_bonito_-_requerimento.docx_28229_organized_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem muito respeitosamente, atendendo à solicitação dos moradores e comerciantes da Feira Livre de Alto Bonito, requerer, após aprovado no Plenário, que seja encaminhado ofício à Secretaria de Meio Ambiente, responsável pela limpeza municipal, para que proceda com a instalação de lixeiras fixas em pontos estratégicos por toda a extensão da Rua Quirino Rodrigues, no distrito de Alto Bonito, local onde ocorre a feira livre aos Domingos.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1143/requerimento_2_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1143/requerimento_2_assinado_1.pdf</t>
   </si>
   <si>
     <t>Ao excelentíssimo senhor prefeito Ruy Barbosa, que seja instalado uma câmera de segurança.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1145/novo_para__assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1145/novo_para__assinado.pdf</t>
   </si>
   <si>
     <t>Requeremos à mesa diretora desta casa legislativa, depois de ouvido o plenário e cumpridas as _x000D_
 formalidades regimentais, requeiro com respeito ao Sr. Robeval secretario de agricultura para que _x000D_
 seja passada à maquina na estrada e que seja colocado material na localidade do Engenho Pará.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_cordenadoria_da_mulher.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_cordenadoria_da_mulher.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida as formalidades regimentais que seja enviado à Ilma Sra. Andreza Augusta Sobral Pimentel, Coordenadora de Políticas Públicas da Mulher Bonito PE,  para que vossa Senhoria encaminhe a Secretaria da Mulher de Pernambuco, Governo do Estado, documentação oficial e legislação municipal que comprovem a existência da Coordenadoria Municipal de Políticas Públicas da Mulher de Bonito bem como um pedido formal de um veículo destinado ao fortalecimento das políticas públicas para as mulheres em nosso município.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1149/banheiro_publico_-_prainha_-_requerimento.docx_28129_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1149/banheiro_publico_-_prainha_-_requerimento.docx_28129_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e_x000D_
 regimentais, vem muito respeitosamente, atendendo à solicitação dos_x000D_
 moradores e frequentadores da Prainha de Alto Bonito, requerer, após ouvido o_x000D_
 Plenário e com base no interesse público, que seja oficiado a Secretaria de_x000D_
 Obras e Infraestrutura para que realize a construção de banheiros públicos e_x000D_
 duchas na referida localidade, bem como a contratação de servidores_x000D_
 municipais para realizar a manutenção diária desses equipamentos,_x000D_
 especialmente nos finais de semana e feriados.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>Val da Elétrica</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1150/requerimento_ponte_do_mofao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1150/requerimento_ponte_do_mofao.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de ouvido o plenário e cumpridas às formalidades regimentais, que seja feito veemente apelo ao Excelentíssimo Senhor prefeito do município de Bonito – PE, no sentido de que seja feita a ponte do mofão. Ponte essa que interliga laje grande – Catende - PE a todo o município de bonito.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_vastii.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_vastii.pdf</t>
   </si>
   <si>
     <t>O Requerimento  solicita a requalificação da Unidade Básica de Saúde localizada em Bentivi, com o envio de ofício ao Exmo. Senhor Prefeito do Município, à Ilustríssima Senhora Secretária de Obras e Infraestrutura Letícia Cavalcanti e à Ilustríssima Senhora Secretária de Saúde Julieta Pinheiro, para encaminhamento da solicitação ao Poder Executivo Municipal. O requerimento destaca a necessidade urgente de melhorias na infraestrutura da unidade, incluindo a reestruturação da calçada de acesso, construção de uma rampa para pessoas com deficiência, aquisição de novos equipamentos médicos como leitos e cadeiras de atendimento odontológico, climatização, além de mobiliário para organização do espaço, como cadeiras para sala de espera e armários para medicamentos. Também solicita a melhoria da sinalização adequada para os espaços, visando proporcionar um ambiente seguro, confortável e eficiente para o atendimento à comunidade. A requalificação é vista como essencial para garantir um atendimento de saúde de qualidade, promovendo o bem-estar da população e fortalecendo as campanhas de prevenção.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1155/praca_agrovila_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1155/praca_agrovila_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa Diretora depois de cumprida as formalidades regimentais, atendendo o pedido da comunidade da Agrovila em alto Bonito solicito ao Sr. Prefeito Ruy Barbosa e a secretaria de obra  Leticia Cavalcanti a construção de uma praça pública naquela localidade contendo  uma pista de caminhada e parques de diversão.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_val_da_eletrica_.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_val_da_eletrica_.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, depois de ouvido o Plenário e cumpridas as formalidades regimentais, que seja feito veemente apelo ao Excelentíssimo Senhor prefeito do município de Bonito – PE, no sentido de que seja feita a ponte do Mofão. Ponte essa que interliga Laje Grande, Catende- PE, a todo município de Bonito.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>Gustavo CD</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_esgoto.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_esgoto.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Presidente, _x000D_
 Venho por meio deste, no uso de suas prerrogativas legais e em consonância com os interesses da população que representa, requerer à Secretaria Municipal de Obras e a Excelentíssima Secretária de Obras Leticia Elvira Diógenes Cavalcante a execução de obra de esgotamento sanitário no bairro Frei Damião, da rua 1 a rua 9, tendo em vista a urgência e a necessidade da implementação desse serviço essencial para a saúde pública e o bem-estar dos moradores.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_17-03-2_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_17-03-2_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal de Bonito, Exmo. Prefeito Ruy Barbosa, e  Secretária Municipal de Transporte e Mobilidade, o Srº Felipe Galindo, que seja elaborado um projeto, através de um Engenheiro de Trânsito para requalificar e reorganizar a estrutura do trânsito do centro comercial em Bonito, e as demais ruas de acesso. Tendo em vista, as frequentes reclamações e a insatisfação dos comerciantes, moradores e visitantes turistas em nossa cidade. Com isso, iremos desenvolver o fluxo de trânsito em nosso comércio, acessibilidade, segurança e melhoria para a população em geral. Faço um apelo aos nobres pares para a aprovação deste requerimento.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1162/requerimento_sala_azul.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1162/requerimento_sala_azul.pdf</t>
   </si>
   <si>
     <t>O requerimento tem por objetivo solicitar a implantação de uma sala azul na Escola Municipal José Piaulino de Melo, localizada em Bentivi.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_do_lixo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_do_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Após cumpridas as formalidades regimentais e ouvido o douto plenário, sirvo-me do presente para solicitar ao Prefeito do Bonito Exmº Sr. Ruy Barbosa, Secretário de Finanças Exmº Sr. Arthur Vieira e, a Exmº Sra. Secretária de Obras Letícia Cavalcante, informações acerca dos pagamentos realizados pela empresa URBANA ALUGUEL DE CARROS – EIRELI (com razão social atual – URBANA SOLUCÕES AMBIENTAIS LTDA – EPP), aos seus funcionários decorrente do contrato nº 47/2022, firmado entre o munício de Bonito e, a empresa, supramencionada, devendo ser apresentada cópia autenticada e legíveis dos comprovantes mensais dos funcionários. Detalhando pagamento com adicional de periculosidade e/ou insalubridade, bem como pagamentos relativos a adicional noturno. Também solicito a cópia do contrato com a referida empresa.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_praca_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_praca_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, após de cumpridas as formalidades regimentais,_x000D_
 requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Ruy Barbosa, e a_x000D_
 Secretaria de Infraestrutura, a Secretária Srª Letícia Cavalcanti, solicitar a_x000D_
 elaboração de um projeto para a construção de uma nova praça no Bairro da_x000D_
 Boa Vista, mas precisamente no Loteamento Uberaba, nas margens da PE_x000D_
 103, proporcionando um novo espaço de lazer e entretenimento para os_x000D_
 moradores. Bem como, a melhoria da iluminação pública, com a instalação de_x000D_
 postes e luminárias com extensão até o Condomínio Vale do Capema. E_x000D_
 também, que seja solicitado junto ao DER (Departamento de Estradas de_x000D_
 Rodagens), que sejam instaladas placas de sinalização e redutores de_x000D_
 velocidade, contribuindo para a segurança dos pedestres. Com esse_x000D_
 procedimento, deverá diminuir e prevenir possíveis acidentes e melhorar o_x000D_
 direito de ir e vir da população e dos moradores daquela localidade.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1174/requerimento_concurso_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1174/requerimento_concurso_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de Realização de Concurso Público_x000D_
 Considerando a necessidade de preenchimento de cargos em diversas áreas da_x000D_
 administração pública municipal e a importância de garantir a eficiência dos serviços_x000D_
 prestados à população, considerando que há mais de 16 anos não se realiza concurso_x000D_
 público em Bonito, considerando a falência do BonitoPrev, requer-se que a Prefeitura_x000D_
 Municipal de Bonito realize concurso público para todas as áreas que apresentem_x000D_
 demanda por servidores efetivos.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1175/henrique_turismo._1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1175/henrique_turismo._1.pdf</t>
   </si>
   <si>
     <t>O vereador Henrique César, no uso de suas atribuições regimentais, requer, após ouvido o plenário, que seja encaminhado ofício à Secretaria Municipal de Turismo, a secretaria de transportes e mobilidade urbana e ao Exmo. Sr. Prefeito, solicitando a instalação e melhoria da sinalização turística em Bonito-PE, com a implementação de placas informativas e direcionais para os principais pontos turísticos do município._x000D_
 _x000D_
 Bonito é reconhecido por suas belezas naturais, como cachoeiras, trilhas ecológicas e mirantes, além de sua rica cultura e gastronomia. No entanto, muitos visitantes enfrentam dificuldades para localizar e acessar esses atrativos devido à falta de sinalização adequada. A instalação de placas informativas, com indicações de acesso e dados históricos/culturais sobre cada local, contribuirá significativamente para a experiência dos turistas e fortalecerá o setor turístico da cidade._x000D_
 Além disso, é essencial que as placas sigam um padrão visual harmonizado, com informações em outros idiomas, facilitando a recepção de visitantes de outros estados e países. A inclusão de QR codes nas placas pode ser uma alternativa moderna para fornecer conteúdos interativos e mais detalhados sobre cada ponto turístico._x000D_
 Dessa forma, solicito que as Secretarias e o chefe do executivo realize a viabilidade e um levantamento das áreas prioritárias para a instalação da sinalização e providencie as ações necessárias para a sua efetivação.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>Júnior do Gado</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/equipe_hidraulica_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/equipe_hidraulica_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumpridas as formalidades regimentais, solicitando ao Exmº. Sr.Prefeito Ruy Barbosa, juntamente com a Secretária de obras Letícia Cavalcante, para que disponibilize uma equipe hidráulica, para o sítio Serra dos Ventos pra viabilizar a questão da água para esta comunidade.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1177/requerimento_-_praca.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1177/requerimento_-_praca.pdf</t>
   </si>
   <si>
     <t>Solicitação para a construção de uma praça no terreno localizado na Rua São José, s/n, atrás da igreja católica no distrito de Bentivi.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1178/calcada_joao_xxiii_-_alto_bonito_-_requerimento_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1178/calcada_joao_xxiii_-_alto_bonito_-_requerimento_2.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem muito respeitosamente, requerer, após ouvido o Plenário, que_x000D_
 seja encaminhado ofício à Secretaria de Infraestrutura e à Secretaria de Transporte e Mobilidade Urbana para que seja construída uma calçada no_x000D_
 trecho localizado em frente à Escola João XXIII, no distrito de Alto Bonito, observando todos os requisitos técnicos e de acessibilidade necessários para atender as pessoas com deficiência e mobilidade reduzida. Adicionalmente, solicita-se que seja feita a instalação de lixeiras ao longo dessa calçada, com o objetivo de manter o espaço público limpo e adequado para o uso de toda a comunidade, beneficiando diretamente os moradores e usuários da localidade.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1184/pedido_de_informacao_cref_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1184/pedido_de_informacao_cref_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste,  após de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Ruy Barbosa, a Secretária de Educação e Esportes, a Secretaria Maria Elza, que seja informado sobre os profissionais de Educação Física que atuam neste município, relacionando nomes, registro profissional CREF (Conselho Regional de Educação Física), com a respectiva carga horária, o valor dos contratos e os locais que os mesmos exercem suas funções. Diante do exposto, à fim de melhorar a gestão pública e contribuir com o direito a informação, faço um apelo aos nobres pares para a aprovação deste pedido de informação.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1185/requerimento_prainha.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1185/requerimento_prainha.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste,  após de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Ruy Barbosa, para que seja firmado um convênio com o grupamento do Corpo de Bombeiros Militar, para atuar na Prainha, no distrito de Alto Bonito, nas margens da Barragem do Prata. Estendemos o pedido a Secretária de Infraestrutura, a Secretaria Letícia Cavalcanti, para a construção de um alojamento para abrigar o grupamento de salva-vidas e instalação de placas de advertência para alertar sobre os locais de riscos. Considerando o potencial turístico do nosso município, onde há um fluxo significativo aos finais de semana e feriados, seria de extrema importância a presença da Corporação no local. Contribuindo assim, para um espaço de lazer ainda mais seguro e melhorando ainda mais o turismo local. Faço um apelo aos nobres pares para a aprovação deste requerimento.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>40</t>
-[...2 lines deleted...]
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1186/requerimento_secretaria_da_fazenda_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1186/requerimento_secretaria_da_fazenda_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador Paulinho de Devá, no uso de suas atribuições legais e regimentais, requer, após a devida tramitação regimental e aprovação pelo Plenário desta Casa Legislativa, que seja encaminhado o􀄰cio ao Secretário Municipal da Fazenda e Planejamento (sr. Artur vieira) solicitando informações acerca do planejamento municipal para a execução das emendas impositivas votadas e aprovadas por esta Câmara Municipal em 2024, para serem executadas no exercício de 2025.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1189/sala_lilas_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1189/sala_lilas_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora, depois de cumprida as formalidades regimentais, que seja aprovado por esta Egrégia Casa Legislativa, solicitando a Coordenadoria de Políticas Públicas para a Mulher que em parceria com a Delegacia de Polícia Civil de Pernambuco, seja implantada a SALA LILÁS NA DELEGACIA do município._x000D_
 _x000D_
 Justificativa,_x000D_
 _x000D_
 A violência contra a mulher é uma realidade preocupante em todo o Brasil, e medidas especializadas são essenciais para garantir o atendimento humanizado e eficiente às vítimas. Nesse sentido, a implantação de uma Sala Lilás na Delegacia Civil de Bonito-PE. Se faz necessária para oferecer um espaço adequado e acolhedor para mulheres e crianças vítimas de violência doméstica, sexual e de gênero._x000D_
 _x000D_
 Além disso, a criação da Sala Lilás está de acordo com as diretrizes da Lei Maria da Penha (Lei nº 11.340/2006), que prevê a implementação de políticas públicas voltadas ao enfrentamento da violência contra a mulher. A implantação desse espaço fortalece a rede de proteção municipal e contribui para a redução dos números alarmantes de violência, incentivando as vítimas a se sentirem seguras e denunciarem seus agressores com maior proteção e menos exposição.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1191/vereadora_vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1191/vereadora_vasti.pdf</t>
   </si>
   <si>
     <t>Requerimento que solicita ao Poder Executivo Municipal, por meio da Secretaria de Agricultura e da Secretaria de Obras, a realização de obras emergenciais na ladeira da Gila, localizada no Engenho Serro Azul, principal via de acesso à cidade de Bonito para os moradores da comunidade.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1192/henrique_08_04_2025.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1192/henrique_08_04_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais, requer à Mesa Diretora desta_x000D_
 Casa que, após ouvido o Plenário, seja encaminhado à Secretaria Municipal de Obras e_x000D_
 Infraestrutura, com cópia ao Exmo. Sr. Prefeito, o presente requerimento, solicitando a_x000D_
 substituição, manutenção e aumento na quantidade dos recipientes de coleta de lixo_x000D_
 (cestos de lixo públicos) instalados nos bairros e áreas de grande circulação da cidade de_x000D_
 Bonito-PE._x000D_
 Justificativa:_x000D_
 Atualmente, diversos pontos da cidade contam com recipientes para descarte de_x000D_
 resíduos que estão visivelmente danificados, com estrutura comprometida, capacidade_x000D_
 insuficiente ou até mesmo inutilizáveis. Essa situação tem causado transtornos à_x000D_
 população, contribuindo para o acúmulo de lixo nas vias públicas, mau cheiro,_x000D_
 proliferação de vetores de doenças e poluição visual, afetando diretamente a qualidade_x000D_
 de vida e a saúde pública._x000D_
 Além da troca imediata dos cestos quebrados, é necessário realizar a manutenção_x000D_
 periódica desses equipamentos e ampliar a quantidade existente, inclusive com a_x000D_
 instalação de dois ou mais recipientes lado a lado nos pontos de maior volume de_x000D_
 descarte_x000D_
 A gestão adequada dos resíduos sólidos urbanos começa por uma estrutura mínima de_x000D_
 descarte acessível, resistente e funcional. Por isso, solicitamos à Secretaria competente_x000D_
 que providencie essa melhoria de forma urgente, garantindo à população um ambiente_x000D_
 mais limpo, seguro e organizado.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1193/pedido_de_informacao_guarda_28129_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1193/pedido_de_informacao_guarda_28129_assinado.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO_x000D_
 Venho por intermédio deste, após cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Ruy Barbosa, e a Secretaria de Governo e Segurança, o Secretário Carlos Henrique, venho por meio deste solicitar as seguintes informações acerca da Guarda Municipal de Bonito:_x000D_
 I.	Nomes dos servidores da Guarda Municipal que atuam no município, discriminando a carga horária de trabalho de cada um deles._x000D_
 II.	Valor dos contratos firmados entre a Prefeitura Municipal de Bonito e os prestadores de serviços que atuam na Guarda Municipal, incluindo informações detalhadas sobre os valores totais pagos._x000D_
 III.	Locais de atuação dos membros da Guarda Municipal, especificando as áreas e locais onde exercem suas funções regularmente._x000D_
 IV.	Cópias das notas fiscais do MEI (Microempreendedor Individual) relacionados aos contratos dos prestadores de serviços que atuam na Guarda Municipal._x000D_
 V.	Critérios adotados para a contratação dos integrantes da Guarda Municipal, incluindo seleção, exigências e análise de qualificações._x000D_
 VI.	Gastos com combustíveis utilizados pelos membros da Guarda, detalhando os valores gastos mensalmente, bem como a justificativa para esses gastos._x000D_
 VII.	Aquisição e fornecimento de EPIs (Equipamentos de Proteção Individual) aos integrantes da Guarda Municipal, incluindo a descrição dos itens fornecidos, quantidade e periodicidade de reposição._x000D_
 VIII.	Cursos de capacitação realizados pelos membros da Guarda Municipal, incluindo a lista de cursos oferecidos, carga horária, quantidade de participantes e a qualificação dos instrutores._x000D_
 Essas informações são solicitadas para que esta Casa Legislativa possa acompanhar e fiscalizar a gestão pública, garantindo que todos os processos de contratação e execução de serviços sejam realizados de acordo com a legislação e os princípios da transparência e eficiência administrativa.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_audiencia_publica_do_turismo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_audiencia_publica_do_turismo_assinado.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve, Paulinho de Devá, no uso de suas atribuições legais, requer à Mesa Diretora, após ouvido o plenário, que seja realizada uma Audiência Pública com o setor do Turismo Local, incluindo a participação de representantes do Trade Turístico, da Secretaria Municipal de Turismo, da Secretaria Municipal de Meio Ambiente, das demais secretarias municipais, das associações do setor, guias de turismo, e demais entidades que compõem e influenciam a atividade turística no município de Bonito, com o objetivo de debater assuntos de interesse turístico municipal.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_28129_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Instalação de um Painel Informativo Turístico na entrada de acesso à Rota das Cachoeiras, e implantação de sinal de internet nos pontos estratégicos da mesma rota.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1197/pdf-val.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1197/pdf-val.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de ouvido o plenário e compridas as formalidades regimentais que seja feito veemente ao excelentíssimo senhor Prefeito do município de Bonito – PE, no sentido de que seja feita ponte da cachoeira da corrente, a mesma que dá acesso a Palmares, Serro Azul e Bentivi</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1199/campo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1199/campo_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa Diretora depois de cumprida as formalidades regimentais, para que seja enviado este requerimento ao Sr. Prefeito Ruy Barbosa e a secretaria de esporte e lazer Maria Elza, solicitando a construção de um campo Society na localidade da Agrovila no distrito de Alto de Bonito. Tendo em vista que naquele local precisamente à “rua 2” que está totalmente livre com um espaço adequado para essa finalidade</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1200/vereadorav_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1200/vereadorav_2.pdf</t>
   </si>
   <si>
     <t>Requerimento à Prefeitura Municipal solicitando a execução de calçamento na Rua Nova, em Bentivi, com o objetivo de garantir a mobilidade urbana, segurança de pedestres e veículos, valorização de imóveis e melhoria na qualidade de vida da população, especialmente em períodos de chuva.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1201/defensoria_publica_-_requerimento_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1201/defensoria_publica_-_requerimento_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e_x000D_
 regimentais, vem muito respeitosamente, requerer, que seja oficiado à_x000D_
 Defensoria Pública do Estado de Pernambuco, solicitando providências_x000D_
 urgentes para a regularização do atendimento presencial da instituição no_x000D_
 município de Bonito.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1202/audiencia_publica_assinado_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1202/audiencia_publica_assinado_2.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor presidente Eiji Morimura  _x000D_
 Vereador Holandinha _x000D_
 Câmara municipal de Bonito- Pernambuco _x000D_
 _x000D_
 O vereador que subscreve, Holandinha, no uso das suas atribuições legais, requer à mesa diretora, após ouvido o plenário, que seja realizado uma audiência pública com o setor da Compesa , incluíndo a participação de representantes da compesa com a promotoria, ministério público, toda a imprensa, deputados e o povo._x000D_
 _x000D_
 A realização da referida audiência pública visa ouvir a sociedade civil organizada, promover o diálogo entre os diversos atores envolvidos no setor de distribuição de água e, acima de tudo, buscar soluções conjuntas para uma melhoria  e bem estar para a população bonitense._x000D_
 _x000D_
 Na certeza de que a presente solicitação será atendida, aguardo o pronunciamento de V. Exa., reiterando os meus votos de estima e consideração.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1203/henrique_cesar_1504.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1203/henrique_cesar_1504.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de política pública municipal de incentivo às compras governamentais com prioridade para microempreendedores e pequenos negócios locais._x000D_
 _x000D_
 Excelentíssimo Senhor Presidente, nobres pares!_x000D_
 _x000D_
 O Vereador que este subscreve, nos termos regimentais, requer, após ouvido o Plenário, que seja enviado Ofício ao Excelentíssimo Senhor Prefeito do Município de Bonito-PE, Dr. Ruy Barbosa e  à Secretaria de Administração e Finanças, para que seja realizado estudo de viabilidade jurídica, administrativa e financeira com o objetivo de implantar uma política pública de incentivo às compras governamentais com prioridade para microempresas (MEs), empresas de pequeno porte (EPPs) e microempreendedores individuais (MEIs) sediados em Bonito._x000D_
 _x000D_
 Essa política poderá incluir, entre outras medidas:_x000D_
 •	Criação de um cadastro municipal de fornecedores locais com capacitação técnica e administrativa;_x000D_
 •	Campanhas de valorização do comércio bonitense e estímulo ao consumo local também por órgãos públicos;_x000D_
 •	Prioridade de contratação para bens e serviços disponíveis no município, sempre respeitando os critérios de legalidade, economicidade e qualidade._x000D_
 •	       Criação de editais simplificados e com linguagem acessível para facilitar a participação de microempreendedores e pequenos negócios nas licitações municipais._x000D_
 _x000D_
 JUSTIFICATIVA:_x000D_
 O presente requerimento visa fomentar a economia local por meio da valorização dos pequenos negócios, fortalecendo o comércio, gerando empregos e promovendo o desenvolvimento sustentável de Bonito-PE. A priorização de fornecedores locais nas compras públicas contribui para manter os recursos no próprio município e impulsiona a formalização de novos empreendimentos._x000D_
 _x000D_
 Diante disso, solicitamos sensibilidade e atenção do Poder Executivo para viabilizar a criação e implementação desta política pública, que será um importante passo para o fortalecimento da nossa economia._x000D_
 _x000D_
 Sala das Sessões, Bonito 15 de abril de 2025.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_cemiterio_novo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_cemiterio_novo_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Ruy Barbosa, e a Secretaria Municipal de Infraestrutura, a Secretária Letícia Cavalcanti, e demais órgãos competentes, para que seja elaborado um estudo de viabilidade, em caráter de urgência, para a construção de um novo cemitério municipal. Tendo em vista, que há vários anos presenciamos situações de desespero de familiares que perderam seus entes queridos à procura de um espaço para enterrar os mesmos. É preciso reunir nossas forças com o Poder Executivo e Poder Legislativo, para juntos encontrarmos uma solução para esse cenário inaceitável. Faço um apelo aos nobres pares para a aprovação deste requerimento.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_wi-fi_gratuito_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_wi-fi_gratuito_assinado.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve, Paulo Sergio da Silva – Paulinho de Devá, no uso de suas atribuições legais, vem, respeitosamente, requerer ao Excelentíssimo Senhor Prefeito do Município de Bonito – Pernambuco, Ruy Barbosa, a implantação de wi-fi gratuito nos seguintes locais do município de Bonito, com o objetivo de ampliar o acesso à internet, promover inclusão digital e facilitar o acesso à informação para a população.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/requerimento_portico_assinado_novo..pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/requerimento_portico_assinado_novo..pdf</t>
   </si>
   <si>
     <t>Eu Vereador João Diniz, venho por meio deste, solicitar ao Ilustríssimo Senhor Prefeito Dr. Ruy Barbosa, a construção e instalação de um pórtico de pequeno porte, no início da estrada José Francisco Rufino, que dá acesso às comunidades de Viração, Quilongá, Imbiribeira e Maxixe.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições regimentais, vem _x000D_
 requerer, após ouvido o plenário, que seja enviado ofício Exmo. Sr. Prefeito Dr. Ruy _x000D_
 Barbosa e a Secretaria Municipal de Educação e Esportes Maria Elsa, solicitando _x000D_
 providências quanto à urgente recuperação da estrutura esportiva do campo do Distrito _x000D_
 de Bentivi. _x000D_
 É importante destacar que, nas comunidades da zona rural, o futebol é muitas vezes _x000D_
 uma das principais opções de lazer e um importante gerador de movimentação _x000D_
 econômica, beneficiando pequenos comerciantes locais, como vendedores de lanches _x000D_
 e bebidas. A ausência de condições mínimas adequadas para a prática esportiva _x000D_
 compromete não apenas o esporte e o lazer, mas também a dinâmica social e _x000D_
 econômica da comunidade. _x000D_
 Fomentar o esporte e o lazer é investir em saúde, educação e cidadania, devendo _x000D_
 ser garantidas condições básicas como a existência de duas traves adequadas, _x000D_
 estrutura física segura, cercas ou alambrados para impedir a entrada de animais e _x000D_
 manutenção periódica dos espaços esportivos. _x000D_
 Diante do exposto, solicito a aprovação deste requerimento e o envio imediato deste _x000D_
 pedido à Secretaria Municipal de Educação e Esportes, para que sejam tomadas as _x000D_
 devidas providências.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/calcada_somopar_-_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/calcada_somopar_-_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas_x000D_
 atribuições legais e regimentais, vem, muito respeitosamente,_x000D_
 requerer, após ouvido o Plenário, que seja encaminhado ofício_x000D_
 à Secretaria de Infraestrutura e à Secretaria de Transporte_x000D_
 e Mobilidade Urbana, solicitando a revitalização da calçada_x000D_
 localizada na Rua Major Alfredo Agostinho, no bairro da_x000D_
 Cachoeira, nesta cidade, por trás da fábrica SOMOPAR,_x000D_
 observando todos os requisitos técnicos e de acessibilidade_x000D_
 necessários para atender às pessoas com deficiência e_x000D_
 mobilidade reduzida.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/requerimento_acao_social_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/requerimento_acao_social_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Ruy Barbosa, e a Secretaria Municipal de Desenvolvimento Social e Direitos Humanos, a Secretária Franciele Gomes, solicitando a intensificação das ações e políticas públicas voltadas ao atendimento da população em situação de rua no município._x000D_
 _x000D_
 Tal solicitação se justifica pela crescente presença de pessoas em vulnerabilidade social nas ruas da nossa cidade, enfrentando condições extremas de abandono, fome, frio e insegurança. É dever do poder público garantir a dignidade humana e promover o acesso a serviços de assistência social, saúde, abrigo, alimentação e reinserção social._x000D_
 _x000D_
 Requer-se, ainda, que seja avaliada a possibilidade de:_x000D_
 	•	Ampliação das equipes do serviço de abordagem social;_x000D_
 	•	Criação ou reforço de centros de acolhimento com estrutura adequada;_x000D_
 	•	Parcerias com entidades e ONG’s que atuam na área;_x000D_
 	•	Campanhas de conscientização sobre o acolhimento humanizado._x000D_
 _x000D_
 Na certeza do atendimento deste pleito, renovo meus votos de elevada estima e consideração.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/rede_eletrica_gregorio.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/rede_eletrica_gregorio.pdf</t>
   </si>
   <si>
     <t>Venho, por meio deste, requerer a Secretaria Municipal de Obras, a elaboração e implantação de um projeto de extensão de redes elétricas no Loteamento Gregório, em Alto Bonito. A ausência de infraestrutura elétrica adequada tem gerado inúmeros transtornos aos moradores da localidade, comprometendo a qualidade de vida, a segurança e o desenvolvimento da comunidade.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/der-pe.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/der-pe.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições regimentais, vem requerer, após ouvido o plenário, que seja enviado um ofício de caráter de urgência, ao Excelentíssimo Senhor Rivaldo Melo, diretor-Presidente do Departamento de Estradas e Rodagens de Pernambuco (DER-PE) solicitando urgente a instalação de lombadas, sinalização e faixa de pedestres no trecho urbano das PE-103 e PE-109, que atravessa o município de Bonito._x000D_
 Justificativa:_x000D_
 A PE-103 e a PE-109 são rodovias de grande circulação, conectando Bonito a outros municípios da região. No entanto, o trecho urbano das referidas rodovias tem apresentado elevado fluxo de veículos, incluindo automóveis, motocicletas e ônibus, além de pedestres, especialmente no período diurno._x000D_
 A instalação de lombadas, conforme previsto no Código de Trânsito Brasileiro (Lei nº 9.503/1997), é uma medida eficaz para redução da velocidade dos veículos, proporcionando maior segurança para os pedestres e motoristas, além de contribuir para a diminuição de acidentes._x000D_
 Diante do exposto, venho requer:_x000D_
 A realização de estudos técnicos para avaliar a viabilidade e a necessidade de outras medidas de segurança viária, faixas de pedestres e redutores de velocidade adicionais. A colaboração do DER-PE com a Prefeitura Municipal de Bonito para a implementação das melhorias solicitadas, visando à segurança e bem-estar da população.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/adobe_scan_6_de_mai._de_2025_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/adobe_scan_6_de_mai._de_2025_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à mesa diretora, depois de ouvido o plenário e  cumpridas as formalidades legais, requeiro ao excelentíssimo Prefeito Dr. Ruy juntamente com á Secretaria de obra, para que seja instalado placas de identificação nas ruas do bairro do Frei Damião, pois sem as identificações com os nomes  das ruas os serviços de entrega como correios não conseguem localizar os endereços informado pelos moradores, dada a extensão do bairro.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/maquinas_tipim_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/maquinas_tipim_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumpridas as formalidades regimentais, Solicitando ao Secretário _x000D_
 de Agricultura  Sr. José Roberval dos Santos, para que possa levar a Patrulha Mecanizada com _x000D_
 máquinas, caçambas  e matérias (Pissaro) pra colocar na comunidade do Sítio Tipim.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimentos_estradas_281329_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimentos_estradas_281329_assinado.pdf</t>
   </si>
   <si>
     <t>Manutenção de estradas</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_vasti.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a execução de calçamento ou infraestrutura definitiva no final da Rua do Campo, em Bentivi.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/requerimento__religioso_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/requerimento__religioso_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, requer, após ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhado o presente Requerimento à Mesa Diretora, solicitando o envio de ofício ao Excelentíssimo Senhor Prefeito Ruy Barbosa e ao Senhor Secretário de Turismo Jobson Sales, para que sejam adotadas as providências necessárias visando à criação de um roteiro de turismo religioso no município de Bonito.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/ilovepdf_merged_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/ilovepdf_merged_1.pdf</t>
   </si>
   <si>
     <t>José Holanda Cavalcante Filho, vereador da Câmara Municipal de Bonito, no uso de suas _x000D_
 atribuições legais, e em conformidade com o Regimento Interno da Câmara, vem por _x000D_
 meio deste REQUERER a formação de uma Comissão Temporária composta pelos _x000D_
 vereadores abaixo relacionados, com o intuito de organizar e conduzir uma Audiência _x000D_
 Pública destinada a discutir os serviços prestados pela Companhia Pernambucana de _x000D_
 Saneamento COMPESA no município de Bonito, com o objetivo de ouvir a população e _x000D_
 autoridades competentes sobre as condições do fornecimento de água, esgotamento _x000D_
 sanitário e demais serviços relacionados, conforme os seguintes termos: _x000D_
 1 - DA FORMAÇÃO DA COMISSÃO TEMPORÁRIA _x000D_
 Fica formada a Comissão Temporária para a realização da Audiência Pública sobre os _x000D_
 serviços prestados pela COMPESA, composta pelos seguintes vereadores: _x000D_
 1. _x000D_
 Vereador José Holanda Cavalcante Filho - Presidente _x000D_
 2. _x000D_
 3. _x000D_
 Vereador Divaldo José da Silva - Relator _x000D_
 Vereador João Diniz da Silva - Membro _x000D_
 11 - DO OBJETIVO _x000D_
 o objetivo da comissão será a organização e a condução de Audiência Pública com a _x000D_
 participação de autoridades municipais e estaduais, além de convidados e da população _x000D_
 de Bonito, para discutir as condições do fornecimento de água, a qualidade dos serviços _x000D_
 prestados, o abastecimento, as tarifas e os investimentos no município. _x000D_
 111 - DA DATA, LOCAL E HORÁRIO DA AUDl~NCIA PÚBLICA _x000D_
@@ -2538,2543 +2556,2543 @@
 Legislativa. _x000D_
 V - DAS AÇÕES DA COMISSÃO _x000D_
 A Comissão Temporária terá como principais responsabilidades: _x000D_
 1. _x000D_
 2. _x000D_
 3. _x000D_
 4. _x000D_
 Convocar a COMPESA e outras autoridades relacionadas ao serviço de _x000D_
 fornecimento de água e esgoto; _x000D_
 Elaborar a pauta da audiência pública; _x000D_
 Convidar a população e as partes interessadas a participarem da audiência; _x000D_
 Realizar a audiência pública, colhendo contribuições, sugestões e críticas para _x000D_
 posterior análise e tomada de ações por esta Casa Legislativa. _x000D_
 VI - DA DURAÇÃO DA COMISSÃO _x000D_
 A comissão será de caráter temporário, com duração até a realização e conclusão da _x000D_
 Audiência Pública e elaboração do relatório final, que será encaminhado à Câmara _x000D_
 Municipal de Bonito e à COMPESA para as devidas providências.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/image_20250512_0001.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/image_20250512_0001.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, após ouvido o Plenário, requerer ao Excelentíssimo Senhor Prefeito Municipal de Bonito-PE DR Ruy Barbosa por meio da Secretaria Municipal de Obras e Infraestrutura e a secretaria Leticia Cavalcanti, que seja providenciado o complemento do calçamento da Rua do Campo localizado na colônia do Município de Bonito PE</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/requerimento_picarro_guaretama.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/requerimento_picarro_guaretama.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer a Secretaria Municipal de Agricultura, a colocação de piçarro nos pontos mais críticos na estrada que interliga Guaretama até Capim de cheiro.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/placa_de_taxi_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/placa_de_taxi_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador  José Holanda Cavalcanti Filho, no usos de suas atribuições legais conferidas pela Lei Orgânica Municipal e pelo Regimento Interno da Câmara municipal dos vereadores do Bonito, propõe ao Plenário desse respeitável Órgão Legislativo, que seja feito um apelo ao Prefeito do Município, Sr. Ruy Barbosa, que proceda às medidas necessárias no sentido de incluir os veículos hatch, sedan, station, wagon, minivan, suv, caminhoneta ou caminhonete cabine dupla para prestação de serviço de transporte individual de passageiros na modalidade de táxi da Cidade  do Bonito.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/rua_1_2_e_3_ab_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/rua_1_2_e_3_ab_assinado.pdf</t>
   </si>
   <si>
     <t>Ilustríssimo Senhor Prefeito Ruy Barbosa, _x000D_
 _x000D_
 Excelentíssima Senhora Secretária Letícia Cavalcante, _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
  Venho, por meio deste, requerer a Secretaria Municipal de Obras, a elaboração e implantação de um projeto para que possa termina os calçamentos finais da rua 1 2 E 3 do Benício Cavalcante no distrito de Alto Bonito. _x000D_
 _x000D_
 _x000D_
 _x000D_
 Contamos com a sensibilidade e empenho de Vossa Excelências para atender esta demanda urgente e justo, desde já agradeço e me coloco a disposição para qualquer esclarecimento.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento_a_excelentissima_leticia_cavalcante_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento_a_excelentissima_leticia_cavalcante_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereado João Diniz vem através deste, após cumpridas as formalidades_x000D_
 regimentais, solicitar que seja encaminhado à excelentíssima Leticia Cavalcante,_x000D_
 Secretária de Obras, o requerimento segue para solicitar melhorias necessárias para o_x000D_
 bom trabalho dos serviços públicos do Município de Bonito.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/requerimento_do_campo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/requerimento_do_campo_assinado.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve, Paulinho de Devá, no uso de suas atribuições legais, requer à Mesa Diretora, após cumpridas as formalidades regimentais e deliberação do plenário, que seja enviado ao Exm• Sr. Prefeito Ruy Barbosa e a Exma. Secretária de Educação Sra. Elza Silva, solicitação para realização de  requalificação, revitalização e reparos necessários do Estádio  Artur Tavares de Melo tendo em vista a importância deste fantástico equipamento para práticas de esportes, o lazer e a integração social da população. Lembrando também da grande importância para o futebol pernambucano, nacional e bonitense.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_animais_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_animais_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal do Bonito, Exmo. Prefeito Ruy Barbosa, solicitando providências quanto a situação dos animais de rua no município. Diante disso, solicito: A criação de um centro de controle ou abrigo municipal, com estrutura para atendimento e castração. Nesse novo centro de controle poderiam ser realizadas as seguintes ações: * A implementação de campanhas periódicas de castração gratuita e vacinação; * O fortalecimento de parcerias com ONGs e protetores independentes, com apoio técnico e financeiro; * A promoção de campanhas educativas sobre a guarda responsável e adoção consciente e, * Demais ações voltadas para a causa animal. Diante do exposto, faço um apelo aos nobres pares para a aprovação deste requerimento. Contribuindo assim, com o bem-estar animal e a saúde da nossa população.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/requerimentos_pavimentacao_28229_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/requerimentos_pavimentacao_28229_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de pavimentação da Rua Dr. Arnaldo Cavalcante Pires.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/jardim_europa..pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/jardim_europa..pdf</t>
   </si>
   <si>
     <t>Sugere à Secretaria Municipal de Obras, em parceria com a COMPESA, a realização de estudo técnico e posterior intervenção para solução do descarte inadequado de águas servidas no Loteamento Jardim Europa._x000D_
 _x000D_
 JUSTIFICATIVA:_x000D_
 _x000D_
 A presente Indicação surge a partir de demandas populares apresentadas no gabinete deste vereador, referentes ao bairro Jardim Europa, um loteamento que vem se consolidando como excelente localidade para morar, contando com ruas asfaltadas e iluminação pública de qualidade._x000D_
 _x000D_
 No entanto, um problema recorrente tem gerado transtornos aos moradores: o descarte de águas servidas (provenientes de pias de cozinha, restos de comida, lavatórios de banheiro e máquinas de lavar roupa) está sendo feito diretamente nas vias públicas, em frente às residências, gerando acúmulo de água, mau cheiro e riscos sanitários._x000D_
 _x000D_
 Vale destacar que, embora os imóveis possuam fossas sépticas para dejetos, o sistema atual não contempla uma destinação adequada para essas águas cinzas, o que configura um risco crescente à saúde pública, principalmente considerando o aumento contínuo de novas moradias na área._x000D_
 _x000D_
 Diante disso, indico à Secretaria Municipal de Obras, em articulação com a COMPESA, que seja realizado um estudo técnico com urgência para viabilizar soluções viáveis e sustentáveis, de forma a garantir o bem-estar da população local, evitar a proliferação de doenças e preservar o meio ambiente urbano.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/requerimento_eije_secao_dia_2105.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/requerimento_eije_secao_dia_2105.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, após ouvido o Plenário, requerer ao Excelentíssimo Senhor Prefeito Municipal de Bonito-PE DR Ruy Barbosa por meio do senhor secretário de agricultura José Roberval dos santos.  Venho através deste, na forma de reivindicação da comunidade e dos produtores rurais de Bonito, PE, solicitar que Vossa Excelência aprecie o requerimento em  realização da Expo Agro em nossa cidade._x000D_
 _x000D_
 A realização da Expo Agro é de extrema importância para o fortalecimento do setor agrícola e agropecuário local, promovendo o desenvolvimento econômico, social e cultural de Bonito. Essa feira proporciona espaço para negócios, troca de conhecimentos, exibição de produtos e tecnologias, além de divulgar as potencialidades da nossa região._x000D_
 _x000D_
 Contamos com o seu apoio e empenho para que essa iniciativa seja concretizada, contribuindo para o crescimento sustentável de Bonito e para o bem-estar de seus habitantes._x000D_
 _x000D_
 Desde já, agradecemos a atenção e o comprometimento de Vossa Excelência com as questões do nosso município.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/requerimento_ponte_ricardo_cabral_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/requerimento_ponte_ricardo_cabral_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito à Excelentíssima Secretária Leticia Cavalcante, juntamente com sua equipe_x000D_
 técnica e com o acompanhamento do Vereador João Diniz, a realização de uma visita_x000D_
 na comunidade de Quilongá, mais precisamente na estrada José Ricardo Lima_x000D_
 Cabral.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/moto_taxista._1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/moto_taxista._1.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos regimentais, requer, após ouvido o plenário, que seja enviado ofício ao Secretário de Governo, Sr. Carlos Henrique, para que seja realizado um estudo técnico de viabilidade com o objetivo de:_x000D_
 	1.	Implantar pontos de apoio estruturados para mototaxistas em locais estratégicos da cidade, com cobertura, ponto de energia elétrica e demais adequações mínimas;_x000D_
 	2.	Promover, junto à pasta competente, um cadastro municipal dos mototaxistas atualmente em atividade, visando padronizar, organizar, reconhecer e regulamentar a atuação da categoria;_x000D_
 	3.	Avaliar a possibilidade de futura regulamentação do serviço no âmbito municipal, com base nos dados levantados no cadastro e nas demandas da categoria._x000D_
 A proposição busca valorizar os profissionais que diariamente contribuem com a mobilidade urbana, garantindo-lhes condições mínimas de dignidade no exercício da profissão, além de proporcionar maior segurança à população usuária._x000D_
 Justificativa:_x000D_
 O presente requerimento pelo fato de que o serviço de mototáxi é hoje um dos principais, senão o mais utilizado, meio de transporte da população bonitense, especialmente em bairros mais afastados e comunidades com menor acesso a transporte coletivo._x000D_
 Os mototaxistas exercem um papel essencial na mobilidade urbana, permitindo deslocamentos rápidos, acessíveis e eficientes, inclusive para estudantes, trabalhadores e idosos. No entanto, a categoria atua, em sua maioria, sem estrutura adequada, pontos de apoio ou regulamentação oficial, o que compromete não apenas a dignidade desses profissionais, mas também a segurança dos usuários._x000D_
 Com o levantamento e cadastro dos profissionais atualmente em atividade e a implantação de pontos de apoio com cobertura e acesso à energia elétrica, será possível organizar a categoria, planejar políticas públicas mais justas e, futuramente, encaminhar um projeto de regulamentação que atenda às reais demandas do setor._x000D_
 Trata-se de uma medida simples, de baixo custo e grande impacto social, que demonstra respeito e valorização a centenas de trabalhadores que contribuem, diariamente, para o funcionamento da cidade.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/requerimento_material_rachinha_28129_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/requerimento_material_rachinha_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de material rachinha nas ladeiras localizadas no Sítio Estreito do Sul.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/pedido_de_informacao_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/pedido_de_informacao_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador Júnior Heráclio, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer, que seja solicitado ao Excelentíssimo Senhor Prefeito Ruy Barbosa o seguinte Pedido de Informação:_x000D_
 _x000D_
 Considerando a declaração feita pelo Prefeito Municipal de Bonito, Ruy Barbosa, na Rádio Rio Bonito, na última sexta-feira, dia 16 de maio de 2025, onde o mesmo afirmou a não realização dos festejos juninos (São João) neste ano se dá em razão do pagamento de uma suposta dívida deixada pela gestão anterior, venho por meio deste requerimento, solicitar formalmente os seguintes esclarecimentos e documentos:_x000D_
 _x000D_
 REQUER-SE:_x000D_
 	1.	Cópia integral dos processos administrativos e/ou contratos referentes à dívida alegada;_x000D_
 	2.	Relatório detalhado dos valores, datas, credores e natureza da dívida (fornecedores, prestadores de serviço, encargos, etc.);_x000D_
 	3.	Cópia dos empenhos, liquidações e pagamentos realizados até a presente data relativos a essas dívidas;_x000D_
 	4.	Informações sobre qual foi o impacto direto dessa dívida na não realização do São João 2025;_x000D_
 	5.	Quais ações alternativas foram consideradas pela Prefeitura para viabilizar o evento, mesmo com as dificuldades financeiras citadas?_x000D_
 _x000D_
 O presente pedido visa garantir o pleno exercício da fiscalização do Poder Executivo por parte do Legislativo Municipal, assegurando que as decisões tomadas pelo gestor público sejam baseadas em critérios claros e justificados.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_do_ceo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_do_ceo_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de funcionamento noturno do Centro de Especialidades Odontológicas (CEO)_x000D_
 Eu, PAULO SERGIO DA SILVA vereador representante do povo do Bonito, no uso de minhas atribuições legais, após cumpridas as formalidades regimentais. Venho respeitosamente requerer a Vossas Senhorias que sejam adotadas as providências necessárias para que o Centro de Especialidades Odontológicas (CEO) deste município passe a oferecer atendimento também no período noturno._x000D_
 A solicitação se justifica diante da grande demanda por atendimentos odontológicos especializados e da dificuldade enfrentada por grande parte da população que, em sua maioria, trabalha durante o horário comercial, impossibilitando-se de comparecer às consultas no período atual de funcionamento. A ampliação do horário de atendimento do CEO para o turno da noite beneficiaria diretamente os trabalhadores e estudantes, promovendo maior acesso à saúde bucal e contribuindo significativamente para a qualidade de vida da população. Diante do exposto, solicito análise e providências por parte do Executivo Municipal e da Secretaria de Saúde, no intuito de viabilizar essa medida de grande relevância social.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/placas_da_pe_103_e_109_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/placas_da_pe_103_e_109_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, após o cumprimento das formalidades regimentais, que seja formulado um veemente apelo à Excelentíssima Secretária de Obras, Sra. Letícia Cavalcante, e ao Excelentíssimo Secretário de Transporte e Mobilidade, Sr. Felipe Galindo, para que sejam providenciadas placas de sinalização para pedestres nas imediações das rodovias PE-103 e PE-109, iniciando-se essa sinalização em frente à residência do senhor Zezinho da Buchadinha, estendendo-se até o bairro Jardim América. Ressalte-se que esse percurso é amplamente utilizado por pessoas que praticam exercícios físicos</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/requerimento_das_calcandas.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/requerimento_das_calcandas.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, após aprovação do plenário, que seja enviado um ofício requerendo ao SR. Prefeito RUY BARBOSA e a secretaria de Infraestrutura, LETÍCIA CAVALCANTE Secretária, que seja construído calçadas nas margens da PE 103 e109 em todo perímetro Urbano do município, requalificação das Entradas dos Bairros do Frei Damião, Ribeira e Pedra Bonita compondo a estrutura adequada para o uso seguro dos moradores.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/requerimento_campo_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/requerimento_campo_assinado_1.pdf</t>
   </si>
   <si>
     <t>Solicitação para a instalação de iluminação pública (refletores) no campo da Comunidade de Viração.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/vasti.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a execução de calçamento ou infraestrutura definitiva na Rua da Serraria 1, no Centro de Bentivi.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_praca_de_viracao_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_praca_de_viracao_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito à Excelentíssima Secretária Leticia Cavalcante, juntamente com sua equipe técnica e com o acompanhamento do Vereador João Diniz, a realização de uma visita á comunidade de Viração, mais precisamente em frente à Igreja Católica.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/pediatra_ab_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/pediatra_ab_assinado.pdf</t>
   </si>
   <si>
     <t>Ilustríssimo Senhor Prefeito Ruy Barbosa,_x000D_
  _x000D_
 Excelentíssima Senhora Secretária De Saúde Julieta Pinheiro,_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
  Venho, por meio deste, requerer a Secretaria de saúde, para que disponibilize ou Contrate uma Pediatra para ficar atendendo no posto de saúde do distrito de Alto Bonito.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/pedido_reiteirando._1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/pedido_reiteirando._1.pdf</t>
   </si>
   <si>
     <t>Reitera pedido de viabilidade e implantação de auxílio financeiro para estudantes universitários do município de Bonito – PE._x000D_
 _x000D_
       O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente requerer, após ouvido o Plenário e cumpridas as formalidades legais, que seja reiterado ao Poder Executivo Municipal e enviado as secretarias, Municipal da fazenda e planejamento, secretaria municipal de educação e esporte e secretaria municipal de transporte e mobilidade, segundo o artigo 142 do capítulo VI, do regimento dessa casa, o pedido de um estudo de viabilidade para criação de um programa de auxílio financeiro destinado aos estudantes universitários bonitenses que estudam em instituições de ensino superior situadas fora do município._x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
       Tal solicitação já foi apresentada anteriormente através do requerimento de número 02/2025 e foi aprovado por essa egrégia casa por unanimidade, porém, até o momento, não houve encaminhamento e resposta efetivo por parte do Executivo. A realidade dos estudantes universitários de Bonito – PE é marcada por grandes dificuldades financeiras, especialmente no que se refere ao transporte, alimentação, moradia e material didático. A falta de apoio tem impactado diretamente na permanência e desempenho acadêmico desses jovens, comprometendo seu futuro profissional e pessoal._x000D_
 _x000D_
        O objetivo do presente requerimento é sensibilizar o Poder Executivo quanto à urgência e relevância dessa pauta, propondo que seja estudada a viabilidade de implantação de um auxílio mensal, com critérios socioeconômicos definidos, garantindo mais justiça social e incentivo à educação superior._x000D_
 _x000D_
       Diante do exposto, requeiro o envio deste pleito ao Excelentíssimo Senhor Prefeito do Município de Bonito – PE, para que adote as medidas administrativas e legais necessárias à criação de referido programa.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/requerimento_dengue_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/requerimento_dengue_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer a Vossa Excelência que, por meio da Secretaria Municipal de Saúde, a Secretária Julieta Pinheiro, a Vigilância Sanitária, e demais órgãos competentes, que sejam intensificadas as ações de combate e prevenção à dengue e Chikungunya em nossa cidade._x000D_
 _x000D_
 Considerando o aumento significativo dos casos nas últimas semanas, é de extrema importância que a Prefeitura reforce as campanhas de conscientização da população, realize mutirões de limpeza, intensifique a fiscalização de terrenos baldios, promova a eliminação de focos do mosquito Aedes aegypti e, se possível, retome o uso do carro fumacê em áreas mais críticas._x000D_
 _x000D_
 A prevenção da dengue é uma responsabilidade coletiva, mas a atuação do poder público é fundamental para garantir a saúde da população e evitar surtos que sobrecarreguem os serviços de saúde._x000D_
 _x000D_
 Diante do exposto, solicito que este requerimento seja encaminhado com urgência à Secretaria de Saúde para as providências cabíveis.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/requerimento_barragem_1_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/requerimento_barragem_1_assinado.pdf</t>
   </si>
   <si>
     <t>Demarcação, cercamento e o reflorestamento da área onde está localizada a barragem que abastece os Sítios Viração e Imbiribeira, com o objetivo de proteger a nascente e garantir a preservação ambiental.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/mariano_pereira_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/mariano_pereira_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, ouvido o Plenário e cumpridas as formalidades regimentais, que seja formulado um veemente apelo ao Excelentíssimo Senhor Prefeito, Dr. Ruy, e à Excelentíssima Senhora Secretária de Obras, Letícia Cavalcanti, para que sejam adotadas as providências necessárias visando à execução do calçamento da Rua Mariano Pereira, no bairro Boa Vista, no trecho compreendido entre a padaria do Irmão e o encontro com a Rua Gonçalo Pinheiro.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/camscanner_04-06-2025_09.41_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/camscanner_04-06-2025_09.41_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora depois de ouvido o plenário e cumpridas as formalidades_x000D_
 Regimentais que seja feito veemente ao excelentíssimo senhor prefeito do município_x000D_
 De bonito-PE, no sentido de que seja feita a recuperação da estrada da pratinha_x000D_
 Colocando metralha ou piçarro.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/ladeira_no_bar_da_lata_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/ladeira_no_bar_da_lata_assinado.pdf</t>
   </si>
   <si>
     <t>Ilustríssimo Senhor Prefeito Ruy Barbosa,_x000D_
  _x000D_
 Excelentíssimo Senhor Secretário De Agricultura José Roberval,_x000D_
 _x000D_
 _x000D_
 _x000D_
  Venho, por meio deste, requerer ao Secretário para fazer um serviço na ladeira do Bar da lata no Sítio Rodeadouro levar a Patrulha Mecanizada como também material para colocar na ladeira como Piçarro ou BGS.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/1.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal melhorias emergenciais na estrada de Capim de Cheiro.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento_projeto_executivo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento_projeto_executivo_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação para elaborar o projeto executivo do sistema de abastecimento de água.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/ponto_de_onibus_-_ete.docx_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/ponto_de_onibus_-_ete.docx_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, solicitar que seja oficiado à Secretária Municipal de Infraestrutura para que, com a máxima brevidade possível, providencie a instalação de um ponto de ônibus com cobertura nas imediações da Escola Técnica Estadual em Tempo Integral Célia de Souza Leão Arraes de Alencar (ETE-Bonito/PE),  tendo em vista a proximidade do inverno, bem como, visando garantir mais segurança aos alunos.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/camscanner_11-06-2025_09.02_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/camscanner_11-06-2025_09.02_2.pdf</t>
   </si>
   <si>
     <t>Após cumpridas as formalidades regimentais, solicito que seja feito um apelo ao Sr. Rivaldo Rodrigues de Melo Filho, Diretor Presidente do Departamento de Estradas de Rodagem (DER), e ao Sr. Romero Torres Nunes, responsável pelo Distrito DER-Caruaru._x000D_
 O objetivo deste apelo é que sejam tomadas as medidas administrativas necessárias para a execução dos serviços de conservação contínua da PE-103, no trecho que liga a sede do município às cachoeiras.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/requerimento_sede_da_maguary_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/requerimento_sede_da_maguary_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais,_x000D_
 requerer a Prefeitura Municipal de Bonito, Exmo. Prefeito Ruy Barbosa, a_x000D_
 Secretaria Municipal de Infraestrutura, a Secretária Letícia Cavalcanti, que sejam_x000D_
 retomadas as obras de requalificação da sede da Maguary, localizada em nosso_x000D_
 município._x000D_
 Ressalte-se que o referido espaço encontra-se abandonado há anos, servindo_x000D_
 atualmente apenas como retrato do descaso com o patrimônio público e com a_x000D_
 população local. A estrutura inacabada representa risco à segurança da_x000D_
 comunidade, além de desperdiçar um espaço que poderia estar a serviço de_x000D_
 projetos sociais, culturais, esportivos ou administrativos._x000D_
 A requalificação da Sede é uma demanda antiga da população e se faz urgente_x000D_
 diante do tempo de abandono e do potencial que o local possui para atender_x000D_
 diversas finalidades públicas._x000D_
 Diante disso, requer-se não apenas o reinício das obras, mas também a_x000D_
 apresentação de um cronograma claro e transparente para a conclusão do_x000D_
 projeto, com o devido acompanhamento e fiscalização por parte dos órgãos_x000D_
 competentes.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/requerimento._assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/requerimento._assinado.pdf</t>
   </si>
   <si>
     <t>Eu, vereador Henrique César da Cunha Silva, no uso das atribuições que me confere o Regimento Interno desta Casa Legislativa, submeto à apreciação do Plenário, o seguinte requerimento. _x000D_
        Que seja enviado ao Poder Executivo Municipal, Secretaria Municipal de Agricultura, Meio Ambiente e Desenvolvimento Sustentável, em parceria com a Secretaria de Turismo e Comunicação, a realização de um estudo técnico e viabilidade para a criação e sinalização de novas trilhas ecológicas e áreas de educação ambiental nos principais pontos turísticos do município, a exemplo: cachoeiras, teleférico, Pedra do Rodeadouro, Letreiro "Nome Bonito" e a Reserva Ambiental. Mata da chuva, cachoeiras véu da noiva 1, pedra redonda e barra azul. Trilha urbana - destino nome Bonito. Entre outros_x000D_
 _x000D_
 Justificativa: _x000D_
 _x000D_
        A presente proposição tem como objetivo ampliar o potencial turístico e ambiental da nossa cidade, promover ações de educação ambiental voltadas às escolas públicas e privadas, fomentar o turismo sustentável e, consequentemente, gerar oportunidades de renda para a população local, por meio do incentivo a guias turísticos, artesãos, produtores locais e demais empreendedores do setor._x000D_
 _x000D_
        A criação de trilhas ecológicas bem estruturadas e sinalizadas, aliada a espaços educativos ao ar livre, poderá transformar Bonito em referência regional em ecoturismo e educação ambiental, com impacto positivo direto na preservação dos nossos recursos naturais, na valorização da cultura local e na economia da cidade._x000D_
 _x000D_
       Diante do exposto, solicito aos nobres pares a aprovação deste requerimento.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/camara_municipal_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/camara_municipal_2.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a instalação de refletores e a recuperação do gramado do campo de futebol de Bentivi, que foi prejudicado pelas chuvas recentes. A medida visa permitir o uso do espaço à noite e garantir melhores condições para a prática esportiva na comunidade.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/ponto_de_onibus_-_ete.docx.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/ponto_de_onibus_-_ete.docx.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e _x000D_
 regimentais, vem, respeitosamente, requerer, após ouvido o Plenário, que _x000D_
 seja expedido ofício ao Departamento de Estradas de Rodagem de _x000D_
 Pernambuco – DER/PE, solicitando a construção de três (03) pontos de _x000D_
 ônibus cobertos nas margens da Rodovia PE-103, no perímetro urbano _x000D_
 do município de Bonito-PE, nos seguintes pontos estratégicos:</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/requerimento_paradas_28129_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/requerimento_paradas_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de paradas de ônibus escolares em pontos estratégicos das comunidades de Quilongá, Viração, Imbiribeira e Maxixe.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/loteamentos_ab_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/loteamentos_ab_assinado.pdf</t>
   </si>
   <si>
     <t>Ilustríssimo Senhor Prefeito Ruy Barbosa, _x000D_
 _x000D_
 Excelentíssima Senhora Secretária Letícia Cavalcante,_x000D_
 _x000D_
 _x000D_
 Venho, por meio deste, requerer a Secretária Municipal de obras, para que possa levar material como BGS ou pó de pedra para colocar nas ruas que não tem asfalto ou Calçamento, como em algumas ruas dos loteamentos São Cristóvão, Gregório Bezerra e Agrovila, como também em algumas ruas no centro no distrito de Alto Bonito.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/pedido_de_informacao_eti_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/pedido_de_informacao_eti_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais,_x000D_
 requerer a Prefeitura Municipal de Bonito, Exmo. Prefeito Ruy Barbosa, a_x000D_
 Secretária Municipal de Infraestrutura, a Secretaria Letícia Cavalcanti, a_x000D_
 Secretária Municipal de Educação, a Secretaria Maria Elza, e demais órgãos_x000D_
 competentes, solicitar informações detalhadas sobre a empresa Base_x000D_
 Construtora, responsável pela execução da obra na Escola de Tempo Integral_x000D_
 (ETI), cuja estrutura do telhado veio a desabar recentemente, comprometendo_x000D_
 a segurança da comunidade escolar._x000D_
 Diante da gravidade do ocorrido, e visando garantir a apuração dos fatos e a_x000D_
 devida responsabilização, solicito as seguintes informações:_x000D_
 1. Cópia do contrato firmado entre a Prefeitura Municipal (ou órgão_x000D_
 competente) e a empresa Base Construtora referente à obra na escola ETI,_x000D_
 incluindo aditivos, se houver;_x000D_
 2. Valor total investido na obra e a origem dos recursos (municipal,_x000D_
 estadual, federal);_x000D_
 3. Prazo de execução da obra e data de início e término;_x000D_
 4. Responsável técnico pela obra (nome, CREA ou CAU);_x000D_
 5. Relatório de vistoria e fiscalização da obra por parte da Prefeitura_x000D_
 ou empresa terceirizada contratada para esse fim;_x000D_
 6. Laudo técnico sobre as causas do desabamento do telhado, se já_x000D_
 estiver disponível;_x000D_
 7. Informações sobre a responsabilização da empresa e medidas_x000D_
 adotadas até o momento para reparar os danos e garantir a segurança da_x000D_
 comunidade escolar;_x000D_
 8. 9. Se houve processo licitatório, qual foi a modalidade;_x000D_
 Se a Empresa Base Construtora está realizando outras obras na_x000D_
 gestão atual.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_reeditado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_reeditado.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, na pessoa do Excelentíssimo Prefeito Ruy Barbosa, da Ilustríssima Senhora Secretária Letícia Cavalcanti que seja feita a obra de saneamento básico na Rua do Teixeira, em Bentivi.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/timbrado_-_novo_2025_28529_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/timbrado_-_novo_2025_28529_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro á mesa diretora, ouvido o plenário e cumpridas as formalidades regimentais, que seja formulado um veemente apelo ao excelentíssimo Sr Prefeito Dr Ruy e a Excelentíssima Secretaria de Obras Leticia Cavalcanti, para que seja feito o calçamento ou asfalto na Rua 4 do Arlindo Cavalcante na cidade do Bonito.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/requerimentomoto.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/requerimentomoto.pdf</t>
   </si>
   <si>
     <t>A vereadora Vasti Enfermeira solicita a instalação de um ponto de moto-táxi em Bentivi.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_-_estradas.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_-_estradas.pdf</t>
   </si>
   <si>
     <t>Solicita, por meio de requerimento ao DER-PE, a conclusão das obras da estrada PE-103, que liga Palmares a Bonito via o distrito de Bentivi. A finalização é considerada essencial para a mobilidade, segurança e desenvolvimento econômico e social da região.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/requerimento_ubs_cachoeira_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/requerimento_ubs_cachoeira_assinado.pdf</t>
   </si>
   <si>
     <t>A construção de uma Unidade Básica de Saúde (UBS) no Bairro da Cachoeira, neste município de Bonito – PE.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/jobson_sales_letreiro_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/jobson_sales_letreiro_assinado.pdf</t>
   </si>
   <si>
     <t>Ilustríssimo Senhor Prefeito Ruy Barbosa, _x000D_
 _x000D_
 Excelentíssimo Senhor Secretário Jobson Sales,_x000D_
 _x000D_
 _x000D_
 Venho, por meio desta, requerer ao Secretário Municipal de Turismo cultura e comunicação, para que faça um letreiro de identificação no Distrito de Alto Bonito. Como também nos outros Distritos, Estreito do Norte e Bentevi. _x000D_
 _x000D_
 _x000D_
 Justificativa Oral_x000D_
 _x000D_
 A indicação faz-se necessária tendo em vista a reivindicação dos moradores do distrito.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita avaliação da possibilidade de oferecer atendimentos de saúde periódicos em ponto estratégico que contemple as comunidades de Imbiribeira e Maxixe.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/calcada_ubs_boa_vista_.docx_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/calcada_ubs_boa_vista_.docx_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer, após ouvido o Plenário, que seja encaminhado ofício à Secretaria de Infraestrutura e à Secretaria de Transporte e Mobilidade Urbana, solicitando a requalificação urgente da calçada localizada em frente à Unidade Básica de Saúde (UBS) Boa Vista, situada na Avenida Agamenon Magalhães, neste município, que se encontra com vários pontos de infiltração e  presença constante de lodo e acúmulo de água.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/bolsa_atleta._1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/bolsa_atleta._1.pdf</t>
   </si>
   <si>
     <t>O vereador Henrique César da Cunha Silva, no uso de suas atribuições legais, vem respeitosamente requerer a Vossas Excelências, após a devida apreciação e votação do plenário, o encaminhamento deste requerimento a secretaria municipal de educação e esporte, finanças e orçamento e ao chefe do executivo o excelentíssimo senhor, Dr. Ruy Barbosa, que seja feito um estudo de viabilidade financeira para a criação do bolsa atleta no município de Bonito-PE._x000D_
 A iniciativa tem como objetivo incentivar financeiramente os atletas bonitenses, das mais diversas modalidades esportivas, permitindo que eles possam se dedicar aos treinamentos, competições e ao aprimoramento técnico, representando dignamente o município em torneios regionais, nacionais e internacionais. _x000D_
 O esporte tem um papel fundamental na formação cidadã, no desenvolvimento da juventude e na inclusão social, além de promover a saúde e a qualidade de vida. No entanto, a realidade dos atletas locais muitas vezes é marcada por dificuldades financeiras que limitam o seu acesso às melhores condições de treino, alimentação adequada, equipamentos desportivos e participação em competições. _x000D_
 Dessa forma, a criação do Bolsa Atleta Municipal garantirá o reconhecimento e o apoio institucional necessário para que nossos esportistas possam desenvolver seu potencial e levar o nome de Bonito ao pódio._x000D_
 _x000D_
 Com base no exposto e nas demais justificativas apresentadas em plenário, conto com o apoio dos pares desta casa para aprovação deste requerimento.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/pedido_de_informacao_veiculos_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/pedido_de_informacao_veiculos_assinado.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÃO_x000D_
 Venho por intermédio deste, depois de cumpridas as formalidades regimentais,_x000D_
 requerer a Prefeitura Municipal de Bonito, Exmo. Prefeito Ruy Barbosa, e a Secretaria_x000D_
 Municipal de Transporte e Mobilidade, o Secretário Felipe Galindo, solicitar as_x000D_
 informações relativas à frota de veículos da Prefeitura Municipal de Bonito:_x000D_
 I- II- III- IV- Relação completa de veículos oficiais da Prefeitura, incluindo: marca, modelo,_x000D_
 placa, situação atual, e a Secretária ou órgão responsável pelo uso;_x000D_
 Relação completa dos veículos alugados pela Prefeitura, contendo: marca,_x000D_
 modelo, placa, empresa locadora, valor mensal do aluguel, duração de_x000D_
 contrato, e a Secretária ou órgão responsável pelo uso;_x000D_
 Relação completa dos veículos terceirizados (agregados), listando: tipo de_x000D_
 serviço prestado, nome do proprietário, marca e modelo, valor pago_x000D_
 mensalmente, critérios utilizados para a contratação dos veículos, e a_x000D_
 existência do contrato, convênio, ou outro instrumento legal;_x000D_
 Relação com cópia dos contratos firmados com locadoras, prestadores de_x000D_
 serviço de transporte (se houver), bem como os processos licitatórios ou_x000D_
 dispensas/ inexigibilidades correspondentes._x000D_
 Requeiro resposta no prazo legal, conforme disposto na Lei de Acesso à Informação._x000D_
 Sem mais para o momento, renovo os meus votos de elevado estima e apreço.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/requerimento_de_poste_para_estrada_de_viracao_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/requerimento_de_poste_para_estrada_de_viracao_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e após_x000D_
 cumpridas as formalidades regimentais, vem, por meio deste, solicitar que seja_x000D_
 realizada a colocação de postes ao longo do percurso de aproximadamente_x000D_
 seis quilômetros, iniciando na estrada José Francisco Rufino até a_x000D_
 comunidade de Viração.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_para_rocadeira_articulada_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_para_rocadeira_articulada_assinado_1.pdf</t>
   </si>
   <si>
     <t>Senhor Prefeito, _x000D_
 O Vereador João Diniz, no uso de suas atribuições legais e regimentais, vem,_x000D_
 respeitosamente, à presença de Vossa Excelência, requerer a aquisição de uma_x000D_
 Roçadeira Articulada para atender às necessidades da população da zona rural de_x000D_
 nosso município.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/timbrado_-_novo_2025_28429_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/timbrado_-_novo_2025_28429_assinado.pdf</t>
   </si>
   <si>
     <t>Eu, vereador José Holanda Cavalcanti Filho, venho, por meio deste requerimento, solicitar à Excelentíssima Secretária de Educação, Maria Elza, que seja implementado um curso preparatório nos finais de semana, com o objetivo de auxiliar os alunos da rede pública que irão prestar a prova do ENEM (Exame Nacional do Ensino Médio).</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento._ampliacao_da_coleta_de_lixo._cm_bonito._vereadora_vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento._ampliacao_da_coleta_de_lixo._cm_bonito._vereadora_vasti.pdf</t>
   </si>
   <si>
     <t>SOLICITA A AMPLIAÇÃO DA COLETA DE LIXO NO DISTRITO DE BENTIVI, INCLUINDO O ENGENHO LIBERDADE, COM A DISPONIBILIZAÇÃO DE LIXEIRAS FIXAS EM PONTOS ESTRATÉGICOS DA VILA BENTIVI E DA ZONA RURAL.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/requerimento_pavimentacao_l_pedra_bonita.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/requerimento_pavimentacao_l_pedra_bonita.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem respeitosamente requerer a Secretaria Municipal de Obras e Infraestrutura a execução da pavimentação da avenida principal do Loteamento_x000D_
 Pedra Bonita.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/lixo_ab_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/lixo_ab_assinado.pdf</t>
   </si>
   <si>
     <t>Ilustríssimo Senhor Prefeito Ruy Barbosa, _x000D_
 _x000D_
 Excelentíssimo Senhora Secretária De Obras Leticia Cavalcante,_x000D_
 _x000D_
 _x000D_
 _x000D_
 Venho, por meio desta, requerer a Secretária de Obra, Para que possa leva coletores de LIXO para o Distrito de Alto Bonito, para que seja colocado em todos os bairros do Distrito.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/nova_praca_biblia.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/nova_praca_biblia.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA AUTORIZADA A CONSTRUÇÃO DE UMA NOVA PRAÇA DA BÍBLIA, com estrutura adequada para a realização de eventos cristãos, lazer, interação social e entretenimento.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/camara_municipal.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/camara_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita à excelentíssima senhora Letícia Cavalcante, Secretária municipal de infraestrutura,  que seja analisado a possibilidade de construção de lombadas na rua 07, do Bairro Frei Damião.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_-_postes_de_iluminacao.docx_organized.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_-_postes_de_iluminacao.docx_organized.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer, após ouvido o Plenário, que seja encaminhado ofício à Secretaria de Infraestrutura e à Secretaria de Transporte e Mobilidade Urbana, solicitando a implantação de dois postes de iluminação pública nos últimos dois canteiros da Avenida Doutor Alberto de Oliveira, nas imediações de Erasmo Construção até o pórtico de entrada da cidade.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_mucuri-_hymalaia_novo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_mucuri-_hymalaia_novo_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, após cumpridas as formalidades regimentais, requerer ao Governo do Estado de Pernambuco, a Exma. Governadora Raquel Lyra e ao Secretário de Turismo do Estado de Pernambuco, o Exmo. Kaio Maniçoba, que após ouvido o Plenário desta Casa Legislativa, solicitar a retomada das obras do Parque do Mucuri – Hymalaia, empreendimento orçado em R$ 1.301.520,64 com previsão de execução em 9 (nove) meses._x000D_
 _x000D_
 O referido Parque representa um investimento fundamental para o desenvolvimento turístico e econômico de Bonito, uma vez que fomentará a geração de emprego e renda, fortalecerá a economia local e valorizará o patrimônio ambiental e cultural do município._x000D_
 _x000D_
 Entretanto, as obras encontram-se paralisadas, o que tem gerado prejuízos à população e ao setor turístico, além de frustrar as expectativas da comunidade local._x000D_
 _x000D_
 A conclusão do Parque trará inúmeros benefícios para Bonito, consolidando-o ainda mais como referência turística em Pernambuco e promovendo o bem-estar da população._x000D_
 _x000D_
 Diante disso, solicito providências urgentes para que as obras sejam retomadas, com definição de prazos e garantias para sua conclusão, de modo a assegurar os benefícios esperados para Bonito e toda a região._x000D_
 _x000D_
 Sem mais, reforço meus votos de estima e apreço pelo nobres pares desta casa.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/10_de_setembro.-2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/10_de_setembro.-2.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, requer que, após ouvido o Plenário desta Casa, seja encaminhado ofício ao Poder Executivo Municipal, com cópia para a Secretaria de Obras, solicitando que sejam adotadas providências para a execução de melhorias na 3ª Travessa da Rua 1 – Loteamento Frei Damião.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/monte_cristo_ab_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/monte_cristo_ab_assinado.pdf</t>
   </si>
   <si>
     <t>Ilustríssimo Senhor Prefeito Ruy Barbosa, _x000D_
 _x000D_
 Excelentíssimo Senhora Secretária De Obras Leticia Cavalcante,_x000D_
 _x000D_
 _x000D_
 Venho, por meio desta, requerer a Secretária de Obra, para que faça um projeto e iluminação para o Cruzeiro na Fazenda Monte Cristo (Na parte que as pessoas sobem para o Monte Cristo) no Distrito de Alto Bonito._x000D_
 _x000D_
 _x000D_
 _x000D_
 Justificativa Oral_x000D_
 _x000D_
 A área de 1 há da fazenda Monte Cristo foi doada a paroquia de Alto Bonito onde se encontra o Cruzeiro. A motivação fundamental é a Fé das pessoas e oferecendo mais segurança em vivenciar experiências de Fé e devoção.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/enem_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/enem_assinado.pdf</t>
   </si>
   <si>
     <t>Eu, vereador José Holanda Cavalcanti Filho, venho, por meio deste requerimento, _x000D_
 solicitar à Excelentíssima Secretária de Educação, Maria Elza, que seja implementado _x000D_
 um curso preparatório nos finais de semana, com o objetivo de auxiliar os alunos da _x000D_
 rede pública que irão prestar a prova do ENEM (Exame Nacional do Ensino Médio).</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/requerimento_val_pendanga.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/requerimento_val_pendanga.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de ouvido o plenário e cumprida as formalidades regimentais que seja feito ao excelentíssimo senhor Prefeito do Município de Bonito-PE, no sentido de que seja uma reforma na estrada de Pendenga, colocando bueiras maiores e aterrando bem para melhorar a circulação dos carros e motos que passam por la, evitando defeitos nos veículos devido a passar por dentro da água da barragem de pendenga</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_-_sinalizacao_lombadas.docx_-_documentos_google.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_-_sinalizacao_lombadas.docx_-_documentos_google.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer, após ouvido o Plenário, que seja encaminhado ofício ao Excelentíssimo Secretário de Transporte e Mobilidade, Sr. Felipe Galindo, solicitando a instalação de sinalização adequada nas vias públicas do município, em especial nas novas lombadas recentemente construídas no âmbito do projeto de pavimentação asfáltica.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/requerimento_da_tabela_de_diarias_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/requerimento_da_tabela_de_diarias_assinado.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicitação de atualização da Tabela de Diárias – Decreto nº 04/2009._x000D_
 Excelentíssimo Senhor Prefeito,_x000D_
 Venho, por meio deste, respeitosamente, solicitar a atualização da Tabela de Diárias prevista no Decreto Municipal nº 04/2009, que disciplina as despesas com deslocamentos de servidores públicos em viagens a serviço.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/requerimento_eije.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/requerimento_eije.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer, após ouvido o plenário e cumpridas as formalidades legais, que seja encaminhado expediente à Senhora Letícia Cavalcanti, Secretária Municipal de Obras e infraestrutura,  solicitando providências quanto à requalificação da ponte que liga o bairro da Cachoeira ao bairro da Camaratuba, com a devida instalação de corrimãos de proteção.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/requerimento_parcao-parqpet_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/requerimento_parcao-parqpet_assinado.pdf</t>
   </si>
   <si>
     <t>solicitando a construção de um parque/praça voltado para animais de estimação (PETs), podendo ser denominado “PARCÃO” ou “PARKPET”,</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/arlindo_romao_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/arlindo_romao_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador José Holanda Cavalcanti Filho vem, por meio deste requerimento, solicitar o calçamento da Rua Arlindo Romão, localizada no bairro Zé Batista, no município de Bonito.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/requerimento_leticia.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/requerimento_leticia.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa diretora, após cumpridas as formalidades regimentais, que seja solicitada a ilustríssima Secretária de infraestrutura a Sra. Letícia Cavalcante para que seja instaladas lombadas na Avenida Brasil e alambrados nas margens da academia da cidade/ saúde ambos no bairro do mutirão, ambos servirão de segurança dos transeuntes, e pessoas que utilizam a academia, tendo em vista alto fluxo de veículos que ocorre no local.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/avenida_brasil_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/avenida_brasil_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal de Bonito, Exmo. Prefeito Ruy Barbosa, e a Secretaria de Obras e Infraestrutura, a Secretária Letícia Cavalcanti, que seja elaborado um projeto de renovação do asfalto da Avenida Brasil, localizada no bairro do Mutirão._x000D_
 _x000D_
 A Avenida Brasil é uma das principais vias do bairro do Mutirão, com intenso fluxo de pedestres e veículos, sendo rota de acesso para diversos moradores e comerciantes da região. Atualmente, a via encontra-se em condições precárias, apresentando muitos buracos e irregularidades no asfalto, o que tem causado prejuízos à população, além de representar riscos constantes de acidentes._x000D_
 _x000D_
 A renovação do asfalto é uma medida urgente e necessária para garantir mais segurança, conforto e mobilidade aos moradores, além de contribuir para a valorização do bairro e a melhoria da infraestrutura urbana._x000D_
 _x000D_
 Diante do exposto, solicito o apoio dos nobres colegas para aprovação deste Requerimento, a fim de que sejam adotadas as providências cabíveis para recuperação total da via.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/manoel_maecelino_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/manoel_maecelino_assinado.pdf</t>
   </si>
   <si>
     <t>Vistória técnica na Escola Manoel Batista de Lima</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/requerimento_val_da_eletrica_dia_08-10-2025.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/requerimento_val_da_eletrica_dia_08-10-2025.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA, DEPOIS DE OUVIDO O PLENÁRIO E CUMPRIDAS AS FORMALIDADES REGIMENTAIS, QUE SEJA FEITO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONITO E À SECRETÁRIA DE OBRAS LETICIA CAVALCANTE, NO SENTIDO DE QUE SEJA ATERRADA UMA PARTE DA VILA DO ENGENHO MÁGICO, EVITANDO QUE A ÁGUA DA ENCHENTE ENTRE NAS CASAS DOS MORADORES DA REGIÃO.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/requerimento._cemiterio_-_vereadora_vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/requerimento._cemiterio_-_vereadora_vasti.pdf</t>
   </si>
   <si>
     <t>Solicita a ampliação da capacidade do cemitério de Bentivi.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_loteamento_uberaba_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_loteamento_uberaba_assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer_x000D_
 a Prefeitura Municipal de Bonito, Exmo. Prefeito Ruy Barbosa e a Secretaria Municipal_x000D_
 de Obras e Infraestrutura, a Secretária Letícia Cavalcanti, solicitando que seja_x000D_
 realizado estudo de viabilidade técnica e orçamentária para a execução do calçamento_x000D_
 do Loteamento Uberaba I, localizado no Bairro da Boa Vista, na entrada da cidade._x000D_
 O Loteamento Uberaba I vem enfrentando sérios problemas de mobilidade e_x000D_
 infraestrutura, sobretudo nos períodos chuvosos, quando a falta de pavimentação_x000D_
 ocasiona lama e dificuldade de acesso para moradores, estudantes, trabalhadores e_x000D_
 até veículos de emergência, devido à grande quantidade de idosos residentes no local._x000D_
 Durante os períodos de estiagem, a poeira excessiva também compromete a_x000D_
 qualidade de vida dos residentes._x000D_
 Diante disso, o calçamento da referida localidade é uma demanda urgente e_x000D_
 necessária, representando segurança, dignidade e melhoria na trafegabilidade_x000D_
 urbana._x000D_
 Contando com o apoio dos nobres pares para aprovação deste requerimento, renovo_x000D_
 votos de estima e consideração.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/timbrado_-_novo_28829_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/timbrado_-_novo_28829_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito Ruy Barbosa e a secretaria de obras Leticia Cavalcante, para que seja feito a pavimentação da Rua Severino Queiroz de Santana, no loteamento Bandeirantes, (sitio Araticum).</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_solicitar_entrega_de_placa_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_solicitar_entrega_de_placa_assinado.pdf</t>
   </si>
   <si>
     <t>Requerer à Mesa Diretora autorização para convidar as seguintes personalidades para comparecerem presencialmente ao Plenário da Câmara Municipal do Bonito.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/req.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/req.pdf</t>
   </si>
   <si>
     <t>É notório o crescente número de pessoas que vêm adotando hábitos mais saudáveis, praticando corridas, caminhadas e ciclismo, especialmente nas Avenidas principais e nas rodovias PE-103 e PE-109, que se tornaram pontos de grande fluxo dessas atividades._x000D_
 _x000D_
 Diante disso, torna-se essencial que o Poder Público analise e proponha medidas de segurança e incentivo, como:_x000D_
 	•	Implantação de sinalização adequada para motoristas e pedestres;_x000D_
 	•	Criação de faixas exclusivas ou horários de uso seguro;_x000D_
 	•	Instalação de iluminação e placas educativas;_x000D_
 	•	Promoção de programas de incentivo à prática esportiva segura._x000D_
 _x000D_
 Essas ações contribuirão para a preservação da vida, a promoção da saúde e o incentivo ao esporte e ao bem-estar da população._x000D_
 _x000D_
 Sala das Sessões da Câmara Municipal de Bonito, 15 de outubro de 2025</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/joao_diniz_pedido_de_informacao.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/joao_diniz_pedido_de_informacao.pdf</t>
   </si>
   <si>
     <t>À_x000D_
 Superintendência Regional da Caixa Econômica Federal_x000D_
 Ao cuidado do responsável pelo setor de Habitação.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/requerimento._barras_-_vereadora_vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/requerimento._barras_-_vereadora_vasti.pdf</t>
   </si>
   <si>
     <t>SOLICITA DUAS BARRAS DE FERRO PARA O CAMPO DE ENGENHO FLORESTA.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/requerimento_ilumina-pe_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/requerimento_ilumina-pe_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador(a) que este subscreve, na forma regimental, requer ao Governo do Estado de Pernambuco, Exma. Governadora Raquel Lyra, solicitando a implementação do Programa ILUMINA-PE no trecho compreendido entre o Loteamento Uberaba e o Condomínio Vale do Capema, às margens da PE-103, no município de Bonito- PE._x000D_
 _x000D_
 A iluminação pública é um fator essencial para a segurança, mobilidade e qualidade de vida da população. O trecho mencionado, localizado em uma das principais vias de acesso à cidade, é intensamente utilizado por moradores, trabalhadores, estudantes e turistas, especialmente no período noturno, quando a falta de iluminação aumenta o risco de acidentes e a sensação de insegurança._x000D_
 _x000D_
 A implementação do Programa ILUMINA-PE nesse percurso proporcionará maior segurança viária, valorização urbana e conforto à população local, atendendo a uma antiga reivindicação dos bonitenses._x000D_
 _x000D_
 Diante disso, conto com o apoio dos nobres pares para aprovação deste requerimento e encaminhamento ao Governo do Estado.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/timbrado_-_novo_2025_fazer_copia_-_copia_2-2-1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/timbrado_-_novo_2025_fazer_copia_-_copia_2-2-1.pdf</t>
   </si>
   <si>
     <t>O Vereador Henrique César, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer à Secretaria Municipal de Obras e Infraestrutura que sejam realizados reparos e melhorias nas bueiras, neste município de Bonito – PE.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/camscanner_11-11-2025_09.39_5.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/camscanner_11-11-2025_09.39_5.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA, DEPOIS DE OUVIDO O PLENÁRIO E CUMPRIDAS AS FORMALIDADES REGIMENTAIS, QUE SEJA PEDIDO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONITO-PE, E A LETICIA CAVALCAANTI, NO SENTIDO DE QUE SEJA COLOCADO METRALHAS E PIÇARROS NA ESTRADA DE ÁGUA VERMELHA E BOEIRAS PARA MELHORAR O ESCOAMENTO DA AGUA DAS ENCHENTES.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/feira_livre_ruas_e_calcadas__assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/feira_livre_ruas_e_calcadas__assinado.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, depois de cumpridas as formalidades regimentais, requerer a Prefeitura Municipal de Bonito, o Exmo. Prefeito Ruy Barbosa, e a Secretaria Municipal de Obras e Infraestrutura, a Secretária Letícia Cavalcanti, que seja realizado um estudo de viabilidade para a execução do calçamento das ruas que cercam a Feira Livre de Bonito, nas proximidades do Banheiro Público Municipal.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/ponte_capim_de_cheiro.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/ponte_capim_de_cheiro.pdf</t>
   </si>
   <si>
     <t>Solicita a ampliação e requalificação da ponte de Capim de Cheiro.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/requerimento_-_calcamento_rua_padre_joao_diniz.docx.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/requerimento_-_calcamento_rua_padre_joao_diniz.docx.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer, após ouvido o Plenário, que seja encaminhado ofício à Excelentíssima Senhora Secretária de Obras e Infraestrutura, Sra. Letícia Cavalcanti, solicitando que seja realizado a construção do calçamento de toda a extensão da Rua Padre João Diniz, localizada no Distrito de Alto Bonito/PE, compreendendo o trecho que se estende das imediações do PSF I Alto Bonito até as margens da PE-109.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/arca_de_noe_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/arca_de_noe_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora a aprovação dessa solicitação direcionada ao Prefeito Ruy Barbosa e Secretaria de obras Leticia Cavalcanti uma Reforma no Paredão na Avenida Joaquim Nabuco, em frente a escola Paulo Viana de Queiroz.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_-_cat_movel.docx_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_-_cat_movel.docx_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e_x000D_
 regimentais, vem, respeitosamente, requerer, após ouvido o Plenário, que_x000D_
 seja encaminhado ofício ao Excelentíssimo Senhor Jobson Sales, Secretário_x000D_
 de Turismo, Comunicação e Cultura deste Município, e ao Excelentíssimo_x000D_
 Senhor Carlos Henrique Vilela, Secretário de Governo e Segurança Pública_x000D_
 deste Município, solicitando a retomada do funcionamento do Centro de_x000D_
 Atendimento ao Turista Móvel (CAT Móvel) na Rota das Cachoeiras,_x000D_
 especificamente na bifurcação que dá acesso à Rodovia Antônio Cordeiro_x000D_
 Vilela, a qual liga a PE-103 à Sede da Colônia.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/req_10_de_novembro.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/req_10_de_novembro.pdf</t>
   </si>
   <si>
     <t>O Vereador Henrique César, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer após ouvido o Plenário e cumprida todas as formalidades regimentais, requerer ao Poder Executivo Municipal e as Secretarias Municipais competentes, que estudem a possibilidade de AMPLIAÇÃO DAS AULAS/CURSOS DE EMPREENDEDORISMO E EDUCAÇÃO FINANCEIRA nas Escolas da Rede Municipal de Ensino, englobando crianças desde a Educação Infantil até o Fundamental II.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/divulgacao_ab_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/divulgacao_ab_assinado.pdf</t>
   </si>
   <si>
     <t>Ilustríssimo Senhor Prefeito Ruy Barbosa,_x000D_
 _x000D_
 Excelentíssimo Senhor Secretário Jobson Sales,_x000D_
 _x000D_
 _x000D_
 _x000D_
 Venho, por meio desta, requerer ao Secretário de Turismo, que seja disponibilizada a equipe de marketing para que seja feita ações de divulgação da barragem do prata no distrito de Alto Bonito, com o intuito de atrair mais turistas para aquela localidade.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_cinvite_sercretario_da_financas_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_cinvite_sercretario_da_financas_assinado.pdf</t>
   </si>
   <si>
     <t>CONVIDAR o Secretário Municipal de Finanças e Planejamento para comparecer no (centro Administrativo) desta Casa Legislativa, antes da votação da PPA e a LOA,</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/pavimentacao_rua_rei_jesus.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/pavimentacao_rua_rei_jesus.pdf</t>
   </si>
   <si>
     <t>Na qualidade de Vereador Municipal e amparado pelas atribuições que me são conferidas, venho respeitosamente requerer a Secretaria Municipal de Obras e Infraestrutura a execução da pavimentação da Rua 1 do Bairro Rei_x000D_
 Jesus, situada entre os bairros Frei Damião e Mutirão.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/requerimento_sinalizacao_dos_cruzamentos_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/requerimento_sinalizacao_dos_cruzamentos_assinado.pdf</t>
   </si>
   <si>
     <t>A implantação imediata de sinalização vertical e horizontal, bem como demais medidas de ordenamento viário de responsabilidade municipal, no cruzamento localizado na Rua José Bezerra  de Melo, no bairro da Vila da Cohab, nas proximidades da Lanchonete Friquente, e na Rua José Ferreira de Lima, no do bairro Jucá, nas proximidades do Bonito Plaza Hotel .</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/banheiro_publico_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/banheiro_publico_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, após observadas as formalidades regimentais, que seja consignado nos anais desta Casa Legislativa um pedido ao Senhor Prefeito Dr. Ruy Barbosa e à Secretária de Obras, Senhora Letícia Cavalcante, para que seja elaborado um projeto de instalação de um banheiro público no centro da cidade, ao lado do Mercado Cultural, no local onde anteriormente funcionava a Academia da Cidade.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/camscanner_25-11-2025_21.39_4.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/camscanner_25-11-2025_21.39_4.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA, DEPOIS DE OUVIDO O PLENÁRIO E CUMPRIDAS AS FORMALIDADES REGIMENTAIS, QUE SEJA PEDIDO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONITO-PE, E A LETICIA CAVALCAANTI, NO SENTIDO DE QUE SEJA FEITA UMA RECUPERAÇÃO NA ESTRADA DE MONTE VIDIL, PASSANDO A MÁQUINA, COLOCANDO BOEIRAS E PIÇARRO, MELHORANDO A PASSAGEM DOS VEÍCULOS QUE PASSAM POR LÁ.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/placas_de_indicacao_turistica_assinado_4.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/placas_de_indicacao_turistica_assinado_4.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de placas de indicação turística nas vias de acesso das comunidades de Viração, Quilongá e Imbiribeira.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/ladeira_da_lata_rodeadouro_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/ladeira_da_lata_rodeadouro_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento _____/2025_x000D_
 _x000D_
 Venho, por meio desta, respeitosamente, requerer a Vossa Excelência e ao Excelentíssimo Senhor Secretário de Agricultura, José Roberval, o seguinte:_x000D_
 A destinação e envio de máquinas (máquina niveladora/patrol), caçamba e material (Ex: brita, piçarro, cascalho) para a realização de serviços de terraplanagem, recuperação e melhoramento da via pública conhecida como "Ladeira da Lata" no Sítio Rodeadouro._x000D_
 A presente solicitação se justifica pela [BREVE EXPLICAÇÃO DA NECESSIDADE - Ex: precariedade da via, risco de acidentes, e dificuldades no escoamento da produção agrícola/acesso de veículos, especialmente em períodos chuvosos]._x000D_
 Certo de contar com a costumeira atenção e presteza no atendimento desta reivindicação de fundamental importância para a comunidade no local,_x000D_
 Nestes termos, pede e espera deferimento.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/calcamento_-_teixeira.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/calcamento_-_teixeira.pdf</t>
   </si>
   <si>
     <t>Solicita o calçamento da Rua do Teixeira, em Bentivi,</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/timbrado_-_novo_2025_28529_assinado_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/timbrado_-_novo_2025_28529_assinado_2.pdf</t>
   </si>
   <si>
     <t>Meu pedido hoje vai pra o Prefeito Dr Ruy Barbosa juntamente a secretaria Leticia Cavalcante pra realização da sinalização das lombadas da cidade com placas e pinturas, especialmente as lombadas das avenidas e ruas asfaltadas.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/rua_sao_pedro_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/rua_sao_pedro_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a conclusão do calçamento da Rua 8, no Loteamento Frei Damião.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/camscanner_02-12-2025_21.53_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/camscanner_02-12-2025_21.53_2.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N/2025 REQUEIRO À MESA DIRETORA, DEPOIS DE OUVIDO O PLENÁRIO E CUMPRIDAS AS FORMALIDADES REGIMENTAIS, QUE SEJA PEDIDO AO EXCELENTÍSSIMO SENHOR PREFEITO DO MUNICÍPIO DE BONITO-PE, E À SECRETÁRIA DE OBRAS LETICIA CAVALCANTI, NO SENTIDO DE QUE SEJA FEITA UMA REFORMA NA ESTRADA DE RIACHÃO.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento-_concurso_publico_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento-_concurso_publico_assinado.pdf</t>
   </si>
   <si>
     <t>Requere a Prefeitura Municipal de Bonito, a realização de um novo Concurso Público Municipal.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/camscanner_09-12-2025_22.23_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/camscanner_09-12-2025_22.23_1.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A MESA DIRETORA DEPOIS DE OUVIDO O PLENÁRIO E CUMPRIDAS AS FORMALIDADES REGIMENTAIS QUE SEJA PEDIDO AO EXELENTISSIMO SENHOR PREFEITO DO MUNICIPIO DE BONITO-PE, E A SECRETARIA DE OBRA LETICIA CAVALCANTI, NO SENTIDO DE QUE SEJA FEITA UMA REFORMA NA ESTRADA DE TIPIM PARA ATENDER AS NECESSIDADE DA POPULAÇÃO, PASSANDO A MAQUINA E COLOCANDO BOEIRAS E PIÇARRO NAS PARTES QUE PRECISA.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/pedido_de_informacao_professores_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/pedido_de_informacao_professores_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação: Requeiro a Prefeitura Municipal, Exmo. Prefeito Ruy Barbosa, e a Senhora Secretária Maria Elza, que seja informado a relação completa e atualizada de todos os professores efetivos e contratados pela Prefeitura Municipal de Bonito, contendo:  nome completo do profissional; tipo de contrato ou vínculo; unidade escolar onde está lotado; carga horária semanal; função exercida (professor regente, auxiliar, apoio, etc.).</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/timbrado_-_novo_2025_28529_assinado_3.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/timbrado_-_novo_2025_28529_assinado_3.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Srº Prefeito Dr Ruy Barbosa e também a Secretária de Educação e Esportes Maria Elza juntamente a Secretária Leticia Cavalcante para disponibilizar equipamentos de Educação Física na Praça Severino Coutinho localizada na rua Felix Portela ao Lado Da Câmara municipal de Vereadores.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/requerimento_ete.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/requerimento_ete.pdf</t>
   </si>
   <si>
     <t>Requere que seja oficiado à Secretaria de Educação do Estado de Pernambuco, para que avalie e providencie a implantação de cursos técnicos nas áreas de Agricultura, Pecuária e Agronegócio na Escola Técnica Estadual Célia Arraes de Alencar, situada no município de Bonito/PE.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/indicacao_-_festival_gastronomico_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/indicacao_-_festival_gastronomico_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e_x000D_
 regimentais, vem, muito respeitosamente, solicitar o envio desta Indicação ao_x000D_
 Excelentíssimo Prefeito Dr. Ruy Barbosa e ao Secretário de Turismo, Sr._x000D_
 Jobson Sales, com o objetivo de propor a avaliação da viabilidade da_x000D_
 realização da segunda edição do Festival Gastronômico Municipal, bem_x000D_
 como a inclusão definitiva desse evento no calendário oficial do_x000D_
 município.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_2_28129.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_2_28129.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a inclusão, na programação de manutenção de estradas rurais, da recuperação e melhoria das estradas vicinais que servem como rotas escolares e vias de escoamento da produção agrícola no município de Bonito.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>EMEA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/emendas_aditiva2c_concelho_tutelar_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/emendas_aditiva2c_concelho_tutelar_assinado.pdf</t>
   </si>
   <si>
     <t>Emendas Aditiva, A LEI Nº 1.310/2023._x000D_
  dispõe sobre o Conselho tutelar_x000D_
  é dá outras providências</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/emendas_a_ldo._aditiva._ver._paulinho._cm_bonito_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/emendas_a_ldo._aditiva._ver._paulinho._cm_bonito_assinada.pdf</t>
   </si>
   <si>
     <t>ADICIONAM ARTIGOS DO PROJETO DE LEI DO EXECUTIVO Nº 12/2025, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/emeda_aditiva_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/emeda_aditiva_2.pdf</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/emenda_aditiva.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/emenda_aditiva.pdf</t>
   </si>
   <si>
     <t>Art. 1º – Fica acrescido ao Projeto de Lei nº 17/2025 o seguinte parágrafo ao artigo 2º:_x000D_
 _x000D_
         § 2º – Como contrapartida adicional, a Associação da Rádio Comunitária Rio Bonito realizará a transmissão, ao vivo e em sua íntegra, de todas as sessões ordinárias, extraordinárias e solenes da Câmara Municipal de Bonito, devendo a Casa Legislativa comunicar previamente a realização das mesmas, garantindo publicidade e acesso da população aos trabalhos legislativos._x000D_
 _x000D_
 Art. 2º – Permanecem inalteradas as demais disposições do projeto de lei.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_aditiva_-_modelo_2_bombinha_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_aditiva_-_modelo_2_bombinha_assinado.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao Projeto de Lei nº 25/2025, que regulamenta a colocação de metralhas e materiais de construção nas vias públicas e calçadas estabelecendo normas de controle, fiscalização e penalidades.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/emeda_aditiva_valorizacao_do_servidor_publico_ppa2026-2029_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/emeda_aditiva_valorizacao_do_servidor_publico_ppa2026-2029_assinada.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA _x000D_
 Ao Projeto de Lei do Executivo nº 19/2025 (PPA 2026–2029)</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/emenda_aditiva_turismo_ppa2026-2029_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/emenda_aditiva_turismo_ppa2026-2029_assinada.pdf</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/emeda_aditiva__educacao_ppa2026-2029_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/emeda_aditiva__educacao_ppa2026-2029_assinada.pdf</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/emenda_aditiva_saude_cultura_e_esporte_ppa2026-2029_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/emenda_aditiva_saude_cultura_e_esporte_ppa2026-2029_assinada.pdf</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/emenda_aditiva_sustentabilidade_ppa2026-2029_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/emenda_aditiva_sustentabilidade_ppa2026-2029_assinada.pdf</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/emeda_aditiva_protecao_e_garatia_de_direito_ppa2026-2029_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/emeda_aditiva_protecao_e_garatia_de_direito_ppa2026-2029_assinada.pdf</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/emenda_ao_ppa_2026_2029.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/emenda_ao_ppa_2026_2029.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva ao PPA 2026 2029</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/emenda_ppa_2026_2029_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/emenda_ppa_2026_2029_1.pdf</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>EMEM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/emenda_modificativa._preservacao_da_progressao_de_15_e_5._cm_bonito.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/emenda_modificativa._preservacao_da_progressao_de_15_e_5._cm_bonito.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ANEXO ÚNICO DO PROJETO DE LEI DO_x000D_
 EXECUTIVO Nº 11/2025, QUE VISA ALTERAR A TABELA DE_x000D_
 VENCIMENTOS CONSTANTES DO ANEXO III DO PCRM E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/emenda_modificativa._atualizacao_do_pcrm._retroatividade_em_janeiro._cm_bonito.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/emenda_modificativa._atualizacao_do_pcrm._retroatividade_em_janeiro._cm_bonito.pdf</t>
   </si>
   <si>
     <t>PROMOVE MODIFICAÇÕES NO PROJETO DE LEI DO_x000D_
 EXECUTIVO Nº 11/2025, QUE VISA ALTERAR A TABELA DE_x000D_
 VENCIMENTOS CONSTANTES DO ANEXO III DO PCRM E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/emendas_a_ldo._modificativa._ver._paulinho._cm_bonito_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/emendas_a_ldo._modificativa._ver._paulinho._cm_bonito_assinada.pdf</t>
   </si>
   <si>
     <t>ALTERAM ARTIGOS DO PROJETO DE LEI DO EXECUTIVO Nº 12/2025, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/7_modificativa_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/7_modificativa_assinada.pdf</t>
   </si>
   <si>
     <t>PROMOVE MODIFICAÇÕES NO PROJETO DE LEI DO EXECUTIVO Nº 15/2025, QUE DISPÕE SOBRE O SISTEMA MUNICIPAL DE TURISMO DO BONITO, INSTITUI O CONSELHO MUNICIPAL DE TURISMO E O FUNDO MUNICIPAL DO TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/8_modificativa_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/8_modificativa_assinada.pdf</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/1_emenda_ao_pl_17-2025_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/1_emenda_ao_pl_17-2025_assinada.pdf</t>
   </si>
   <si>
     <t>PROMOVE MODIFICAÇÕES NO PROJETO DE LEI DO EXECUTIVO Nº 17/2025, QUE AUTORIZA CONCESSÃO DE APOIO CULTURAL A RÁDIO COMUNITÁRIA RIO BONITO.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/emenda_modificativa._retroatividade_em_maio._agente_administrativo._cm_bonito_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/emenda_modificativa._retroatividade_em_maio._agente_administrativo._cm_bonito_assinada.pdf</t>
   </si>
   <si>
     <t>PROMOVE MODIFICAÇÕES NO PROJETO DE LEI DO EXECUTIVO Nº 18/2025, QUE VISA ALTERAR A TABELA DE VENCIMENTOS CONSTANTE DO ANEXO III DO GRUPO OCUPACIONAL DE APOIO ADMINISTRATIVO, INTEGRADO POR AGENTES ADMINISTRATIVOS EDUCACIONAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/1_emenda_modificativa_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/1_emenda_modificativa_assinada.pdf</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/2_emenda_modificativa_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/2_emenda_modificativa_assinada.pdf</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/3_modificativa_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/3_modificativa_assinada.pdf</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/4_modificativa_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/4_modificativa_assinada.pdf</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/5_modificativa_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/5_modificativa_assinada.pdf</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/6_modificativa_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/6_modificativa_assinada.pdf</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/emenda_modificativa_projeto_de_lei_do_executivo_n18_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/emenda_modificativa_projeto_de_lei_do_executivo_n18_assinada.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PAULO SERGIO DA SILVA, NO USO DE SUAS ATRIBUIÇÕES LEGAIS, PROPÕE A SEGUINTE EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 18/2025, DE AUTORIA DO PODER EXECUTIVO:</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/meda_modificativa_ppa_2026-2029_1_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/meda_modificativa_ppa_2026-2029_1_assinada.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA _x000D_
 Ao Projeto de Lei do Executivo nº 19/2025 (PPA 2026–2029)</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/emeda_modificativa_loa_2026_assinada_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/emeda_modificativa_loa_2026_assinada_1.pdf</t>
   </si>
   <si>
     <t>ALTERA O PROJETO DE LEI Nº 20/2025, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, O QUAL ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 2026.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>EMES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/emendas_a_ldo._supressiva._ver._paulinho._cm_bonito_assinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/emendas_a_ldo._supressiva._ver._paulinho._cm_bonito_assinada.pdf</t>
   </si>
   <si>
     <t>SUPRIMEM ARTIGOS DO PROJETO DE LEI DO EXECUTIVO Nº 12/2025, QUE ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>VOT1</t>
   </si>
   <si>
     <t>Voto de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_fjs_1_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_fjs_1_1.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa, após cumpridas as formalidades regimentais que essa Casa aprove um VOTO_x000D_
 de APLAUSO para a escola FJS – FREDERICO JOSÉ DOS SANTOS pelos seus 40 anos dedicados a educação de Bonito.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_maguary_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_maguary_assinado.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, _x000D_
 O vereador Paulo Sérgio da Silva, no uso de suas atribuições regimentais, requer, após ouvido o plenário, que seja registrado Voto de Aplauso à Associação Atlética Maguary, representada pelo presidente Ítalo Pontes, pelo presidente honorário Carlos Maurício e pelo vice-presidente Henrique César, pela campanha histórica realizada no Campeonato Pernambucano 2025.O Maguary, com muita dedicação e trabalho, conquistou um feito memorável, elevando o nome de Bonito a um patamar de destaque no futebol estadual. A trajetória do clube na competição encheu de orgulho a torcida e toda a população bonitense. Esse reconhecimento é um justo tributo ao empenho da diretoria, comissão técnica, jogadores e equipe de apoio, que não mediram esforços para levar o Maguary a uma campanha inesquecível. Diante disso, solicito que esta Casa Legislativa encaminhe ofício à diretoria do Maguary, parabenizando-os por essa grande conquista e reafirmando o compromisso com o fortalecimento do esporte em nossa cidade.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1171/voto_de_aplauso_-_lucidio_-_bananeira_do_sul_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1171/voto_de_aplauso_-_lucidio_-_bananeira_do_sul_2.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e_x000D_
 regimentais, vem muito respeitosamente, requerer, após ouvido o Plenário, que_x000D_
 seja concedido VOTO DE APLAUSO ao Senhor José Lucídio Alves,_x000D_
 residente na comunidade de Bananeira do Sul, zona rural de Bonito, pelo_x000D_
 compromisso e dedicação à sua comunidade, evidenciados por sua posse_x000D_
 como Presidente da Associação De Pequenos Produtores Rurais do Sítio_x000D_
 Bananeira do Sul, ocorrida no último dia 23 de março.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1172/voto_de_aplauso_interativo._henrique.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1172/voto_de_aplauso_interativo._henrique.pdf</t>
   </si>
   <si>
     <t>O vereador Henrique César, no uso de suas atribuições legais, vem _x000D_
 respeitosamente, requerer ao plenário, depois de cumpridas as formalidades _x000D_
 regimentais, que seja concedida a outorga de voto de aplauso ao Colégio Interativo, _x000D_
 pelos seus 30 anos contribuindo para a educação e formação de cidadãos de Bonito e _x000D_
 região. _x000D_
 É com grande satisfação que apresento, nesta Casa Legislativa, um Voto de _x000D_
 Aplauso ao Colégio Interativo, que, no dia 06 de fevereiro de 2025, celebrou 30 anos de _x000D_
 dedicação e compromisso com a educação em nosso município de Bonito-PE. _x000D_
 Justificativa: _x000D_
 Desde sua fundação, em 1995, como a pequena Escolinha Mundo da Criança, _x000D_
 idealizada com amor e empenho, essa instituição vem desempenhando um papel _x000D_
 fundamental na formação de inúmeras gerações. O sonho que começou com apenas _x000D_
 sete estudantes, sob os cuidados da professora Marinalva Gomes de Moura, sua irmã _x000D_
 Lindalva e sua mãe Vovó Helena, transformou-se em um verdadeiro centro de excelência _x000D_
 educacional, que hoje conta com cerca de 500 alunos matriculados e 52 funcionários. _x000D_
 Ao longo dessas três décadas, o Colégio Interativo consolidou-se como referência _x000D_
 no ensino de Bonito, formando cidadãos, profissionais e líderes que contribuem _x000D_
 ativamente para o desenvolvimento de nossa cidade. Sua metodologia fez com que _x000D_
 muitas crianças e jovens crescessem não apenas intelectualmente, mas também como _x000D_
 seres humanos mais preparados e conscientes. _x000D_
 Sua trajetória de crescimento e impacto social merece reconhecimento e _x000D_
 valorização e que sirva como incentivo para que a instituição continue desempenhando _x000D_
 seu papel educacional _x000D_
 Diante disso, requeiro que esta Casa Legislativa aprove este Voto de Aplauso ao _x000D_
 Colégio Interativo, parabenizando sua equipe gestora, professores, funcionários, alunos _x000D_
 e familiares por essa trajetória exemplar.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1183/voto_de_aplauso__para_anayran_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1183/voto_de_aplauso__para_anayran_assinado.pdf</t>
   </si>
   <si>
     <t>O vereador Paulo Sérgio da Silva, no uso de suas atribuições regimentais, requer, após ouvido o plenário, que seja enviado um Voto de Aplauso à Sra. Anayran kezia santos, pela posse da ASTUR (associação das secretarias de turismos de Pernambuco). Diante disso, solicito que esta Casa Legisla􀆟va encaminhe o􀄰cio à Sra. Anayran kezia santos, parabenizando-os por essa grande conquista.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/voto_de_apluso_eduardo_da_fonte_c.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/voto_de_apluso_eduardo_da_fonte_c.pdf</t>
   </si>
   <si>
     <t>Requeiro, na forma regimental e após consultado o Plenário, que seja consignado na Ata dos Trabalhos da presente Sessão Ordinária, VOTO DE APLAUSO AOS DEPUTADOS FEDERAIS EDUARDO DA FONTE E LULA DA FONTE, em reconhecimento ao investimento de R$6,5 milhões destinado à aquisição do acelerador linear Halcyon para o Hospital do câncer de Pernambuco.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/volto_de_aplauso_da_limpeza_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/volto_de_aplauso_da_limpeza_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumpridas as formalidades regimentais, Solicitando um VOLTO DE _x000D_
 APLAUSO, pelo o belíssimo trabalho da equipe de LIMPEZA das Ruas de Alto Bonito em nomes dos _x000D_
 Senhores. Paulo Pereira dos santos  ( Paulo do arrepio ) Denílson Ferreira dos santos  ( Denílson ) _x000D_
 e José Ladenilson da silva  ( Erinho ).</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/voto_de_aplauso..pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/voto_de_aplauso..pdf</t>
   </si>
   <si>
     <t>O vereador Henrique César, no uso de suas atribuições legais, vem respeitosamente, requerer ao plenário, depois de cumpridas as formalidades regimentais, que seja concedida a outorga de voto de aplauso ao senhor Allan Max Pereira que tem relevantes serviços prestados, ao futebol profissional pernambucano e a sociedade._x000D_
 Allan Max Pereira ,37 anos, residente na cidade de Bonito Pernambuco, bacharelado e licenciado em Educação Física pelo centro Universitário Leonardo da Vinci – UNIASSELVI.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/voto_de_apaluso_lindberg_e_fagner_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/voto_de_apaluso_lindberg_e_fagner_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador(a) Paulo Sérgio da Silva (Paulinho de Devá é Daniel do hospital), manifesta, por meio deste, VOTO DE APLAUSOS aos senhores Lindoberg Campos e Fagner Lacerda, em reconhecimento ao belíssimo trabalho realizado em conjunto, demonstrando respeito, carinho, e compromisso com as futuras gerações do povo pernambucano e principalmente os bonitenses.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/voto_de_aplauso.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/voto_de_aplauso.pdf</t>
   </si>
   <si>
     <t>Voto de aplauso aos profissionais da enfermagem do município em reconhecimento à dedicação, profissionalismo e impacto positivo na comunidade, destacando a importância de valorização, melhores condições de trabalho e reconhecimento institucional.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/voto_de_aplauso_tulio_gadelha_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/voto_de_aplauso_tulio_gadelha_assinado.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, no uso de suas atribuições legais, vem_x000D_
 respeitosamente requerer, após ouvido o plenário, que seja consignado nos anais_x000D_
 desta Casa Legislativa um Voto de Aplauso ao Deputado, Túlio Gadelha pelos seus_x000D_
 relevantes serviços prestados ao Município de Bonito-PE.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/capoeira_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/capoeira_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, após o cumprimento das formalidades regimentais, que seja consignado nos anais desta Casa Legislativa um Voto de Aplauso em homenagem a semana  da Capoeira, celebrado no dia 27 maio de 2025. A capoeira é uma expressão cultural brasileira de valor histórico inestimável, que une arte marcial, dança, música e tradição. Originada da resistência dos povos africanos escravizados, tornou-se símbolo de luta, identidade e preservação cultural. Hoje, a capoeira é reconhecida como Patrimônio Cultural Imaterial da Humanidade pela UNESCO e segue inspirando gerações, promovendo a inclusão, o respeito e a cidadania. Este Voto de Aplauso visa reconhecer a importância dessa manifestação cultural para a formação da nossa identidade nacional, bem como homenagear mestres, grupos e praticantes que mantêm viva essa herança nas escolas, praças e academias de nosso município</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/voto_de_ap.hospital.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/voto_de_ap.hospital.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora da Câmara municipal do Bonito, depois de cumprida as formalidades regimentais, que seja concedido um VOTO DE APLAUSO, pelo centenário do Hospital  DR. DRALBERTO DE OLIVERA.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/voto_de_aplausos_a_populacao_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/voto_de_aplausos_a_populacao_assinado_1.pdf</t>
   </si>
   <si>
     <t>O vereador João Diniz vem através deste, após cumprida as formalidades regimentais, concede um voto de aplausos e agradecimento a toda população, em especial às comunidades rurais do município de Bonito-PE.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/voto_de_aplauso_28129_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/voto_de_aplauso_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Congratula o Grupo Trilhando Bonito, na pessoa de suas organizadoras Águida Soares, Mayara Kelly e Ranuze Farias, pela relevante atuação social, esportiva e comunitária desenvolvida no município.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/voto_de_aplauso_blog_do_benicio_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/voto_de_aplauso_blog_do_benicio_assinado.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS ao BLOG DO BENÍCIO, em reconhecimento à sua trajetória de 10 ANOS de existência.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/aplauso.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/aplauso.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais vigentes, vem respeitosamente requerer, após ouvido o Plenário, que seja consignado nos anais desta Casa Legislativa VOTO DE APLAUSO a todos os Profissionais de Educação Física, em razão da comemoração do seu dia, celebrado em 1º de setembro, reconhecendo sua relevante contribuição para a sociedade bonitense na promoção da saúde, do bem-estar, da educação e da qualidade de vida._x000D_
  A homenagem pela importância do trabalho desenvolvido por esses profissionais nas mais diversas áreas – escolar, esportiva, clínica, preventiva e social – sendo fundamentais para o desenvolvimento físico e mental da população, além de promoverem hábitos de vida saudáveis e a inclusão por meio do esporte e da atividade física._x000D_
 Diante disso, e considerando a importância da valorização profissional, é justa e meritória a concessão deste Voto de Aplauso como forma de reconhecimento público por seus serviços prestados à comunidade._x000D_
 _x000D_
 Sala das Sessões da Câmara Municipal de Bonito – PE _x000D_
 03 de setembro de 2025._x000D_
 Henrique César_x000D_
 Vereador – Câmara Municipal de Bonito</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/banco_do_br_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/banco_do_br_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador José Holanda Cavalcanti Filho vem, por meio deste, conceder Voto de Aplauso à instituição Banco do Brasil, que, nos últimos dias, completou 50 anos de atuação em nosso município._x000D_
 O Banco do Brasil tem sido a principal âncora do desenvolvimento econômico local, contribuindo significativamente para o crescimento e a prosperidade da nossa comunidade.Sendo o maior apoiador da agricultura local.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/voto_de_aplauso_olavo_1_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/voto_de_aplauso_olavo_1_assinado.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS ao senhor OLAVO UZIEL CAMPELO.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/help_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/help_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador José Holanda Cavalcanti Filho vem, por meio deste, conceder Voto de Aplauso, em alusão ao Setembro Amarelo, ao grupo HELP da Igreja Universal, pela participação no maior evento realizado em Recife, no dia 14 de setembro.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/voto_de_aplauso_1_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/voto_de_aplauso_1_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora depois de cumpridas as formalidades regimentais, solicitando um VOTO DE APLAUSO, pelo belíssimo trabalho da equipe da cavalgada tamarind ranch no nome do Sr. João Diniz.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/voto_de_aplauso_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/voto_de_aplauso_assinado.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Bonito, por iniciativa do(a) Vereador(a) Paulo Sérgio da Silva (Paulinho de Devá), no uso de suas atribuições legais e regimentais, vem a público apresentar VOTO DE APLAUSO aos deputados federais de Pernambuco que votaram contrários à chamada "PEC da Blindagem", proposta que visa restringir a atuação do Poder Judiciário sobre membros do Congresso Nacional.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/voto_de_aplauso_01.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/voto_de_aplauso_01.pdf</t>
   </si>
   <si>
     <t>Requeiro a Mesa Diretora da Câmara municipal do Bonito, depois de cumprida as formalidades regimentais, que seja concedido  um voto de aplauso aos Agentes Comunitários de Saúde e Agentes de Endemias, pelos serviços prestados a nossa sociedade e pelo dia 4 de outubro que comemora-se esta tão honrosa profissão.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/voto_de_aplauso_-_pena.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/voto_de_aplauso_-_pena.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO a Genival Pedro da Silva em reconhecimento à sua inestimável contribuição à comunidade.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/voto_de_aplauso_eduardo.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/voto_de_aplauso_eduardo.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa diretora, após ouvido o Plenário, cumprida as formalidades legais contidas no Regimento interno desta Casa, que seja inserido na ata de nossos trabalhos VOTOS DE APLAUSOS ao jovem CARLOS EDUARDO FERREIRA DOS SANTOS, pela conquista do Terceiro lugar do Estado de Pernambuco, do concurso LER BEM, realizado pela ASPA, Associação Pernambucana Atacadista, em incentivo a leitura.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/voto_de_aplauso_-_pena.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/voto_de_aplauso_-_pena.pdf</t>
   </si>
   <si>
     <t>Solicita a outorga de VOTO DE APLAUSO a Genival Pedro da Silva em reconhecimento à sua inestimável contribuição à comunidade.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/voto_de_aplauso__deputado_francismar_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/voto_de_aplauso__deputado_francismar_assinado.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS ao senhor deputado FRANCISMAR PONTES,</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/voto_de_aplauso_gustavo_melo_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/voto_de_aplauso_gustavo_melo_assinado.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS ao senhor JOSÉ GUSTAVO DE MELO SANTOS.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/valdiane_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/valdiane_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Voto de Aplausos à família missionária formada por Seu Martins (in memoriam) e Dona Mariana, em reconhecimento aos relevantes serviços prestados ao Município de Bonito, especialmente à comunidade de Viração, pela história de fé, amor e dedicação que marcaram gerações e deixaram um legado de solidariedade e serviço cristão.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/voto_de_aplauso.-1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/voto_de_aplauso.-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais vigentes, vem respeitosamente requerer, após ouvido o Plenário, que seja consignado nos anais desta Casa Legislativa voto de aplauso a Erivaldo José da Silva, em razão aos serviços relevantes em nosso município no projeto Bonito saudável, reconhecendo sua relevante contribuição para a sociedade bonitense na promoção da saúde, do bem-estar, da educação e da qualidade de vida.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/voto_de_aplauso_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/voto_de_aplauso_2.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, nos termos regimentais vigentes, vem respeitosamente requerer, após ouvido o Plenário, voto de aplauso ao produtor cultural Wagner Wilker, cuja dedicação ao Festival Paraíso Terreal têm contribuído para preservar a memória do Movimento Sebastianista e fortalecer as tradições culturais de Bonito. Solicito, também, que este reconhecimento seja estendido ao Batalhão 1820, cuja presença e participação reforçaram a importância histórica do evento.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/volto_de_aplauso_direto_gabriel_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/volto_de_aplauso_direto_gabriel_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora depois de cumprir as formalidades regimentais, solicitando um VOTO DE APLAUSO, ao Diretor Gabriel Genis da Silva e os tratorista Paulo Ferreira da Silva e Izaías Francisco da Rocha, por todos serviços prestado ao Município de Bonito.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/voto_de_aplauso_fagner_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/voto_de_aplauso_fagner_assinado.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO ao senhor ANTÔNIO FAGNER BARBOSA LACERDA SILVA (Fagner Lacerda), em reconhecimento ao brilhante trabalho realizado à frente do TROFÉU MÚSICA BOA.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/voto_de_aplauso_franciele_veloso_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/voto_de_aplauso_franciele_veloso_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, após observadas as formalidades regimentais, que seja consignado nos anais desta Casa Legislativa um Voto de Aplauso em homenagem à Senhora Franciele Veloso, em reconhecimento aos relevantes serviços prestados por sua dedicada atuação à frente da Secretaria de Ação Social.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/voto_de_aplauso_-_valdir.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/voto_de_aplauso_-_valdir.pdf</t>
   </si>
   <si>
     <t>Concede-se Voto de Aplauso ao advogado José Valdir da Silva pela sua relevante contribuição ao município de Bonito, destacando sua atuação como Ouvidor-Geral, Controlador Geral, Procurador-Geral e Vereador, bem como sua dedicação à ética, à cidadania e ao fortalecimento da gestão pública e da advocacia pernambucana.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/timbrado_-_novo_2025_28529_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/timbrado_-_novo_2025_28529_assinado_1.pdf</t>
   </si>
   <si>
     <t>Meu voto de aplausos hoje é para para Maria José de Oliveira, ( Maria José Da Apa) que vem desenvolvendo um belo trabalho a frente da APA a 5 anos em nossa cidade.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>VOT2</t>
   </si>
   <si>
     <t>Voto de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1206/voto_de_pesar_jose_ailton.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1206/voto_de_pesar_jose_ailton.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida as formalidades regimentais para que seja dado um voto de pesar aos familiares do Sr. José Ailton Gomes de Paula pelo falecimento do mesmo ocorrido na segunda feira dia 14/04/2025.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/voto_de_pesar.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>Votos de Pesar à Família Silva. Expressa sentimentos de pesar à família Silva pelo falecimento do Senhor Sebastião Ferreira da Silva e de seu filho Adriano Ferreira da Silva, ocorrido no dia 25 de abril, no Engenho Serro Azul. Reitera condolências à família enlutada e renova votos de estima e apreço.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/voto_de_pesar_assinado_1.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/voto_de_pesar_assinado_1.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, após o cumprimento das formalidades regimentais, que seja registrado um voto de pesar aos familiares de Edeilza de Oliveira, popularmente conhecida como Dida, moradora do bairro Mutirão, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/voto_de_pesar_esposa_de_sr._toinho_da_granja_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/voto_de_pesar_esposa_de_sr._toinho_da_granja_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumprida as formalidades regimentais para que seja aprovado um voto de pesar aos familiares do Srª. Maria Helena de Oliveira Souza, pelo falecimento da mesma ocorrido no dia 24 de maio de 2025.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/voto_de_pesar.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/voto_de_pesar.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, muito respeitosamente, requerer à Mesa Diretora, após o cumprimento das formalidades regimentais, que seja registrado um voto de pesar aos familiares de Maria Aparecida Figueredo, popularmente conhecida como “Cida de Beval”, pelo seu falecimento ocorrido no dia 31 de maio de 2025.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/marcelos_de_barros_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/marcelos_de_barros_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, após o cumprimento das formalidades regimentais, que seja registrado um voto de pesar aos familiares de Marcelo de Barros, pelo seu falecimento ocorrido recentemente.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/voto_de_pesar_fornelos_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/voto_de_pesar_fornelos_assinado.pdf</t>
   </si>
   <si>
     <t>Voto de pesar aos familiares do Sr. Manoel Pinto Fornelos, pelo falecimento do mesmo ocorrido no dia 09 de junho de 2025, recentemente.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/voto_de_pesar_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/voto_de_pesar_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumpridas as formalidades regimentais_x000D_
 para que seja aprovado um voto de pesar ao nosso colega Vereador, o Senhor_x000D_
 Henrique Ce sar da Cunha Silva e aos seus familiares, pelo falecimento da avo_x000D_
 do mesmo, a Senhora Virgí nia Herminia da Cunha, recentemente no dia 23 de_x000D_
 junho de 2025, residindo na Rua Juscelino Kubitscheck, n° 42, Salgado.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/adobe_scan_16_de_jul._de_2025.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/adobe_scan_16_de_jul._de_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, após o cumprimento das formalidades regimentais, que seja registrado um voto de pesar aos familiares do Senhor JOSÉ HOLANDA CAVALCANTI,mais conhecido como, “Zé Malaquias”,pelo seu falecimento ocorrido recentemente.Sala das sessões da câmara Municipal, Bonito16/07/2025Justificativa José Holanda Cavalcanti Filho-vereador-</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/voto_de_pesar_genitor_andre_de_paula_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/voto_de_pesar_genitor_andre_de_paula_assinado.pdf</t>
   </si>
   <si>
     <t>voto de pesar aos familiares do Sr. André de Carlos Alves de Paula  e a Senhora Maria Cândida Moura Alves de Paula, pelo falecimento dos mesmo.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/voto_de_pesar_mc2aa_das_dores_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/voto_de_pesar_mc2aa_das_dores_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa diretora, depois de cumpridas as formalidades regimentais para que seja aprovado um voto de pesar aos familiares da Senhora Maria das Dores Luna de Santana, pelo seu falecimento recentemente, ocorrido no dia 22 de setembro de 2025, deixando cinco filhos, nove netos e cinco bisnetos, onde a mesma residia na Rua Francisco Benício, Centro. _x000D_
 _x000D_
 Neste momento de dor, nos solidarizamos com todos os familiares e amigos, rogando a Deus que conforte seus corações e conceda o descanso eterno à nossa saudosa amiga._x000D_
 _x000D_
 Justificativa oral.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/voto_de_pesar__manoel_mariano_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/voto_de_pesar__manoel_mariano_assinado.pdf</t>
   </si>
   <si>
     <t>voto de pesar aos familiares do Sr. Manoel Mariano da silva.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/voto_de_pesar__eiji_morimura.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/voto_de_pesar__eiji_morimura.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Bonito manifesta, por meio deste, o mais profundo Voto de Pesar pelo falecimento da pequena Maria de Lourdes, filha dos amigos Larissa Cavalcante e Jackson Henrique, ocorrido na madrugada do último dia 30 de outubro.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/pesar_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/pesar_assinado.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, após o cumprimento das formalidades regimentais, que seja registrado um voto de pesar aos familiares da senhora Maria de Lourdes da Silva, popularmente conhecida como Dona Lourdes, nomeada em 15 de março de 1973 para o cargo de mensageira, lotada na Câmara Municipal de Bonito, onde permaneceu até 15 de março de 2004, dedicando 32 anos de serviços a esta Casa Legislativa.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>PLCO</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1120/projeto_de_lei_06.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1120/projeto_de_lei_06.pdf</t>
   </si>
   <si>
     <t>Modifica o regime próprio de Previdência Social do Municipio de Bonito. Altera o plano de custeio e de benefícios de aposentadorias e pensões do Instituto de Previdência dos Servidores Municipais de Bonito/PE, dos Servidores Públicos, ocupantes de cargo de provimento efetivo e os estáveis de acordo com a Constituição Federal, nos termos da emenda Constitucional n°103/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_do_executivo_09.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_do_executivo_09.pdf</t>
   </si>
   <si>
     <t>Altera o Inciso XI, o Inciso V do Parágrafo único, ambos do Art. 113 e o caput do art. 115 da Lei  Complementar n o 18/2006, que Institui o Plano Diretor Participativo e o Processo de Planejamento e Gestão do   Desenvolvimento Urbano e Rural do Município do Bonito/PE e dá outras Providências.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/projetodoexecutivon10.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/projetodoexecutivon10.pdf</t>
   </si>
   <si>
     <t>O presente Projeto de Lei Complementar tem por objetivo alterar à lei nº 1.384/2025.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/pl._substitutivo._dia_do_protetor_independente_dos_animais_lei_arca_de_noe_-_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/pl._substitutivo._dia_do_protetor_independente_dos_animais_lei_arca_de_noe_-_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DO BONITO/PE, O DIA DO “PROTETOR INDEPENDENTE DOS ANIMAIS – LEI ARCA DE NOÉ”, BEM COMO ESTABELECE DIRETRIZES PARA O RECONHECIMENTO E O FORTALECIMENTO DAS AÇÕES DE PROTEÇÃO ANIMAL NO MUNICÍPIO, DANDO AINDA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>EMEI</t>
   </si>
   <si>
     <t>Emenda Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/emendas_-_vasti.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/emendas_-_vasti.pdf</t>
   </si>
   <si>
     <t>Envio das emendas impositivas.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/imenda_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/imenda_assinado.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei Orçamentária Anual nº 20/2025 – Exercício de 2026</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/emendas_-_gustavo_cd.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/emendas_-_gustavo_cd.pdf</t>
   </si>
   <si>
     <t>Envio da Emenda Impositiva</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/emenda.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/emenda.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei Orçamentária Anual nº 20/2025 – Exercício de 2026.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/emenda_impositiva_no03.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/emenda_impositiva_no03.pdf</t>
   </si>
   <si>
     <t>Envio das Emendas Impositivas.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/emendas_impositivas_henrique.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/emendas_impositivas_henrique.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei Orçamentária Anual nº 20/2025 – Exercício de 2026_x000D_
 _x000D_
 Autor: Vereador Henrique César da Cunha Silva_x000D_
 _x000D_
 _x000D_
 Art. 1º Ficam acrescidos, ao Projeto de Lei Orçamentária Anual do Município de Bonito para o exercício financeiro de 2026, a seguintes dotações orçamentárias, no âmbito da Secretaria Municipal de Educação e Esportes, Secretaria de Saúde, Secretaria Municipal de Turismo e Cultura e Secretaria Municipal de Desenvolvimento Rural e Meio Ambiente:_x000D_
 _x000D_
 (Associação Atlética Maguary)</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/camara_municipal_2.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/camara_municipal_2.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA N 09/2025 _x000D_
  ART.1- ficam acrescidos, ao projeto de lei orçamentária anual do município de bonito para o exercício financeiro de 2026,a seguintes dotações orçamentárias ,no âmbito da secretaria municipal de educação e esportes, secretaria de saúde, secretaria municipal de turismo e cultura e secretaria municipal de desenvolvimento rural e meio ambiente.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/emenda_impositiva_nc2ba_11_2026_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/emenda_impositiva_nc2ba_11_2026_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orçamentária Anual do Município de Bonito para o exercício de 2026, mediante inclusão de dotações orçamentárias destinadas à saúde, proteção animal, esporte, políticas públicas para mulheres, infraestrutura urbana, recursos hídricos e vigilância em saúde, por meio de emenda impositiva.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/emenda_impositivas_-_carlos_vilela.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/emenda_impositivas_-_carlos_vilela.pdf</t>
   </si>
   <si>
     <t>EMENDAS IMPOSITIVAS</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/emenda_impositiva_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/emenda_impositiva_assinado.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei Orçamentária Anual nº 20/2025 – Exercício de 2026_x000D_
 Autor: Vereador João Diniz da Silva</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/emenda_impositiva_2026_aasinada.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/emenda_impositiva_2026_aasinada.pdf</t>
   </si>
   <si>
     <t>Ao Projeto de Lei Orçamentária Anual (LOA) nº 20/2025 – Exercício de 2026</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/emenda_06_jr_do_gado_assinado.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/emenda_06_jr_do_gado_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA Nº 06/2025_x000D_
 _x000D_
 Ao Projeto de Lei Orçamentária Anual nº 20/2025 – Exercício de 2026_x000D_
 _x000D_
 _x000D_
 Autor: Vereador Junior do Gado_x000D_
 _x000D_
 _x000D_
 Art. 1º Ficam acrescidos, ao Projeto de Lei Orçamentária Anual do Município de Bonito para o exercício financeiro de 2026, a seguintes dotações orçamentárias, no âmbito da Secretaria Municipal de Educação e Esportes, Secretaria de Saúde e Secretaria Municipal de Infraestrutura:_x000D_
 _x000D_
 (APAE – Associação de Pais e Amigos dos Excepcionais)_x000D_
 _x000D_
 I-	Unidade orçamentária 13001- Fundo Municipal de Saúde;_x000D_
 II-	Programa: 1002 – Gestão Administrativa do Fundo Municipal de Saúde;_x000D_
 III-	Ação: 2152  – Apoio a entidades sem fins lucrativos na área de saúde;_x000D_
 IV-	Categoria Econômica: 3.3.50.00 – Transferências à instituições privadas sem fins lucrativos;_x000D_
 V-	Valor: R$ 50.000,00 (cinquenta mil reais);_x000D_
 VI-	Finalidade: celebração de parceria com a Associação de Pais e Amigos dos Excepcionais – APAE, para atendimento especializado a pessoas com deficiência e necessidades especiais._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
@@ -5140,68 +5158,68 @@
 V – Valor: R$ 20.000,00 (vinte mil reais);_x000D_
 VI – Finalidade: Apoio a Casa do Serviço e Convivência e Fortalecimento de Vínculo de Alto Bonito para aquisição de mobília para um melhor atendimento às famílias em situação de vulnerabilidade._x000D_
 _x000D_
 (Secretaria Municipal de Infraestrutura – Obras e Melhorias em Espaços Públicos)_x000D_
 _x000D_
 I – Unidade orçamentária: 12001 – Secretaria Municipal de Infraestrutura;  _x000D_
 II – Programa: 1503 – Infraestrutura Urbana;  _x000D_
 III – Ação: 1.41 – Construção, reforma e/ou ampliação em diversas áreas e espaços públicos, incluindo melhoria estética e paisagem urbanística;  _x000D_
 IV – Categoria Econômica: 4.4.90.00.00 – aplicações diretas;  _x000D_
 V – Valor: R$ 58.000,00 (cinquenta e oito mil reais);_x000D_
 VI – Finalidade: execução de obras de requalificação urbanística do canteiro de acesso ao bairro Alto Alegre, em Alto Bonito, Bonito-PE._x000D_
 _x000D_
 _x000D_
 Art. 2º Os recursos necessários ao atendimento do disposto no artigo 1º desta Emenda advirão da anulação de igual valor da dotação consignada à Reserva de Contingência – Programa 9999 – Reserva de Contingência._x000D_
 _x000D_
 Art. 3º Permanecem inalteradas as demais disposições do Projeto de Lei Orçamentária Anual._x000D_
 _x000D_
 Bonito/PE, 10 de dezembro de 2025_x000D_
 _x000D_
 Vereador Júnior do Gado</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/emenda25.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/emenda25.pdf</t>
   </si>
   <si>
     <t>Art. 1º Ficam acrescidos, ao Projeto de Lei Orçamentária Anual do Município de Bonito para o exercício financeiro de 2026, a seguintes dotações orçamentárias, no âmbito da Secretaria Municipal de Educação e Esportes, Secretaria de Saúde, Secretaria Municipal de Turismo e Cultura e Secretaria Municipal de Desenvolvimento Rural e Meio Ambiente:_x000D_
 _x000D_
 (Associação Atlética Maguary)</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>VOTR</t>
   </si>
   <si>
     <t>Voto de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1132/votoderepudio.pdf</t>
+    <t>http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1132/votoderepudio.pdf</t>
   </si>
   <si>
     <t>Requeiro a mesa Diretora depois de cumprida as formalidades regimentais, para que mais uma vez, meu repúdio alcance a companhia de abastecimento do estado de Pernambuco (Compesa), onde a mesma continua insistentemente com sua falta de compromisso com nossa população, esperamos uma atenção da Presidência e toda diretoria.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5508,67 +5526,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1121/ata_da_reuniao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1141/ata_3a_reuniao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1146/ata_4a_reuniao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1154/ata_5a_reuniao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1173/ata6areuniao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1181/ata7areuniao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/ata8areuniao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1207/ata9areuniao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/ata10oreuniao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/ata11areuniao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ata.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/ata13areuniao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/ata14a.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/ata15areuniao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/ata16areuniao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/ata18areuniao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/ata19areuniao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/ata20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/ata21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/ata22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/ata_da_23_reuniao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/ata_da_reuniao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/ata25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/ata_da_26o_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/ata_eletronica_da_27o_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/ata_eletronica_28o.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/ata_eletronica_da_26a_reuniao_ordinaria_da_1o_sessao_legislativa_da_49a_legislatura..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/ata_eletronica_da_30a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/ata_eletronica_da_31a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/ata_eletronica_da_32a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/ata_eletronica_da_33a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/ata_eletronica_da_34a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/ata_eletronica_da_35a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/ata_eletronica_da_36a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/ata_eletronica_da_37a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/ata_eletronica_da_38a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/ata_eletronica_da_39a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1129/ataextra.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1147/ata_2a_extra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/ata3areuniaoextra.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/ataextra4.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/ataextra5.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/ata_sexta_reuniao_extra.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/ataextra7.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/ata_da_8_extra.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1167/camscanner_24-03-2025_10.00_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_do_executivo_8.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/camscanner_02-07-2025_09.02_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/projeto_de_lei_diretrizes_orcamentarias_2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/projeto_de_lei_diretrizes_orcamentarias_2026_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/projeto_no_13.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/projeto_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/projeto_de_lei_no15.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/projeto_de_lei_no16.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/projeto_no17.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/projeto_no18.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/projeto_de_lei_do_executivo_21.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/projeto_de_lei_excutivo_22.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/projeto_de_lei_do_excutivo__23.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/02.bonito.pl_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/loa_organized_atualizada_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1144/camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1152/projeto_de_lei_dia_120325.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/semana_evangelica_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_eiji_morimura.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/camscanner_28-04-2025_11.46.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/projeto_adicional_alimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/criterios_denominacao_de_ruas_assinado.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/dispoe_sobre_a_proibicao_da_realizacao_de_exames_oftalmologicos_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/projeto_de_lei_-_juventude_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/progeto_de_lei_artistas.pdf_com_correcao.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/projeto_de_lei_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_lei_complement_pronto.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/projeto_de_lei_joao_diniz_dia_30062025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/lei_transparencia_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/pl_hino1_atualizado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/disk_180_2.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/pl_remedio_em_casa_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/adicional_alimentacao_motoristas_e_enfermeiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/pl_ed.-1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei._autorizacao_para_tfd._cm_bonito._vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/semana_do_vaqueiro_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/projeto_de_lei._eliminador_de_ar._compensa._cm_bonito._assinado_2x.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei._eliminador_de_ar._compensa._cm_bonito._original_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/_projeto_de_lei_-_metralhas_e_material_de_construcao_-_vias_publicas_1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_lei_henrique_n.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/projeto_de_lei__estudante.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/projeto_de_lei._programa_municipal_de_atendimento_humanizado._cm_bonito._vasti.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/projeto_de_lei_joao_diniz.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/bairro_jose_batista_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/pla_praca_e_nossa_assinado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/animais-1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_capoeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1157/cartaz_corrigido__assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_correto_28_lei_do_ano_letivo_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/nome_da_rua_severino_queiroz_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/projeto_de_lei_-_burrego.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/autista_assinado_holandinha.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/remocao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/projeto_de_lei_veiculos_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/holandinha_projeto.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/arca_de_noe_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/projeto_de_lei-1_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_decreto_legislativo._medalha_dr._adalberto_d_oliveira_laercio_queiroz_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1188/ta_tulo_de_cidada_o_carlinhos_.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1198/conceder_medalha_corrigido_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_decreto_-_titulo_de_cidada_bonitense_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/titulo_de_cidada_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/ana_catarina_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/titulo_cidadao_irmao_roberval_assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/titulo_cidadao_kelly_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/pdj_titulo_cidadao_bonito_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1122/carlinhos_vilela.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1123/henrique_da_gold.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1124/junior_heraclio.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1125/holanda_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1126/joao_diniz.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1127/valdiane.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1128/vasti.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1131/didi.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1133/valdiane_assinado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1135/requerimento_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1136/requerimento_henrique_da_gold..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1139/requerimento_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1140/timbrado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1142/lixeiras_-_alto_bonito_-_requerimento.docx_28229_organized_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1143/requerimento_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1145/novo_para__assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_cordenadoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1149/banheiro_publico_-_prainha_-_requerimento.docx_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1150/requerimento_ponte_do_mofao.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_vastii.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1155/praca_agrovila_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_val_da_eletrica_.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_esgoto.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_17-03-2_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1162/requerimento_sala_azul.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_do_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1174/requerimento_concurso_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1175/henrique_turismo._1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/equipe_hidraulica_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1177/requerimento_-_praca.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1178/calcada_joao_xxiii_-_alto_bonito_-_requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1184/pedido_de_informacao_cref_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1185/requerimento_prainha.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1186/requerimento_secretaria_da_fazenda_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1189/sala_lilas_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1191/vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1192/henrique_08_04_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1193/pedido_de_informacao_guarda_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_audiencia_publica_do_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1197/pdf-val.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1199/campo_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1200/vereadorav_2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1201/defensoria_publica_-_requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1202/audiencia_publica_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1203/henrique_cesar_1504.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_cemiterio_novo_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_wi-fi_gratuito_assinado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/requerimento_portico_assinado_novo..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/calcada_somopar_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/requerimento_acao_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/rede_eletrica_gregorio.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/der-pe.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/adobe_scan_6_de_mai._de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/maquinas_tipim_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimentos_estradas_281329_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_vasti.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/requerimento__religioso_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/image_20250512_0001.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/requerimento_picarro_guaretama.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/placa_de_taxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/rua_1_2_e_3_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento_a_excelentissima_leticia_cavalcante_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/requerimento_do_campo_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_animais_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/requerimentos_pavimentacao_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/jardim_europa..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/requerimento_eije_secao_dia_2105.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/requerimento_ponte_ricardo_cabral_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/moto_taxista._1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/requerimento_material_rachinha_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/pedido_de_informacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_do_ceo_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/placas_da_pe_103_e_109_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/requerimento_das_calcandas.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/requerimento_campo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/vasti.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_praca_de_viracao_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/pediatra_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/pedido_reiteirando._1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/requerimento_dengue_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/requerimento_barragem_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/mariano_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/camscanner_04-06-2025_09.41_1.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/ladeira_no_bar_da_lata_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/1.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento_projeto_executivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/ponto_de_onibus_-_ete.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/camscanner_11-06-2025_09.02_2.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/requerimento_sede_da_maguary_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/requerimento._assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/camara_municipal_2.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/ponto_de_onibus_-_ete.docx.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/requerimento_paradas_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/loteamentos_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/pedido_de_informacao_eti_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_reeditado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/timbrado_-_novo_2025_28529_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/requerimentomoto.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_-_estradas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/requerimento_ubs_cachoeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/jobson_sales_letreiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/calcada_ubs_boa_vista_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/bolsa_atleta._1.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/pedido_de_informacao_veiculos_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/requerimento_de_poste_para_estrada_de_viracao_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_para_rocadeira_articulada_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/timbrado_-_novo_2025_28429_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento._ampliacao_da_coleta_de_lixo._cm_bonito._vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/requerimento_pavimentacao_l_pedra_bonita.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/lixo_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/nova_praca_biblia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_-_postes_de_iluminacao.docx_organized.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_mucuri-_hymalaia_novo_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/10_de_setembro.-2.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/monte_cristo_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/enem_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/requerimento_val_pendanga.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_-_sinalizacao_lombadas.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/requerimento_da_tabela_de_diarias_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/requerimento_eije.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/requerimento_parcao-parqpet_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/arlindo_romao_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/requerimento_leticia.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/avenida_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/manoel_maecelino_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/requerimento_val_da_eletrica_dia_08-10-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/requerimento._cemiterio_-_vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_loteamento_uberaba_assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/timbrado_-_novo_28829_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_solicitar_entrega_de_placa_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/req.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/joao_diniz_pedido_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/requerimento._barras_-_vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/requerimento_ilumina-pe_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/timbrado_-_novo_2025_fazer_copia_-_copia_2-2-1.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/camscanner_11-11-2025_09.39_5.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/feira_livre_ruas_e_calcadas__assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/ponte_capim_de_cheiro.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/requerimento_-_calcamento_rua_padre_joao_diniz.docx.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/arca_de_noe_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_-_cat_movel.docx_1.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/req_10_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/divulgacao_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_cinvite_sercretario_da_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/pavimentacao_rua_rei_jesus.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/requerimento_sinalizacao_dos_cruzamentos_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/banheiro_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/camscanner_25-11-2025_21.39_4.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/placas_de_indicacao_turistica_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/ladeira_da_lata_rodeadouro_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/calcamento_-_teixeira.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/timbrado_-_novo_2025_28529_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/rua_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/camscanner_02-12-2025_21.53_2.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento-_concurso_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/camscanner_09-12-2025_22.23_1.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/pedido_de_informacao_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/timbrado_-_novo_2025_28529_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/requerimento_ete.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/indicacao_-_festival_gastronomico_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_2_28129.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/emendas_aditiva2c_concelho_tutelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/emendas_a_ldo._aditiva._ver._paulinho._cm_bonito_assinada.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/emeda_aditiva_2.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/emenda_aditiva.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_aditiva_-_modelo_2_bombinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/emeda_aditiva_valorizacao_do_servidor_publico_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/emenda_aditiva_turismo_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/emeda_aditiva__educacao_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/emenda_aditiva_saude_cultura_e_esporte_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/emenda_aditiva_sustentabilidade_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/emeda_aditiva_protecao_e_garatia_de_direito_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/emenda_ao_ppa_2026_2029.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/emenda_ppa_2026_2029_1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/emenda_modificativa._preservacao_da_progressao_de_15_e_5._cm_bonito.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/emenda_modificativa._atualizacao_do_pcrm._retroatividade_em_janeiro._cm_bonito.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/emendas_a_ldo._modificativa._ver._paulinho._cm_bonito_assinada.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/7_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/8_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/1_emenda_ao_pl_17-2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/emenda_modificativa._retroatividade_em_maio._agente_administrativo._cm_bonito_assinada.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/1_emenda_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/2_emenda_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/3_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/4_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/5_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/6_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/emenda_modificativa_projeto_de_lei_do_executivo_n18_assinada.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/meda_modificativa_ppa_2026-2029_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/emeda_modificativa_loa_2026_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/emendas_a_ldo._supressiva._ver._paulinho._cm_bonito_assinada.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_fjs_1_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_maguary_assinado.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1171/voto_de_aplauso_-_lucidio_-_bananeira_do_sul_2.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1172/voto_de_aplauso_interativo._henrique.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1183/voto_de_aplauso__para_anayran_assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/voto_de_apluso_eduardo_da_fonte_c.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/volto_de_aplauso_da_limpeza_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/voto_de_aplauso..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/voto_de_apaluso_lindberg_e_fagner_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/voto_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/voto_de_aplauso_tulio_gadelha_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/capoeira_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/voto_de_ap.hospital.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/voto_de_aplausos_a_populacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/voto_de_aplauso_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/voto_de_aplauso_blog_do_benicio_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/aplauso.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/banco_do_br_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/voto_de_aplauso_olavo_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/help_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/voto_de_aplauso_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/voto_de_aplauso_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/voto_de_aplauso_01.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/voto_de_aplauso_-_pena.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/voto_de_aplauso_eduardo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/voto_de_aplauso_-_pena.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/voto_de_aplauso__deputado_francismar_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/voto_de_aplauso_gustavo_melo_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/valdiane_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/voto_de_aplauso.-1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/voto_de_aplauso_2.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/volto_de_aplauso_direto_gabriel_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/voto_de_aplauso_fagner_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/voto_de_aplauso_franciele_veloso_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/voto_de_aplauso_-_valdir.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/timbrado_-_novo_2025_28529_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1206/voto_de_pesar_jose_ailton.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/voto_de_pesar_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/voto_de_pesar_esposa_de_sr._toinho_da_granja_assinado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/marcelos_de_barros_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/voto_de_pesar_fornelos_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/voto_de_pesar_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/adobe_scan_16_de_jul._de_2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/voto_de_pesar_genitor_andre_de_paula_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/voto_de_pesar_mc2aa_das_dores_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/voto_de_pesar__manoel_mariano_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/voto_de_pesar__eiji_morimura.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/pesar_assinado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1120/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_do_executivo_09.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/projetodoexecutivon10.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/pl._substitutivo._dia_do_protetor_independente_dos_animais_lei_arca_de_noe_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/emendas_-_vasti.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/imenda_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/emendas_-_gustavo_cd.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/emenda.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/emenda_impositiva_no03.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/emendas_impositivas_henrique.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/camara_municipal_2.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/emenda_impositiva_nc2ba_11_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/emenda_impositivas_-_carlos_vilela.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/emenda_impositiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/emenda_impositiva_2026_aasinada.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/emenda_06_jr_do_gado_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/emenda25.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1132/votoderepudio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1121/ata_da_reuniao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1141/ata_3a_reuniao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1146/ata_4a_reuniao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1154/ata_5a_reuniao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1173/ata6areuniao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1181/ata7areuniao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/ata8areuniao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1207/ata9areuniao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/ata10oreuniao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/ata11areuniao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ata.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/ata13areuniao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/ata14a.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1263/ata15areuniao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/ata16areuniao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1303/ata18areuniao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1305/ata19areuniao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/ata20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/ata21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/ata22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/ata_da_23_reuniao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/ata_da_reuniao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/ata25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/ata_da_26o_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/ata_eletronica_da_27o_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/ata_eletronica_28o.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1410/ata_eletronica_da_26a_reuniao_ordinaria_da_1o_sessao_legislativa_da_49a_legislatura..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1417/ata_eletronica_da_30a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1429/ata_eletronica_da_31a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1439/ata_eletronica_da_32a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1451/ata_eletronica_da_33a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1456/ata_eletronica_da_34a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1464/ata_eletronica_da_35a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1476/ata_eletronica_da_36a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1480/ata_eletronica_da_37a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1489/ata_eletronica_da_38a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1499/ata_eletronica_da_39a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1517/ata_eletronica_da_40a_reuniao_ordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1129/ataextra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1147/ata_2a_extra.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/ata3areuniaoextra.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1313/ataextra4.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/ataextra5.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/ata_sexta_reuniao_extra.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/ataextra7.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/ata_da_8_extra.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1518/ata_eletronica_da_9a_reuniao_extraordinaria_da_1a_sessao_legislativa_da_49a.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1115/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1167/camscanner_24-03-2025_10.00_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1190/projeto_do_executivo_8.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/camscanner_02-07-2025_09.02_2.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1324/projeto_de_lei_diretrizes_orcamentarias_2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/projeto_de_lei_diretrizes_orcamentarias_2026_1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/projeto_no_13.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/projeto_no14-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/projeto_de_lei_no15.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/projeto_de_lei_no16.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/projeto_no17.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/projeto_no18.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1441/projeto_de_lei_do_executivo_21.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1442/projeto_de_lei_excutivo_22.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1447/projeto_de_lei_do_excutivo__23.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1445/02.bonito.pl_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1444/loa_organized_atualizada_.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1144/camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1152/projeto_de_lei_dia_120325.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/semana_evangelica_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_eiji_morimura.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/camscanner_28-04-2025_11.46.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/projeto_adicional_alimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/criterios_denominacao_de_ruas_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/dispoe_sobre_a_proibicao_da_realizacao_de_exames_oftalmologicos_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/projeto_de_lei_-_juventude_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/progeto_de_lei_artistas.pdf_com_correcao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/projeto_de_lei_municipal.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_lei_complement_pronto.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/projeto_de_lei_joao_diniz_dia_30062025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/lei_transparencia_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/pl_hino1_atualizado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/disk_180_2.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/pl_remedio_em_casa_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/adicional_alimentacao_motoristas_e_enfermeiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/pl_ed.-1.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei._autorizacao_para_tfd._cm_bonito._vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/semana_do_vaqueiro_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/projeto_de_lei._eliminador_de_ar._compensa._cm_bonito._assinado_2x.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei._eliminador_de_ar._compensa._cm_bonito._original_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/_projeto_de_lei_-_metralhas_e_material_de_construcao_-_vias_publicas_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_lei_henrique_n.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/projeto_de_lei__estudante.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1425/projeto_de_lei._programa_municipal_de_atendimento_humanizado._cm_bonito._vasti.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1435/projeto_de_lei_joao_diniz.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1440/bairro_jose_batista_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1449/pla_praca_e_nossa_assinado.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1463/animais-1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_capoeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1157/cartaz_corrigido__assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_correto_28_lei_do_ano_letivo_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/nome_da_rua_severino_queiroz_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/projeto_de_lei_-_burrego.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/autista_assinado_holandinha.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1295/remocao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1334/projeto_de_lei_veiculos_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/holandinha_projeto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/arca_de_noe_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/projeto_de_lei-1_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1179/projeto_de_decreto_legislativo._medalha_dr._adalberto_d_oliveira_laercio_queiroz_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1188/ta_tulo_de_cidada_o_carlinhos_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1198/conceder_medalha_corrigido_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_decreto_-_titulo_de_cidada_bonitense_assinado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/titulo_de_cidada_assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/ana_catarina_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/titulo_cidadao_irmao_roberval_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1453/titulo_cidadao_kelly_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1477/pdj_titulo_cidadao_bonito_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1153/projeto_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1122/carlinhos_vilela.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1123/henrique_da_gold.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1124/junior_heraclio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1125/holanda_cavalcante.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1126/joao_diniz.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1127/valdiane.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1128/vasti.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1131/didi.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1133/valdiane_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1135/requerimento_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1136/requerimento_henrique_da_gold..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1137/requerimento.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1139/requerimento_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1140/timbrado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1142/lixeiras_-_alto_bonito_-_requerimento.docx_28229_organized_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1143/requerimento_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1145/novo_para__assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1148/requerimento_cordenadoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1149/banheiro_publico_-_prainha_-_requerimento.docx_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1150/requerimento_ponte_do_mofao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_vastii.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1155/praca_agrovila_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_val_da_eletrica_.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_esgoto.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_17-03-2_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1162/requerimento_sala_azul.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_do_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1174/requerimento_concurso_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1175/henrique_turismo._1.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/equipe_hidraulica_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1177/requerimento_-_praca.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1178/calcada_joao_xxiii_-_alto_bonito_-_requerimento_2.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1184/pedido_de_informacao_cref_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1185/requerimento_prainha.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1186/requerimento_secretaria_da_fazenda_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1189/sala_lilas_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1191/vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1192/henrique_08_04_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1193/pedido_de_informacao_guarda_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_audiencia_publica_do_turismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1197/pdf-val.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1199/campo_assinado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1200/vereadorav_2.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1201/defensoria_publica_-_requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1202/audiencia_publica_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1203/henrique_cesar_1504.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_cemiterio_novo_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_wi-fi_gratuito_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/requerimento_portico_assinado_novo..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/calcada_somopar_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/requerimento_acao_social_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/rede_eletrica_gregorio.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/der-pe.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/adobe_scan_6_de_mai._de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/maquinas_tipim_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimentos_estradas_281329_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_vasti.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/requerimento__religioso_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/image_20250512_0001.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/requerimento_picarro_guaretama.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/placa_de_taxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/rua_1_2_e_3_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/requerimento_a_excelentissima_leticia_cavalcante_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/requerimento_do_campo_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_animais_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/requerimentos_pavimentacao_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/jardim_europa..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1249/requerimento_eije_secao_dia_2105.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/requerimento_ponte_ricardo_cabral_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/moto_taxista._1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/requerimento_material_rachinha_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/pedido_de_informacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_do_ceo_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/placas_da_pe_103_e_109_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/requerimento_das_calcandas.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/requerimento_campo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/vasti.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/requerimento_praca_de_viracao_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/pediatra_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/pedido_reiteirando._1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/requerimento_dengue_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/requerimento_barragem_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/mariano_pereira_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/camscanner_04-06-2025_09.41_1.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/ladeira_no_bar_da_lata_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1285/1.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/requerimento_projeto_executivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/ponto_de_onibus_-_ete.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1289/camscanner_11-06-2025_09.02_2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/requerimento_sede_da_maguary_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/requerimento._assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1297/camara_municipal_2.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/ponto_de_onibus_-_ete.docx.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/requerimento_paradas_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1300/loteamentos_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/pedido_de_informacao_eti_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/requerimento_reeditado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/timbrado_-_novo_2025_28529_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/requerimentomoto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1318/requerimento_-_estradas.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1321/requerimento_ubs_cachoeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/jobson_sales_letreiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/calcada_ubs_boa_vista_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/bolsa_atleta._1.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/pedido_de_informacao_veiculos_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/requerimento_de_poste_para_estrada_de_viracao_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_para_rocadeira_articulada_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/timbrado_-_novo_2025_28429_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento._ampliacao_da_coleta_de_lixo._cm_bonito._vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/requerimento_pavimentacao_l_pedra_bonita.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/lixo_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/nova_praca_biblia.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_-_postes_de_iluminacao.docx_organized.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_mucuri-_hymalaia_novo_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/10_de_setembro.-2.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/monte_cristo_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/enem_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/requerimento_val_pendanga.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/requerimento_-_sinalizacao_lombadas.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/requerimento_da_tabela_de_diarias_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/requerimento_eije.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/requerimento_parcao-parqpet_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/arlindo_romao_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/requerimento_leticia.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/avenida_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1414/manoel_maecelino_assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/requerimento_val_da_eletrica_dia_08-10-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/requerimento._cemiterio_-_vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_loteamento_uberaba_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1426/timbrado_-_novo_28829_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_solicitar_entrega_de_placa_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1430/req.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1431/joao_diniz_pedido_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1433/requerimento._barras_-_vereadora_vasti.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1434/requerimento_ilumina-pe_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1438/timbrado_-_novo_2025_fazer_copia_-_copia_2-2-1.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1454/camscanner_11-11-2025_09.39_5.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1455/feira_livre_ruas_e_calcadas__assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1457/ponte_capim_de_cheiro.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1458/requerimento_-_calcamento_rua_padre_joao_diniz.docx.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1459/arca_de_noe_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_-_cat_movel.docx_1.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1461/req_10_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1465/divulgacao_ab_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1467/requerimento_cinvite_sercretario_da_financas_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1468/pavimentacao_rua_rei_jesus.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1469/requerimento_sinalizacao_dos_cruzamentos_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1472/banheiro_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1473/camscanner_25-11-2025_21.39_4.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1474/placas_de_indicacao_turistica_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1479/ladeira_da_lata_rodeadouro_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1481/calcamento_-_teixeira.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1483/timbrado_-_novo_2025_28529_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1484/rua_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1485/camscanner_02-12-2025_21.53_2.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento-_concurso_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1487/camscanner_09-12-2025_22.23_1.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1488/pedido_de_informacao_professores_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1490/timbrado_-_novo_2025_28529_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1491/requerimento_ete.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/indicacao_-_festival_gastronomico_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_2_28129.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/emendas_aditiva2c_concelho_tutelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/emendas_a_ldo._aditiva._ver._paulinho._cm_bonito_assinada.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/emeda_aditiva_2.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/emenda_aditiva.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1450/emenda_aditiva_-_modelo_2_bombinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1492/emeda_aditiva_valorizacao_do_servidor_publico_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1493/emenda_aditiva_turismo_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1495/emeda_aditiva__educacao_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1496/emenda_aditiva_saude_cultura_e_esporte_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1497/emenda_aditiva_sustentabilidade_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1498/emeda_aditiva_protecao_e_garatia_de_direito_ppa2026-2029_assinada.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1507/emenda_ao_ppa_2026_2029.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1508/emenda_ppa_2026_2029_1.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/emenda_modificativa._preservacao_da_progressao_de_15_e_5._cm_bonito.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1315/emenda_modificativa._atualizacao_do_pcrm._retroatividade_em_janeiro._cm_bonito.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/emendas_a_ldo._modificativa._ver._paulinho._cm_bonito_assinada.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/7_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/8_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/1_emenda_ao_pl_17-2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/emenda_modificativa._retroatividade_em_maio._agente_administrativo._cm_bonito_assinada.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/1_emenda_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/2_emenda_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/3_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/4_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/5_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/6_modificativa_assinada.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/emenda_modificativa_projeto_de_lei_do_executivo_n18_assinada.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1494/meda_modificativa_ppa_2026-2029_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1516/emeda_modificativa_loa_2026_assinada_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/emendas_a_ldo._supressiva._ver._paulinho._cm_bonito_assinada.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1138/requerimento_fjs_1_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_maguary_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1171/voto_de_aplauso_-_lucidio_-_bananeira_do_sul_2.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1172/voto_de_aplauso_interativo._henrique.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1183/voto_de_aplauso__para_anayran_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/voto_de_apluso_eduardo_da_fonte_c.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/volto_de_aplauso_da_limpeza_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1245/voto_de_aplauso..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1241/voto_de_apaluso_lindberg_e_fagner_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/voto_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/voto_de_aplauso_tulio_gadelha_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1267/capoeira_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/voto_de_ap.hospital.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1291/voto_de_aplausos_a_populacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/voto_de_aplauso_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/voto_de_aplauso_blog_do_benicio_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/aplauso.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/banco_do_br_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/voto_de_aplauso_olavo_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/help_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/voto_de_aplauso_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/voto_de_aplauso_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/voto_de_aplauso_01.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/voto_de_aplauso_-_pena.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1422/voto_de_aplauso_eduardo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1432/voto_de_aplauso_-_pena.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1436/voto_de_aplauso__deputado_francismar_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1437/voto_de_aplauso_gustavo_melo_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1448/valdiane_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1452/voto_de_aplauso.-1.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1462/voto_de_aplauso_2.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1466/volto_de_aplauso_direto_gabriel_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1470/voto_de_aplauso_fagner_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1471/voto_de_aplauso_franciele_veloso_assinado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1478/voto_de_aplauso_-_valdir.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1482/timbrado_-_novo_2025_28529_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1206/voto_de_pesar_jose_ailton.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/voto_de_pesar_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/voto_de_pesar_esposa_de_sr._toinho_da_granja_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/marcelos_de_barros_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1287/voto_de_pesar_fornelos_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1309/voto_de_pesar_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/adobe_scan_16_de_jul._de_2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/voto_de_pesar_genitor_andre_de_paula_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/voto_de_pesar_mc2aa_das_dores_assinado.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/voto_de_pesar__manoel_mariano_assinado.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1443/voto_de_pesar__eiji_morimura.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1446/pesar_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1120/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/projeto_do_executivo_09.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/projetodoexecutivon10.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1428/pl._substitutivo._dia_do_protetor_independente_dos_animais_lei_arca_de_noe_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1501/emendas_-_vasti.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1502/imenda_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1503/emendas_-_gustavo_cd.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1504/emenda.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1505/emenda_impositiva_no03.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1506/emendas_impositivas_henrique.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1509/camara_municipal_2.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1511/emenda_impositiva_nc2ba_11_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1512/emenda_impositivas_-_carlos_vilela.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1510/emenda_impositiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1513/emenda_impositiva_2026_aasinada.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1514/emenda_06_jr_do_gado_assinado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1515/emenda25.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bonito.pe.leg.br/media/sapl/public/materialegislativa/2025/1132/votoderepudio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H387"/>
+  <dimension ref="A1:H389"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="158.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="157.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6462,9038 +6480,9084 @@
       </c>
       <c r="C40" t="s">
         <v>164</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H40" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>167</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>168</v>
       </c>
       <c r="D41" t="s">
-        <v>168</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>171</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
         <v>172</v>
       </c>
-      <c r="B42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H42" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D43" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="E43" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H43" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D44" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="E44" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H44" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D45" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="E45" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H45" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D46" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="E46" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H46" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D47" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="E47" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H47" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D48" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="E48" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D49" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="E49" t="s">
+        <v>173</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="F49" t="s">
+      <c r="H49" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>197</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>45</v>
+      </c>
+      <c r="D50" t="s">
+        <v>172</v>
+      </c>
+      <c r="E50" t="s">
+        <v>173</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H50" t="s">
         <v>199</v>
-      </c>
-[...19 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>200</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
+        <v>201</v>
+      </c>
+      <c r="E51" t="s">
         <v>202</v>
       </c>
-      <c r="B51" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H51" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D52" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E52" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F52" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H52" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D53" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E53" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F53" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D54" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E54" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F54" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H54" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D55" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E55" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F55" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H55" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D56" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E56" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F56" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H56" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D57" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E57" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F57" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H57" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="D58" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E58" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F58" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H58" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="D59" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E59" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F59" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H59" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D60" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E60" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F60" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H60" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D61" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E61" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F61" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H61" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D62" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E62" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F62" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H62" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D63" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E63" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F63" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H63" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D64" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E64" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F64" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H64" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="D65" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E65" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F65" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H65" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="D66" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E66" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F66" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H66" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D67" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E67" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F67" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H67" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="D68" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E68" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F68" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H68" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="D69" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E69" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="F69" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H69" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="D70" t="s">
-        <v>260</v>
+        <v>201</v>
       </c>
       <c r="E70" t="s">
+        <v>202</v>
+      </c>
+      <c r="F70" t="s">
+        <v>203</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="F70" t="s">
+      <c r="H70" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>263</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>108</v>
+      </c>
+      <c r="D71" t="s">
+        <v>201</v>
+      </c>
+      <c r="E71" t="s">
+        <v>202</v>
+      </c>
+      <c r="F71" t="s">
+        <v>203</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H71" t="s">
         <v>265</v>
-      </c>
-[...19 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>266</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" t="s">
+        <v>267</v>
+      </c>
+      <c r="E72" t="s">
+        <v>268</v>
+      </c>
+      <c r="F72" t="s">
         <v>269</v>
       </c>
-      <c r="B72" t="s">
-[...11 lines deleted...]
-      <c r="F72" t="s">
+      <c r="G72" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>272</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>16</v>
+      </c>
+      <c r="D73" t="s">
+        <v>267</v>
+      </c>
+      <c r="E73" t="s">
+        <v>268</v>
+      </c>
+      <c r="F73" t="s">
         <v>273</v>
-      </c>
-[...13 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H73" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>276</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D74" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E74" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F74" t="s">
-        <v>262</v>
+        <v>277</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H74" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D75" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E75" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F75" t="s">
-        <v>266</v>
+        <v>21</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H75" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D76" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E76" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F76" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H76" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D77" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E77" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F77" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H77" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D78" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E78" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F78" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>290</v>
       </c>
       <c r="H78" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>292</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D79" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E79" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F79" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>293</v>
       </c>
       <c r="H79" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>295</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D80" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E80" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F80" t="s">
         <v>296</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>297</v>
       </c>
       <c r="H80" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>299</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D81" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E81" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F81" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>300</v>
       </c>
       <c r="H81" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>302</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D82" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E82" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F82" t="s">
-        <v>266</v>
+        <v>303</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H82" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D83" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E83" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F83" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H83" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D84" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E84" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F84" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H84" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D85" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E85" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F85" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H85" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D86" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E86" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F86" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H86" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="D87" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E87" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F87" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H87" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>88</v>
+        <v>77</v>
       </c>
       <c r="D88" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E88" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F88" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H88" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D89" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E89" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F89" t="s">
-        <v>324</v>
+        <v>273</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>325</v>
       </c>
       <c r="H89" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>327</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D90" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E90" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F90" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>328</v>
       </c>
       <c r="H90" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>330</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D91" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E91" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F91" t="s">
         <v>331</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>332</v>
       </c>
       <c r="H91" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>334</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="D92" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E92" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F92" t="s">
-        <v>331</v>
+        <v>273</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>335</v>
       </c>
       <c r="H92" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="D93" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E93" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F93" t="s">
-        <v>289</v>
+        <v>338</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H93" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="D94" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E94" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F94" t="s">
-        <v>262</v>
+        <v>338</v>
       </c>
       <c r="G94" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H94" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="D95" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E95" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F95" t="s">
-        <v>270</v>
+        <v>296</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H95" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="D96" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E96" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F96" t="s">
-        <v>324</v>
+        <v>269</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H96" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D97" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E97" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F97" t="s">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H97" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="D98" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E98" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F98" t="s">
-        <v>266</v>
+        <v>331</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H98" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="D99" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E99" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F99" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H99" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="D100" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E100" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F100" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H100" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="D101" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="E101" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="F101" t="s">
-        <v>331</v>
+        <v>273</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H101" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>10</v>
+        <v>136</v>
       </c>
       <c r="D102" t="s">
-        <v>364</v>
+        <v>267</v>
       </c>
       <c r="E102" t="s">
+        <v>268</v>
+      </c>
+      <c r="F102" t="s">
+        <v>269</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="F102" t="s">
+      <c r="H102" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>367</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>140</v>
+      </c>
+      <c r="D103" t="s">
+        <v>267</v>
+      </c>
+      <c r="E103" t="s">
+        <v>268</v>
+      </c>
+      <c r="F103" t="s">
+        <v>338</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H103" t="s">
         <v>369</v>
-      </c>
-[...19 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>370</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>10</v>
+      </c>
+      <c r="D104" t="s">
+        <v>371</v>
+      </c>
+      <c r="E104" t="s">
         <v>372</v>
       </c>
-      <c r="B104" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F104" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="H104" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D105" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E105" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="F105" t="s">
-        <v>324</v>
+        <v>373</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H105" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D106" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E106" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="F106" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H106" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D107" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E107" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="F107" t="s">
-        <v>266</v>
+        <v>331</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H107" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D108" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E108" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="F108" t="s">
-        <v>385</v>
+        <v>373</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>386</v>
       </c>
       <c r="H108" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>388</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D109" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E109" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="F109" t="s">
-        <v>366</v>
+        <v>273</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>389</v>
       </c>
       <c r="H109" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>391</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D110" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E110" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="F110" t="s">
-        <v>366</v>
+        <v>392</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H110" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D111" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E111" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="F111" t="s">
-        <v>395</v>
+        <v>373</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>396</v>
       </c>
       <c r="H111" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>398</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="D112" t="s">
+        <v>371</v>
+      </c>
+      <c r="E112" t="s">
+        <v>372</v>
+      </c>
+      <c r="F112" t="s">
+        <v>373</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="E112" t="s">
+      <c r="H112" t="s">
         <v>400</v>
-      </c>
-[...7 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>401</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>57</v>
+      </c>
+      <c r="D113" t="s">
+        <v>371</v>
+      </c>
+      <c r="E113" t="s">
+        <v>372</v>
+      </c>
+      <c r="F113" t="s">
+        <v>402</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B113" t="s">
-[...14 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>405</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>10</v>
+      </c>
+      <c r="D114" t="s">
         <v>406</v>
       </c>
-      <c r="B114" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E114" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="F114" t="s">
-        <v>266</v>
+        <v>338</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H114" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D115" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="E115" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="F115" t="s">
-        <v>395</v>
+        <v>296</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H115" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D116" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="E116" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="F116" t="s">
-        <v>366</v>
+        <v>273</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H116" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D117" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="E117" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="F117" t="s">
-        <v>366</v>
+        <v>402</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H117" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D118" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="E118" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="F118" t="s">
-        <v>266</v>
+        <v>373</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H118" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D119" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="E119" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="F119" t="s">
-        <v>266</v>
+        <v>373</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H119" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D120" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="E120" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="F120" t="s">
-        <v>331</v>
+        <v>273</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H120" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D121" t="s">
-        <v>428</v>
+        <v>406</v>
       </c>
       <c r="E121" t="s">
+        <v>407</v>
+      </c>
+      <c r="F121" t="s">
+        <v>273</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="F121" t="s">
+      <c r="H121" t="s">
         <v>430</v>
-      </c>
-[...4 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>431</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>45</v>
+      </c>
+      <c r="D122" t="s">
+        <v>406</v>
+      </c>
+      <c r="E122" t="s">
+        <v>407</v>
+      </c>
+      <c r="F122" t="s">
+        <v>338</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H122" t="s">
         <v>433</v>
-      </c>
-[...19 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>434</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>10</v>
+      </c>
+      <c r="D123" t="s">
+        <v>435</v>
+      </c>
+      <c r="E123" t="s">
+        <v>436</v>
+      </c>
+      <c r="F123" t="s">
+        <v>437</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="B123" t="s">
-[...14 lines deleted...]
-      <c r="G123" s="1" t="s">
+      <c r="H123" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D124" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E124" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F124" t="s">
-        <v>385</v>
+        <v>296</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="H124" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D125" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E125" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F125" t="s">
-        <v>366</v>
+        <v>269</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H125" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D126" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E126" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F126" t="s">
-        <v>266</v>
+        <v>392</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H126" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D127" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E127" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F127" t="s">
-        <v>395</v>
+        <v>373</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H127" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D128" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E128" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F128" t="s">
-        <v>324</v>
+        <v>273</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H128" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D129" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E129" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F129" t="s">
-        <v>270</v>
+        <v>402</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H129" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D130" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E130" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F130" t="s">
-        <v>395</v>
+        <v>331</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H130" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D131" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E131" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F131" t="s">
-        <v>385</v>
+        <v>277</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="H131" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D132" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E132" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F132" t="s">
-        <v>262</v>
+        <v>402</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H132" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D133" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E133" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F133" t="s">
-        <v>324</v>
+        <v>392</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H133" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="D134" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E134" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F134" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H134" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="D135" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E135" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F135" t="s">
-        <v>366</v>
+        <v>331</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="H135" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D136" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E136" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F136" t="s">
-        <v>289</v>
+        <v>338</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H136" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D137" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E137" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F137" t="s">
-        <v>266</v>
+        <v>373</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H137" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D138" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E138" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F138" t="s">
-        <v>366</v>
+        <v>296</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H138" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="D139" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E139" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F139" t="s">
-        <v>331</v>
+        <v>273</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H139" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="D140" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E140" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F140" t="s">
-        <v>289</v>
+        <v>373</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H140" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D141" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E141" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F141" t="s">
-        <v>493</v>
+        <v>338</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>494</v>
       </c>
       <c r="H141" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>496</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D142" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E142" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F142" t="s">
-        <v>324</v>
+        <v>296</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>497</v>
       </c>
       <c r="H142" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>499</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D143" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E143" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F143" t="s">
-        <v>366</v>
+        <v>500</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H143" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="D144" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E144" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F144" t="s">
-        <v>493</v>
+        <v>331</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H144" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="D145" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E145" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F145" t="s">
-        <v>506</v>
+        <v>373</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>507</v>
       </c>
       <c r="H145" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>509</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="D146" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E146" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F146" t="s">
-        <v>385</v>
+        <v>500</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>510</v>
       </c>
       <c r="H146" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>512</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="D147" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E147" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F147" t="s">
-        <v>324</v>
+        <v>513</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H147" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="D148" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E148" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F148" t="s">
-        <v>331</v>
+        <v>392</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H148" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>132</v>
+        <v>116</v>
       </c>
       <c r="D149" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E149" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F149" t="s">
-        <v>385</v>
+        <v>331</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="H149" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="D150" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E150" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F150" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H150" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="D151" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E151" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F151" t="s">
-        <v>262</v>
+        <v>392</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="H151" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="D152" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E152" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F152" t="s">
-        <v>528</v>
+        <v>338</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>529</v>
       </c>
       <c r="H152" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>531</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="D153" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E153" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F153" t="s">
-        <v>324</v>
+        <v>269</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>532</v>
       </c>
       <c r="H153" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>534</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D154" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E154" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F154" t="s">
-        <v>289</v>
+        <v>535</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H154" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="D155" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E155" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F155" t="s">
-        <v>385</v>
+        <v>331</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="H155" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="D156" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E156" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F156" t="s">
-        <v>385</v>
+        <v>296</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H156" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>544</v>
+        <v>160</v>
       </c>
       <c r="D157" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E157" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F157" t="s">
-        <v>331</v>
+        <v>392</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>545</v>
       </c>
       <c r="H157" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>547</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
+        <v>164</v>
+      </c>
+      <c r="D158" t="s">
+        <v>441</v>
+      </c>
+      <c r="E158" t="s">
+        <v>442</v>
+      </c>
+      <c r="F158" t="s">
+        <v>392</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="D158" t="s">
-[...8 lines deleted...]
-      <c r="G158" s="1" t="s">
+      <c r="H158" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>550</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>168</v>
+      </c>
+      <c r="D159" t="s">
+        <v>441</v>
+      </c>
+      <c r="E159" t="s">
+        <v>442</v>
+      </c>
+      <c r="F159" t="s">
+        <v>338</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="H159" t="s">
         <v>552</v>
-      </c>
-[...13 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>553</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>554</v>
+      </c>
+      <c r="D160" t="s">
+        <v>441</v>
+      </c>
+      <c r="E160" t="s">
+        <v>442</v>
+      </c>
+      <c r="F160" t="s">
+        <v>535</v>
+      </c>
+      <c r="G160" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B160" t="s">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="H160" t="s">
         <v>556</v>
-      </c>
-[...13 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>557</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>558</v>
+      </c>
+      <c r="D161" t="s">
+        <v>441</v>
+      </c>
+      <c r="E161" t="s">
+        <v>442</v>
+      </c>
+      <c r="F161" t="s">
+        <v>331</v>
+      </c>
+      <c r="G161" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="B161" t="s">
-[...2 lines deleted...]
-      <c r="C161" t="s">
+      <c r="H161" t="s">
         <v>560</v>
-      </c>
-[...13 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>561</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>562</v>
+      </c>
+      <c r="D162" t="s">
+        <v>441</v>
+      </c>
+      <c r="E162" t="s">
+        <v>442</v>
+      </c>
+      <c r="F162" t="s">
+        <v>269</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="B162" t="s">
-[...2 lines deleted...]
-      <c r="C162" t="s">
+      <c r="H162" t="s">
         <v>564</v>
-      </c>
-[...13 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>565</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>566</v>
+      </c>
+      <c r="D163" t="s">
+        <v>441</v>
+      </c>
+      <c r="E163" t="s">
+        <v>442</v>
+      </c>
+      <c r="F163" t="s">
+        <v>392</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="B163" t="s">
-[...2 lines deleted...]
-      <c r="C163" t="s">
+      <c r="H163" t="s">
         <v>568</v>
-      </c>
-[...13 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>569</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>570</v>
+      </c>
+      <c r="D164" t="s">
+        <v>441</v>
+      </c>
+      <c r="E164" t="s">
+        <v>442</v>
+      </c>
+      <c r="F164" t="s">
+        <v>338</v>
+      </c>
+      <c r="G164" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B164" t="s">
-[...2 lines deleted...]
-      <c r="C164" t="s">
+      <c r="H164" t="s">
         <v>572</v>
-      </c>
-[...13 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>573</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>574</v>
+      </c>
+      <c r="D165" t="s">
+        <v>441</v>
+      </c>
+      <c r="E165" t="s">
+        <v>442</v>
+      </c>
+      <c r="F165" t="s">
+        <v>402</v>
+      </c>
+      <c r="G165" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="B165" t="s">
-[...2 lines deleted...]
-      <c r="C165" t="s">
+      <c r="H165" t="s">
         <v>576</v>
-      </c>
-[...13 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>577</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>578</v>
+      </c>
+      <c r="D166" t="s">
+        <v>441</v>
+      </c>
+      <c r="E166" t="s">
+        <v>442</v>
+      </c>
+      <c r="F166" t="s">
+        <v>500</v>
+      </c>
+      <c r="G166" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="B166" t="s">
-[...2 lines deleted...]
-      <c r="C166" t="s">
+      <c r="H166" t="s">
         <v>580</v>
-      </c>
-[...13 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>581</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>582</v>
+      </c>
+      <c r="D167" t="s">
+        <v>441</v>
+      </c>
+      <c r="E167" t="s">
+        <v>442</v>
+      </c>
+      <c r="F167" t="s">
+        <v>373</v>
+      </c>
+      <c r="G167" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="B167" t="s">
-[...2 lines deleted...]
-      <c r="C167" t="s">
+      <c r="H167" t="s">
         <v>584</v>
-      </c>
-[...13 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>585</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>586</v>
+      </c>
+      <c r="D168" t="s">
+        <v>441</v>
+      </c>
+      <c r="E168" t="s">
+        <v>442</v>
+      </c>
+      <c r="F168" t="s">
+        <v>331</v>
+      </c>
+      <c r="G168" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="B168" t="s">
-[...2 lines deleted...]
-      <c r="C168" t="s">
+      <c r="H168" t="s">
         <v>588</v>
-      </c>
-[...13 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>589</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>590</v>
+      </c>
+      <c r="D169" t="s">
+        <v>441</v>
+      </c>
+      <c r="E169" t="s">
+        <v>442</v>
+      </c>
+      <c r="F169" t="s">
+        <v>296</v>
+      </c>
+      <c r="G169" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="B169" t="s">
-[...2 lines deleted...]
-      <c r="C169" t="s">
+      <c r="H169" t="s">
         <v>592</v>
-      </c>
-[...13 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>593</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>594</v>
+      </c>
+      <c r="D170" t="s">
+        <v>441</v>
+      </c>
+      <c r="E170" t="s">
+        <v>442</v>
+      </c>
+      <c r="F170" t="s">
+        <v>373</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="B170" t="s">
-[...2 lines deleted...]
-      <c r="C170" t="s">
+      <c r="H170" t="s">
         <v>596</v>
-      </c>
-[...13 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>597</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>598</v>
+      </c>
+      <c r="D171" t="s">
+        <v>441</v>
+      </c>
+      <c r="E171" t="s">
+        <v>442</v>
+      </c>
+      <c r="F171" t="s">
+        <v>269</v>
+      </c>
+      <c r="G171" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="B171" t="s">
-[...2 lines deleted...]
-      <c r="C171" t="s">
+      <c r="H171" t="s">
         <v>600</v>
-      </c>
-[...13 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>601</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>602</v>
+      </c>
+      <c r="D172" t="s">
+        <v>441</v>
+      </c>
+      <c r="E172" t="s">
+        <v>442</v>
+      </c>
+      <c r="F172" t="s">
+        <v>392</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="B172" t="s">
-[...2 lines deleted...]
-      <c r="C172" t="s">
+      <c r="H172" t="s">
         <v>604</v>
-      </c>
-[...13 lines deleted...]
-        <v>606</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>605</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>606</v>
+      </c>
+      <c r="D173" t="s">
+        <v>441</v>
+      </c>
+      <c r="E173" t="s">
+        <v>442</v>
+      </c>
+      <c r="F173" t="s">
+        <v>338</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="B173" t="s">
-[...2 lines deleted...]
-      <c r="C173" t="s">
+      <c r="H173" t="s">
         <v>608</v>
-      </c>
-[...13 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>609</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>610</v>
+      </c>
+      <c r="D174" t="s">
+        <v>441</v>
+      </c>
+      <c r="E174" t="s">
+        <v>442</v>
+      </c>
+      <c r="F174" t="s">
+        <v>273</v>
+      </c>
+      <c r="G174" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="B174" t="s">
-[...2 lines deleted...]
-      <c r="C174" t="s">
+      <c r="H174" t="s">
         <v>612</v>
-      </c>
-[...13 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>613</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>614</v>
+      </c>
+      <c r="D175" t="s">
+        <v>441</v>
+      </c>
+      <c r="E175" t="s">
+        <v>442</v>
+      </c>
+      <c r="F175" t="s">
+        <v>269</v>
+      </c>
+      <c r="G175" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="B175" t="s">
-[...2 lines deleted...]
-      <c r="C175" t="s">
+      <c r="H175" t="s">
         <v>616</v>
-      </c>
-[...13 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>617</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>618</v>
+      </c>
+      <c r="D176" t="s">
+        <v>441</v>
+      </c>
+      <c r="E176" t="s">
+        <v>442</v>
+      </c>
+      <c r="F176" t="s">
+        <v>296</v>
+      </c>
+      <c r="G176" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="B176" t="s">
-[...2 lines deleted...]
-      <c r="C176" t="s">
+      <c r="H176" t="s">
         <v>620</v>
-      </c>
-[...13 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>621</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>622</v>
+      </c>
+      <c r="D177" t="s">
+        <v>441</v>
+      </c>
+      <c r="E177" t="s">
+        <v>442</v>
+      </c>
+      <c r="F177" t="s">
+        <v>392</v>
+      </c>
+      <c r="G177" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="B177" t="s">
-[...2 lines deleted...]
-      <c r="C177" t="s">
+      <c r="H177" t="s">
         <v>624</v>
-      </c>
-[...13 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>625</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>626</v>
+      </c>
+      <c r="D178" t="s">
+        <v>441</v>
+      </c>
+      <c r="E178" t="s">
+        <v>442</v>
+      </c>
+      <c r="F178" t="s">
+        <v>513</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="B178" t="s">
-[...2 lines deleted...]
-      <c r="C178" t="s">
+      <c r="H178" t="s">
         <v>628</v>
-      </c>
-[...13 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>629</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>630</v>
+      </c>
+      <c r="D179" t="s">
+        <v>441</v>
+      </c>
+      <c r="E179" t="s">
+        <v>442</v>
+      </c>
+      <c r="F179" t="s">
+        <v>269</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="B179" t="s">
-[...2 lines deleted...]
-      <c r="C179" t="s">
+      <c r="H179" t="s">
         <v>632</v>
-      </c>
-[...13 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>633</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>634</v>
+      </c>
+      <c r="D180" t="s">
+        <v>441</v>
+      </c>
+      <c r="E180" t="s">
+        <v>442</v>
+      </c>
+      <c r="F180" t="s">
+        <v>373</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="B180" t="s">
-[...2 lines deleted...]
-      <c r="C180" t="s">
+      <c r="H180" t="s">
         <v>636</v>
-      </c>
-[...13 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>637</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>638</v>
+      </c>
+      <c r="D181" t="s">
+        <v>441</v>
+      </c>
+      <c r="E181" t="s">
+        <v>442</v>
+      </c>
+      <c r="F181" t="s">
+        <v>535</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="B181" t="s">
-[...2 lines deleted...]
-      <c r="C181" t="s">
+      <c r="H181" t="s">
         <v>640</v>
-      </c>
-[...13 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>641</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>642</v>
+      </c>
+      <c r="D182" t="s">
+        <v>441</v>
+      </c>
+      <c r="E182" t="s">
+        <v>442</v>
+      </c>
+      <c r="F182" t="s">
+        <v>402</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="B182" t="s">
-[...2 lines deleted...]
-      <c r="C182" t="s">
+      <c r="H182" t="s">
         <v>644</v>
-      </c>
-[...13 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>645</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>646</v>
+      </c>
+      <c r="D183" t="s">
+        <v>441</v>
+      </c>
+      <c r="E183" t="s">
+        <v>442</v>
+      </c>
+      <c r="F183" t="s">
+        <v>331</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="B183" t="s">
-[...2 lines deleted...]
-      <c r="C183" t="s">
+      <c r="H183" t="s">
         <v>648</v>
-      </c>
-[...13 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>649</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>650</v>
+      </c>
+      <c r="D184" t="s">
+        <v>441</v>
+      </c>
+      <c r="E184" t="s">
+        <v>442</v>
+      </c>
+      <c r="F184" t="s">
+        <v>338</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="B184" t="s">
-[...2 lines deleted...]
-      <c r="C184" t="s">
+      <c r="H184" t="s">
         <v>652</v>
-      </c>
-[...13 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>653</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>654</v>
+      </c>
+      <c r="D185" t="s">
+        <v>441</v>
+      </c>
+      <c r="E185" t="s">
+        <v>442</v>
+      </c>
+      <c r="F185" t="s">
+        <v>373</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="B185" t="s">
-[...2 lines deleted...]
-      <c r="C185" t="s">
+      <c r="H185" t="s">
         <v>656</v>
-      </c>
-[...13 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>657</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>658</v>
+      </c>
+      <c r="D186" t="s">
+        <v>441</v>
+      </c>
+      <c r="E186" t="s">
+        <v>442</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="B186" t="s">
-[...2 lines deleted...]
-      <c r="C186" t="s">
+      <c r="H186" t="s">
         <v>660</v>
-      </c>
-[...13 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>661</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>662</v>
+      </c>
+      <c r="D187" t="s">
+        <v>441</v>
+      </c>
+      <c r="E187" t="s">
+        <v>442</v>
+      </c>
+      <c r="F187" t="s">
+        <v>513</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="B187" t="s">
-[...2 lines deleted...]
-      <c r="C187" t="s">
+      <c r="H187" t="s">
         <v>664</v>
-      </c>
-[...13 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>665</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>666</v>
+      </c>
+      <c r="D188" t="s">
+        <v>441</v>
+      </c>
+      <c r="E188" t="s">
+        <v>442</v>
+      </c>
+      <c r="F188" t="s">
+        <v>373</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="B188" t="s">
-[...2 lines deleted...]
-      <c r="C188" t="s">
+      <c r="H188" t="s">
         <v>668</v>
-      </c>
-[...13 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>669</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>670</v>
+      </c>
+      <c r="D189" t="s">
+        <v>441</v>
+      </c>
+      <c r="E189" t="s">
+        <v>442</v>
+      </c>
+      <c r="F189" t="s">
+        <v>535</v>
+      </c>
+      <c r="G189" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="B189" t="s">
-[...2 lines deleted...]
-      <c r="C189" t="s">
+      <c r="H189" t="s">
         <v>672</v>
-      </c>
-[...13 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>673</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>674</v>
+      </c>
+      <c r="D190" t="s">
+        <v>441</v>
+      </c>
+      <c r="E190" t="s">
+        <v>442</v>
+      </c>
+      <c r="F190" t="s">
+        <v>273</v>
+      </c>
+      <c r="G190" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="B190" t="s">
-[...2 lines deleted...]
-      <c r="C190" t="s">
+      <c r="H190" t="s">
         <v>676</v>
-      </c>
-[...13 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
+        <v>677</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>678</v>
+      </c>
+      <c r="D191" t="s">
+        <v>441</v>
+      </c>
+      <c r="E191" t="s">
+        <v>442</v>
+      </c>
+      <c r="F191" t="s">
+        <v>338</v>
+      </c>
+      <c r="G191" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="B191" t="s">
-[...2 lines deleted...]
-      <c r="C191" t="s">
+      <c r="H191" t="s">
         <v>680</v>
-      </c>
-[...13 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>681</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>682</v>
+      </c>
+      <c r="D192" t="s">
+        <v>441</v>
+      </c>
+      <c r="E192" t="s">
+        <v>442</v>
+      </c>
+      <c r="F192" t="s">
+        <v>392</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="B192" t="s">
-[...2 lines deleted...]
-      <c r="C192" t="s">
+      <c r="H192" t="s">
         <v>684</v>
-      </c>
-[...13 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>685</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>686</v>
+      </c>
+      <c r="D193" t="s">
+        <v>441</v>
+      </c>
+      <c r="E193" t="s">
+        <v>442</v>
+      </c>
+      <c r="F193" t="s">
+        <v>402</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="B193" t="s">
-[...2 lines deleted...]
-      <c r="C193" t="s">
+      <c r="H193" t="s">
         <v>688</v>
-      </c>
-[...13 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>689</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>690</v>
+      </c>
+      <c r="D194" t="s">
+        <v>441</v>
+      </c>
+      <c r="E194" t="s">
+        <v>442</v>
+      </c>
+      <c r="F194" t="s">
+        <v>269</v>
+      </c>
+      <c r="G194" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="B194" t="s">
-[...2 lines deleted...]
-      <c r="C194" t="s">
+      <c r="H194" t="s">
         <v>692</v>
-      </c>
-[...13 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
+        <v>693</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>694</v>
+      </c>
+      <c r="D195" t="s">
+        <v>441</v>
+      </c>
+      <c r="E195" t="s">
+        <v>442</v>
+      </c>
+      <c r="F195" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="B195" t="s">
-[...2 lines deleted...]
-      <c r="C195" t="s">
+      <c r="H195" t="s">
         <v>696</v>
-      </c>
-[...13 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>697</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>698</v>
+      </c>
+      <c r="D196" t="s">
+        <v>441</v>
+      </c>
+      <c r="E196" t="s">
+        <v>442</v>
+      </c>
+      <c r="F196" t="s">
+        <v>273</v>
+      </c>
+      <c r="G196" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="B196" t="s">
-[...2 lines deleted...]
-      <c r="C196" t="s">
+      <c r="H196" t="s">
         <v>700</v>
-      </c>
-[...13 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>701</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>702</v>
+      </c>
+      <c r="D197" t="s">
+        <v>441</v>
+      </c>
+      <c r="E197" t="s">
+        <v>442</v>
+      </c>
+      <c r="F197" t="s">
+        <v>269</v>
+      </c>
+      <c r="G197" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="B197" t="s">
-[...2 lines deleted...]
-      <c r="C197" t="s">
+      <c r="H197" t="s">
         <v>704</v>
-      </c>
-[...13 lines deleted...]
-        <v>706</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>705</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>706</v>
+      </c>
+      <c r="D198" t="s">
+        <v>441</v>
+      </c>
+      <c r="E198" t="s">
+        <v>442</v>
+      </c>
+      <c r="F198" t="s">
+        <v>402</v>
+      </c>
+      <c r="G198" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="B198" t="s">
-[...2 lines deleted...]
-      <c r="C198" t="s">
+      <c r="H198" t="s">
         <v>708</v>
-      </c>
-[...13 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
+        <v>709</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>710</v>
+      </c>
+      <c r="D199" t="s">
+        <v>441</v>
+      </c>
+      <c r="E199" t="s">
+        <v>442</v>
+      </c>
+      <c r="F199" t="s">
+        <v>392</v>
+      </c>
+      <c r="G199" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="B199" t="s">
-[...2 lines deleted...]
-      <c r="C199" t="s">
+      <c r="H199" t="s">
         <v>712</v>
-      </c>
-[...13 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>713</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>714</v>
+      </c>
+      <c r="D200" t="s">
+        <v>441</v>
+      </c>
+      <c r="E200" t="s">
+        <v>442</v>
+      </c>
+      <c r="F200" t="s">
+        <v>338</v>
+      </c>
+      <c r="G200" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="B200" t="s">
-[...2 lines deleted...]
-      <c r="C200" t="s">
+      <c r="H200" t="s">
         <v>716</v>
-      </c>
-[...13 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>717</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>718</v>
+      </c>
+      <c r="D201" t="s">
+        <v>441</v>
+      </c>
+      <c r="E201" t="s">
+        <v>442</v>
+      </c>
+      <c r="F201" t="s">
+        <v>373</v>
+      </c>
+      <c r="G201" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="B201" t="s">
-[...2 lines deleted...]
-      <c r="C201" t="s">
+      <c r="H201" t="s">
         <v>720</v>
-      </c>
-[...13 lines deleted...]
-        <v>722</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>721</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>722</v>
+      </c>
+      <c r="D202" t="s">
+        <v>441</v>
+      </c>
+      <c r="E202" t="s">
+        <v>442</v>
+      </c>
+      <c r="F202" t="s">
+        <v>277</v>
+      </c>
+      <c r="G202" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="B202" t="s">
-[...2 lines deleted...]
-      <c r="C202" t="s">
+      <c r="H202" t="s">
         <v>724</v>
-      </c>
-[...13 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>725</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>726</v>
+      </c>
+      <c r="D203" t="s">
+        <v>441</v>
+      </c>
+      <c r="E203" t="s">
+        <v>442</v>
+      </c>
+      <c r="F203" t="s">
+        <v>402</v>
+      </c>
+      <c r="G203" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="B203" t="s">
-[...2 lines deleted...]
-      <c r="C203" t="s">
+      <c r="H203" t="s">
         <v>728</v>
-      </c>
-[...13 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>729</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>730</v>
+      </c>
+      <c r="D204" t="s">
+        <v>441</v>
+      </c>
+      <c r="E204" t="s">
+        <v>442</v>
+      </c>
+      <c r="F204" t="s">
+        <v>331</v>
+      </c>
+      <c r="G204" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="B204" t="s">
-[...2 lines deleted...]
-      <c r="C204" t="s">
+      <c r="H204" t="s">
         <v>732</v>
-      </c>
-[...13 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>733</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>734</v>
+      </c>
+      <c r="D205" t="s">
+        <v>441</v>
+      </c>
+      <c r="E205" t="s">
+        <v>442</v>
+      </c>
+      <c r="F205" t="s">
+        <v>273</v>
+      </c>
+      <c r="G205" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="B205" t="s">
-[...2 lines deleted...]
-      <c r="C205" t="s">
+      <c r="H205" t="s">
         <v>736</v>
-      </c>
-[...13 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
+        <v>737</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>738</v>
+      </c>
+      <c r="D206" t="s">
+        <v>441</v>
+      </c>
+      <c r="E206" t="s">
+        <v>442</v>
+      </c>
+      <c r="F206" t="s">
+        <v>535</v>
+      </c>
+      <c r="G206" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="B206" t="s">
-[...2 lines deleted...]
-      <c r="C206" t="s">
+      <c r="H206" t="s">
         <v>740</v>
-      </c>
-[...13 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>741</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>742</v>
+      </c>
+      <c r="D207" t="s">
+        <v>441</v>
+      </c>
+      <c r="E207" t="s">
+        <v>442</v>
+      </c>
+      <c r="F207" t="s">
+        <v>269</v>
+      </c>
+      <c r="G207" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="B207" t="s">
-[...2 lines deleted...]
-      <c r="C207" t="s">
+      <c r="H207" t="s">
         <v>744</v>
-      </c>
-[...13 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
+        <v>745</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>746</v>
+      </c>
+      <c r="D208" t="s">
+        <v>441</v>
+      </c>
+      <c r="E208" t="s">
+        <v>442</v>
+      </c>
+      <c r="F208" t="s">
+        <v>392</v>
+      </c>
+      <c r="G208" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B208" t="s">
-[...2 lines deleted...]
-      <c r="C208" t="s">
+      <c r="H208" t="s">
         <v>748</v>
-      </c>
-[...13 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
+        <v>749</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>750</v>
+      </c>
+      <c r="D209" t="s">
+        <v>441</v>
+      </c>
+      <c r="E209" t="s">
+        <v>442</v>
+      </c>
+      <c r="F209" t="s">
+        <v>402</v>
+      </c>
+      <c r="G209" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B209" t="s">
-[...2 lines deleted...]
-      <c r="C209" t="s">
+      <c r="H209" t="s">
         <v>752</v>
-      </c>
-[...13 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
+        <v>753</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>754</v>
+      </c>
+      <c r="D210" t="s">
+        <v>441</v>
+      </c>
+      <c r="E210" t="s">
+        <v>442</v>
+      </c>
+      <c r="F210" t="s">
+        <v>373</v>
+      </c>
+      <c r="G210" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="B210" t="s">
-[...2 lines deleted...]
-      <c r="C210" t="s">
+      <c r="H210" t="s">
         <v>756</v>
-      </c>
-[...13 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>757</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>758</v>
+      </c>
+      <c r="D211" t="s">
+        <v>441</v>
+      </c>
+      <c r="E211" t="s">
+        <v>442</v>
+      </c>
+      <c r="F211" t="s">
+        <v>500</v>
+      </c>
+      <c r="G211" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="B211" t="s">
-[...2 lines deleted...]
-      <c r="C211" t="s">
+      <c r="H211" t="s">
         <v>760</v>
-      </c>
-[...13 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>761</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>762</v>
+      </c>
+      <c r="D212" t="s">
+        <v>441</v>
+      </c>
+      <c r="E212" t="s">
+        <v>442</v>
+      </c>
+      <c r="F212" t="s">
+        <v>535</v>
+      </c>
+      <c r="G212" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="B212" t="s">
-[...2 lines deleted...]
-      <c r="C212" t="s">
+      <c r="H212" t="s">
         <v>764</v>
-      </c>
-[...13 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
+        <v>765</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>766</v>
+      </c>
+      <c r="D213" t="s">
+        <v>441</v>
+      </c>
+      <c r="E213" t="s">
+        <v>442</v>
+      </c>
+      <c r="F213" t="s">
+        <v>331</v>
+      </c>
+      <c r="G213" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="B213" t="s">
-[...2 lines deleted...]
-      <c r="C213" t="s">
+      <c r="H213" t="s">
         <v>768</v>
-      </c>
-[...13 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>769</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>770</v>
+      </c>
+      <c r="D214" t="s">
+        <v>441</v>
+      </c>
+      <c r="E214" t="s">
+        <v>442</v>
+      </c>
+      <c r="F214" t="s">
+        <v>402</v>
+      </c>
+      <c r="G214" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="B214" t="s">
-[...2 lines deleted...]
-      <c r="C214" t="s">
+      <c r="H214" t="s">
         <v>772</v>
-      </c>
-[...13 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>773</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>774</v>
+      </c>
+      <c r="D215" t="s">
+        <v>441</v>
+      </c>
+      <c r="E215" t="s">
+        <v>442</v>
+      </c>
+      <c r="F215" t="s">
+        <v>296</v>
+      </c>
+      <c r="G215" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="B215" t="s">
-[...2 lines deleted...]
-      <c r="C215" t="s">
+      <c r="H215" t="s">
         <v>776</v>
-      </c>
-[...13 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>777</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>778</v>
+      </c>
+      <c r="D216" t="s">
+        <v>441</v>
+      </c>
+      <c r="E216" t="s">
+        <v>442</v>
+      </c>
+      <c r="F216" t="s">
+        <v>500</v>
+      </c>
+      <c r="G216" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="B216" t="s">
-[...2 lines deleted...]
-      <c r="C216" t="s">
+      <c r="H216" t="s">
         <v>780</v>
-      </c>
-[...13 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>781</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>782</v>
+      </c>
+      <c r="D217" t="s">
+        <v>441</v>
+      </c>
+      <c r="E217" t="s">
+        <v>442</v>
+      </c>
+      <c r="F217" t="s">
+        <v>392</v>
+      </c>
+      <c r="G217" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="B217" t="s">
-[...2 lines deleted...]
-      <c r="C217" t="s">
+      <c r="H217" t="s">
         <v>784</v>
-      </c>
-[...13 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>785</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>786</v>
+      </c>
+      <c r="D218" t="s">
+        <v>441</v>
+      </c>
+      <c r="E218" t="s">
+        <v>442</v>
+      </c>
+      <c r="F218" t="s">
+        <v>269</v>
+      </c>
+      <c r="G218" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="B218" t="s">
-[...2 lines deleted...]
-      <c r="C218" t="s">
+      <c r="H218" t="s">
         <v>788</v>
-      </c>
-[...13 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>789</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>790</v>
+      </c>
+      <c r="D219" t="s">
+        <v>441</v>
+      </c>
+      <c r="E219" t="s">
+        <v>442</v>
+      </c>
+      <c r="F219" t="s">
+        <v>331</v>
+      </c>
+      <c r="G219" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="B219" t="s">
-[...2 lines deleted...]
-      <c r="C219" t="s">
+      <c r="H219" t="s">
         <v>792</v>
-      </c>
-[...13 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
+        <v>793</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>794</v>
+      </c>
+      <c r="D220" t="s">
+        <v>441</v>
+      </c>
+      <c r="E220" t="s">
+        <v>442</v>
+      </c>
+      <c r="F220" t="s">
+        <v>296</v>
+      </c>
+      <c r="G220" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="B220" t="s">
-[...2 lines deleted...]
-      <c r="C220" t="s">
+      <c r="H220" t="s">
         <v>796</v>
-      </c>
-[...13 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>797</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>798</v>
+      </c>
+      <c r="D221" t="s">
+        <v>441</v>
+      </c>
+      <c r="E221" t="s">
+        <v>442</v>
+      </c>
+      <c r="F221" t="s">
+        <v>402</v>
+      </c>
+      <c r="G221" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="B221" t="s">
-[...2 lines deleted...]
-      <c r="C221" t="s">
+      <c r="H221" t="s">
         <v>800</v>
-      </c>
-[...13 lines deleted...]
-        <v>802</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>801</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>802</v>
+      </c>
+      <c r="D222" t="s">
+        <v>441</v>
+      </c>
+      <c r="E222" t="s">
+        <v>442</v>
+      </c>
+      <c r="F222" t="s">
+        <v>535</v>
+      </c>
+      <c r="G222" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="B222" t="s">
-[...2 lines deleted...]
-      <c r="C222" t="s">
+      <c r="H222" t="s">
         <v>804</v>
-      </c>
-[...13 lines deleted...]
-        <v>806</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
+        <v>805</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>806</v>
+      </c>
+      <c r="D223" t="s">
+        <v>441</v>
+      </c>
+      <c r="E223" t="s">
+        <v>442</v>
+      </c>
+      <c r="F223" t="s">
+        <v>392</v>
+      </c>
+      <c r="G223" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="B223" t="s">
-[...2 lines deleted...]
-      <c r="C223" t="s">
+      <c r="H223" t="s">
         <v>808</v>
-      </c>
-[...13 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>809</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>810</v>
+      </c>
+      <c r="D224" t="s">
+        <v>441</v>
+      </c>
+      <c r="E224" t="s">
+        <v>442</v>
+      </c>
+      <c r="F224" t="s">
+        <v>331</v>
+      </c>
+      <c r="G224" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="B224" t="s">
-[...2 lines deleted...]
-      <c r="C224" t="s">
+      <c r="H224" t="s">
         <v>812</v>
-      </c>
-[...13 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>813</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>814</v>
+      </c>
+      <c r="D225" t="s">
+        <v>441</v>
+      </c>
+      <c r="E225" t="s">
+        <v>442</v>
+      </c>
+      <c r="F225" t="s">
+        <v>373</v>
+      </c>
+      <c r="G225" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="B225" t="s">
-[...2 lines deleted...]
-      <c r="C225" t="s">
+      <c r="H225" t="s">
         <v>816</v>
-      </c>
-[...13 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="D226" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="E226" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="F226" t="s">
         <v>331</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="H226" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
+        <v>821</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>822</v>
+      </c>
+      <c r="D227" t="s">
+        <v>441</v>
+      </c>
+      <c r="E227" t="s">
+        <v>442</v>
+      </c>
+      <c r="F227" t="s">
+        <v>331</v>
+      </c>
+      <c r="G227" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="B227" t="s">
-[...2 lines deleted...]
-      <c r="C227" t="s">
+      <c r="H227" t="s">
         <v>824</v>
-      </c>
-[...13 lines deleted...]
-        <v>826</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
+        <v>825</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>826</v>
+      </c>
+      <c r="D228" t="s">
+        <v>441</v>
+      </c>
+      <c r="E228" t="s">
+        <v>442</v>
+      </c>
+      <c r="F228" t="s">
+        <v>338</v>
+      </c>
+      <c r="G228" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="B228" t="s">
-[...2 lines deleted...]
-      <c r="C228" t="s">
+      <c r="H228" t="s">
         <v>828</v>
-      </c>
-[...13 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
+        <v>829</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>830</v>
+      </c>
+      <c r="D229" t="s">
+        <v>441</v>
+      </c>
+      <c r="E229" t="s">
+        <v>442</v>
+      </c>
+      <c r="F229" t="s">
+        <v>535</v>
+      </c>
+      <c r="G229" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="B229" t="s">
-[...2 lines deleted...]
-      <c r="C229" t="s">
+      <c r="H229" t="s">
         <v>832</v>
-      </c>
-[...13 lines deleted...]
-        <v>834</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
+        <v>833</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>834</v>
+      </c>
+      <c r="D230" t="s">
+        <v>441</v>
+      </c>
+      <c r="E230" t="s">
+        <v>442</v>
+      </c>
+      <c r="F230" t="s">
+        <v>402</v>
+      </c>
+      <c r="G230" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="B230" t="s">
-[...2 lines deleted...]
-      <c r="C230" t="s">
+      <c r="H230" t="s">
         <v>836</v>
-      </c>
-[...13 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
+        <v>837</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>838</v>
+      </c>
+      <c r="D231" t="s">
+        <v>441</v>
+      </c>
+      <c r="E231" t="s">
+        <v>442</v>
+      </c>
+      <c r="F231" t="s">
+        <v>296</v>
+      </c>
+      <c r="G231" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="B231" t="s">
-[...2 lines deleted...]
-      <c r="C231" t="s">
+      <c r="H231" t="s">
         <v>840</v>
-      </c>
-[...13 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>841</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>842</v>
+      </c>
+      <c r="D232" t="s">
+        <v>441</v>
+      </c>
+      <c r="E232" t="s">
+        <v>442</v>
+      </c>
+      <c r="F232" t="s">
+        <v>269</v>
+      </c>
+      <c r="G232" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="B232" t="s">
-[...2 lines deleted...]
-      <c r="C232" t="s">
+      <c r="H232" t="s">
         <v>844</v>
-      </c>
-[...13 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
+        <v>845</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>846</v>
+      </c>
+      <c r="D233" t="s">
+        <v>441</v>
+      </c>
+      <c r="E233" t="s">
+        <v>442</v>
+      </c>
+      <c r="F233" t="s">
+        <v>392</v>
+      </c>
+      <c r="G233" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="B233" t="s">
-[...2 lines deleted...]
-      <c r="C233" t="s">
+      <c r="H233" t="s">
         <v>848</v>
-      </c>
-[...13 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
+        <v>849</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>850</v>
+      </c>
+      <c r="D234" t="s">
+        <v>441</v>
+      </c>
+      <c r="E234" t="s">
+        <v>442</v>
+      </c>
+      <c r="F234" t="s">
+        <v>273</v>
+      </c>
+      <c r="G234" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="B234" t="s">
-[...2 lines deleted...]
-      <c r="C234" t="s">
+      <c r="H234" t="s">
         <v>852</v>
-      </c>
-[...13 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
+        <v>853</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>854</v>
+      </c>
+      <c r="D235" t="s">
+        <v>441</v>
+      </c>
+      <c r="E235" t="s">
+        <v>442</v>
+      </c>
+      <c r="F235" t="s">
+        <v>273</v>
+      </c>
+      <c r="G235" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="B235" t="s">
-[...2 lines deleted...]
-      <c r="C235" t="s">
+      <c r="H235" t="s">
         <v>856</v>
-      </c>
-[...13 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
+        <v>857</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>858</v>
+      </c>
+      <c r="D236" t="s">
+        <v>441</v>
+      </c>
+      <c r="E236" t="s">
+        <v>442</v>
+      </c>
+      <c r="F236" t="s">
+        <v>373</v>
+      </c>
+      <c r="G236" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="B236" t="s">
-[...2 lines deleted...]
-      <c r="C236" t="s">
+      <c r="H236" t="s">
         <v>860</v>
-      </c>
-[...13 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
+        <v>861</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>862</v>
+      </c>
+      <c r="D237" t="s">
+        <v>441</v>
+      </c>
+      <c r="E237" t="s">
+        <v>442</v>
+      </c>
+      <c r="F237" t="s">
+        <v>331</v>
+      </c>
+      <c r="G237" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="B237" t="s">
-[...2 lines deleted...]
-      <c r="C237" t="s">
+      <c r="H237" t="s">
         <v>864</v>
-      </c>
-[...13 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
+        <v>865</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>866</v>
+      </c>
+      <c r="D238" t="s">
+        <v>441</v>
+      </c>
+      <c r="E238" t="s">
+        <v>442</v>
+      </c>
+      <c r="F238" t="s">
+        <v>513</v>
+      </c>
+      <c r="G238" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="B238" t="s">
-[...2 lines deleted...]
-      <c r="C238" t="s">
+      <c r="H238" t="s">
         <v>868</v>
-      </c>
-[...13 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
+        <v>869</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>870</v>
+      </c>
+      <c r="D239" t="s">
+        <v>441</v>
+      </c>
+      <c r="E239" t="s">
+        <v>442</v>
+      </c>
+      <c r="F239" t="s">
+        <v>535</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="B239" t="s">
-[...2 lines deleted...]
-      <c r="C239" t="s">
+      <c r="H239" t="s">
         <v>872</v>
-      </c>
-[...13 lines deleted...]
-        <v>874</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>873</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>874</v>
+      </c>
+      <c r="D240" t="s">
+        <v>441</v>
+      </c>
+      <c r="E240" t="s">
+        <v>442</v>
+      </c>
+      <c r="F240" t="s">
+        <v>277</v>
+      </c>
+      <c r="G240" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="B240" t="s">
-[...2 lines deleted...]
-      <c r="C240" t="s">
+      <c r="H240" t="s">
         <v>876</v>
-      </c>
-[...13 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
+        <v>877</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>878</v>
+      </c>
+      <c r="D241" t="s">
+        <v>441</v>
+      </c>
+      <c r="E241" t="s">
+        <v>442</v>
+      </c>
+      <c r="F241" t="s">
+        <v>402</v>
+      </c>
+      <c r="G241" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="B241" t="s">
-[...2 lines deleted...]
-      <c r="C241" t="s">
+      <c r="H241" t="s">
         <v>880</v>
-      </c>
-[...13 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
+        <v>881</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>882</v>
+      </c>
+      <c r="D242" t="s">
+        <v>441</v>
+      </c>
+      <c r="E242" t="s">
+        <v>442</v>
+      </c>
+      <c r="F242" t="s">
+        <v>296</v>
+      </c>
+      <c r="G242" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="B242" t="s">
-[...2 lines deleted...]
-      <c r="C242" t="s">
+      <c r="H242" t="s">
         <v>884</v>
-      </c>
-[...13 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
+        <v>885</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>886</v>
+      </c>
+      <c r="D243" t="s">
+        <v>441</v>
+      </c>
+      <c r="E243" t="s">
+        <v>442</v>
+      </c>
+      <c r="F243" t="s">
+        <v>392</v>
+      </c>
+      <c r="G243" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="B243" t="s">
-[...2 lines deleted...]
-      <c r="C243" t="s">
+      <c r="H243" t="s">
         <v>888</v>
-      </c>
-[...13 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
+        <v>889</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>890</v>
+      </c>
+      <c r="D244" t="s">
+        <v>441</v>
+      </c>
+      <c r="E244" t="s">
+        <v>442</v>
+      </c>
+      <c r="F244" t="s">
+        <v>269</v>
+      </c>
+      <c r="G244" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="B244" t="s">
-[...2 lines deleted...]
-      <c r="C244" t="s">
+      <c r="H244" t="s">
         <v>892</v>
-      </c>
-[...13 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
+        <v>893</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>894</v>
+      </c>
+      <c r="D245" t="s">
+        <v>441</v>
+      </c>
+      <c r="E245" t="s">
+        <v>442</v>
+      </c>
+      <c r="F245" t="s">
+        <v>535</v>
+      </c>
+      <c r="G245" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="B245" t="s">
-[...2 lines deleted...]
-      <c r="C245" t="s">
+      <c r="H245" t="s">
         <v>896</v>
-      </c>
-[...13 lines deleted...]
-        <v>898</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
+        <v>897</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>898</v>
+      </c>
+      <c r="D246" t="s">
+        <v>441</v>
+      </c>
+      <c r="E246" t="s">
+        <v>442</v>
+      </c>
+      <c r="F246" t="s">
+        <v>373</v>
+      </c>
+      <c r="G246" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="B246" t="s">
-[...2 lines deleted...]
-      <c r="C246" t="s">
+      <c r="H246" t="s">
         <v>900</v>
-      </c>
-[...13 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
+        <v>901</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>902</v>
+      </c>
+      <c r="D247" t="s">
+        <v>441</v>
+      </c>
+      <c r="E247" t="s">
+        <v>442</v>
+      </c>
+      <c r="F247" t="s">
+        <v>500</v>
+      </c>
+      <c r="G247" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="B247" t="s">
-[...2 lines deleted...]
-      <c r="C247" t="s">
+      <c r="H247" t="s">
         <v>904</v>
-      </c>
-[...13 lines deleted...]
-        <v>906</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>905</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>906</v>
+      </c>
+      <c r="D248" t="s">
+        <v>441</v>
+      </c>
+      <c r="E248" t="s">
+        <v>442</v>
+      </c>
+      <c r="F248" t="s">
+        <v>296</v>
+      </c>
+      <c r="G248" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="B248" t="s">
-[...2 lines deleted...]
-      <c r="C248" t="s">
+      <c r="H248" t="s">
         <v>908</v>
-      </c>
-[...13 lines deleted...]
-        <v>910</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
+        <v>909</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>910</v>
+      </c>
+      <c r="D249" t="s">
+        <v>441</v>
+      </c>
+      <c r="E249" t="s">
+        <v>442</v>
+      </c>
+      <c r="F249" t="s">
+        <v>273</v>
+      </c>
+      <c r="G249" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="B249" t="s">
-[...2 lines deleted...]
-      <c r="C249" t="s">
+      <c r="H249" t="s">
         <v>912</v>
-      </c>
-[...13 lines deleted...]
-        <v>914</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
+        <v>913</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>914</v>
+      </c>
+      <c r="D250" t="s">
+        <v>441</v>
+      </c>
+      <c r="E250" t="s">
+        <v>442</v>
+      </c>
+      <c r="F250" t="s">
+        <v>21</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="B250" t="s">
-[...2 lines deleted...]
-      <c r="C250" t="s">
+      <c r="H250" t="s">
         <v>916</v>
-      </c>
-[...13 lines deleted...]
-        <v>918</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>917</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>918</v>
+      </c>
+      <c r="D251" t="s">
+        <v>441</v>
+      </c>
+      <c r="E251" t="s">
+        <v>442</v>
+      </c>
+      <c r="F251" t="s">
+        <v>338</v>
+      </c>
+      <c r="G251" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="B251" t="s">
-[...2 lines deleted...]
-      <c r="C251" t="s">
+      <c r="H251" t="s">
         <v>920</v>
-      </c>
-[...13 lines deleted...]
-        <v>922</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
+        <v>921</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>922</v>
+      </c>
+      <c r="D252" t="s">
+        <v>441</v>
+      </c>
+      <c r="E252" t="s">
+        <v>442</v>
+      </c>
+      <c r="F252" t="s">
+        <v>373</v>
+      </c>
+      <c r="G252" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="B252" t="s">
-[...2 lines deleted...]
-      <c r="C252" t="s">
+      <c r="H252" t="s">
         <v>924</v>
-      </c>
-[...13 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
+        <v>925</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>926</v>
+      </c>
+      <c r="D253" t="s">
+        <v>441</v>
+      </c>
+      <c r="E253" t="s">
+        <v>442</v>
+      </c>
+      <c r="F253" t="s">
+        <v>277</v>
+      </c>
+      <c r="G253" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="B253" t="s">
-[...2 lines deleted...]
-      <c r="C253" t="s">
+      <c r="H253" t="s">
         <v>928</v>
-      </c>
-[...13 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
+        <v>929</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>930</v>
+      </c>
+      <c r="D254" t="s">
+        <v>441</v>
+      </c>
+      <c r="E254" t="s">
+        <v>442</v>
+      </c>
+      <c r="F254" t="s">
+        <v>392</v>
+      </c>
+      <c r="G254" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="B254" t="s">
-[...2 lines deleted...]
-      <c r="C254" t="s">
+      <c r="H254" t="s">
         <v>932</v>
-      </c>
-[...13 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
+        <v>933</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>934</v>
+      </c>
+      <c r="D255" t="s">
+        <v>441</v>
+      </c>
+      <c r="E255" t="s">
+        <v>442</v>
+      </c>
+      <c r="F255" t="s">
+        <v>402</v>
+      </c>
+      <c r="G255" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="B255" t="s">
-[...2 lines deleted...]
-      <c r="C255" t="s">
+      <c r="H255" t="s">
         <v>936</v>
-      </c>
-[...13 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
+        <v>937</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>938</v>
+      </c>
+      <c r="D256" t="s">
+        <v>441</v>
+      </c>
+      <c r="E256" t="s">
+        <v>442</v>
+      </c>
+      <c r="F256" t="s">
+        <v>500</v>
+      </c>
+      <c r="G256" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="B256" t="s">
-[...2 lines deleted...]
-      <c r="C256" t="s">
+      <c r="H256" t="s">
         <v>940</v>
-      </c>
-[...13 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
+        <v>941</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>942</v>
+      </c>
+      <c r="D257" t="s">
+        <v>441</v>
+      </c>
+      <c r="E257" t="s">
+        <v>442</v>
+      </c>
+      <c r="F257" t="s">
+        <v>331</v>
+      </c>
+      <c r="G257" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="B257" t="s">
-[...2 lines deleted...]
-      <c r="C257" t="s">
+      <c r="H257" t="s">
         <v>944</v>
-      </c>
-[...13 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
+        <v>945</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>946</v>
+      </c>
+      <c r="D258" t="s">
+        <v>441</v>
+      </c>
+      <c r="E258" t="s">
+        <v>442</v>
+      </c>
+      <c r="F258" t="s">
+        <v>392</v>
+      </c>
+      <c r="G258" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="B258" t="s">
-[...2 lines deleted...]
-      <c r="C258" t="s">
+      <c r="H258" t="s">
         <v>948</v>
-      </c>
-[...13 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
+        <v>949</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>950</v>
+      </c>
+      <c r="D259" t="s">
+        <v>441</v>
+      </c>
+      <c r="E259" t="s">
+        <v>442</v>
+      </c>
+      <c r="F259" t="s">
+        <v>373</v>
+      </c>
+      <c r="G259" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="B259" t="s">
-[...2 lines deleted...]
-      <c r="C259" t="s">
+      <c r="H259" t="s">
         <v>952</v>
-      </c>
-[...13 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
+        <v>953</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>954</v>
+      </c>
+      <c r="D260" t="s">
+        <v>441</v>
+      </c>
+      <c r="E260" t="s">
+        <v>442</v>
+      </c>
+      <c r="F260" t="s">
+        <v>338</v>
+      </c>
+      <c r="G260" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="B260" t="s">
-[...2 lines deleted...]
-      <c r="C260" t="s">
+      <c r="H260" t="s">
         <v>956</v>
-      </c>
-[...13 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
+        <v>957</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>958</v>
+      </c>
+      <c r="D261" t="s">
+        <v>441</v>
+      </c>
+      <c r="E261" t="s">
+        <v>442</v>
+      </c>
+      <c r="F261" t="s">
+        <v>269</v>
+      </c>
+      <c r="G261" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="B261" t="s">
-[...2 lines deleted...]
-      <c r="C261" t="s">
+      <c r="H261" t="s">
         <v>960</v>
-      </c>
-[...13 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
+        <v>961</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>962</v>
+      </c>
+      <c r="D262" t="s">
+        <v>441</v>
+      </c>
+      <c r="E262" t="s">
+        <v>442</v>
+      </c>
+      <c r="F262" t="s">
+        <v>273</v>
+      </c>
+      <c r="G262" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="B262" t="s">
-[...2 lines deleted...]
-      <c r="C262" t="s">
+      <c r="H262" t="s">
         <v>964</v>
-      </c>
-[...13 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
+        <v>965</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>966</v>
+      </c>
+      <c r="D263" t="s">
+        <v>441</v>
+      </c>
+      <c r="E263" t="s">
+        <v>442</v>
+      </c>
+      <c r="F263" t="s">
+        <v>331</v>
+      </c>
+      <c r="G263" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="B263" t="s">
-[...2 lines deleted...]
-      <c r="C263" t="s">
+      <c r="H263" t="s">
         <v>968</v>
-      </c>
-[...13 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
+        <v>969</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>970</v>
+      </c>
+      <c r="D264" t="s">
+        <v>441</v>
+      </c>
+      <c r="E264" t="s">
+        <v>442</v>
+      </c>
+      <c r="F264" t="s">
+        <v>392</v>
+      </c>
+      <c r="G264" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="B264" t="s">
-[...2 lines deleted...]
-      <c r="C264" t="s">
+      <c r="H264" t="s">
         <v>972</v>
-      </c>
-[...13 lines deleted...]
-        <v>974</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>973</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>974</v>
+      </c>
+      <c r="D265" t="s">
+        <v>441</v>
+      </c>
+      <c r="E265" t="s">
+        <v>442</v>
+      </c>
+      <c r="F265" t="s">
+        <v>269</v>
+      </c>
+      <c r="G265" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B265" t="s">
-[...2 lines deleted...]
-      <c r="C265" t="s">
+      <c r="H265" t="s">
         <v>976</v>
-      </c>
-[...13 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
+        <v>977</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>978</v>
+      </c>
+      <c r="D266" t="s">
+        <v>441</v>
+      </c>
+      <c r="E266" t="s">
+        <v>442</v>
+      </c>
+      <c r="F266" t="s">
+        <v>500</v>
+      </c>
+      <c r="G266" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="B266" t="s">
-[...2 lines deleted...]
-      <c r="C266" t="s">
+      <c r="H266" t="s">
         <v>980</v>
-      </c>
-[...13 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
+        <v>981</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>982</v>
+      </c>
+      <c r="D267" t="s">
+        <v>441</v>
+      </c>
+      <c r="E267" t="s">
+        <v>442</v>
+      </c>
+      <c r="F267" t="s">
+        <v>392</v>
+      </c>
+      <c r="G267" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="B267" t="s">
-[...2 lines deleted...]
-      <c r="C267" t="s">
+      <c r="H267" t="s">
         <v>984</v>
-      </c>
-[...13 lines deleted...]
-        <v>986</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
+        <v>985</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>986</v>
+      </c>
+      <c r="D268" t="s">
+        <v>441</v>
+      </c>
+      <c r="E268" t="s">
+        <v>442</v>
+      </c>
+      <c r="F268" t="s">
+        <v>331</v>
+      </c>
+      <c r="G268" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="B268" t="s">
-[...2 lines deleted...]
-      <c r="C268" t="s">
+      <c r="H268" t="s">
         <v>988</v>
-      </c>
-[...13 lines deleted...]
-        <v>990</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>989</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>990</v>
+      </c>
+      <c r="D269" t="s">
+        <v>441</v>
+      </c>
+      <c r="E269" t="s">
+        <v>442</v>
+      </c>
+      <c r="F269" t="s">
+        <v>296</v>
+      </c>
+      <c r="G269" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="B269" t="s">
-[...2 lines deleted...]
-      <c r="C269" t="s">
+      <c r="H269" t="s">
         <v>992</v>
-      </c>
-[...13 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
+        <v>993</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>994</v>
+      </c>
+      <c r="D270" t="s">
+        <v>441</v>
+      </c>
+      <c r="E270" t="s">
+        <v>442</v>
+      </c>
+      <c r="F270" t="s">
+        <v>373</v>
+      </c>
+      <c r="G270" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B270" t="s">
-[...2 lines deleted...]
-      <c r="C270" t="s">
+      <c r="H270" t="s">
         <v>996</v>
-      </c>
-[...13 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
+        <v>997</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>998</v>
+      </c>
+      <c r="D271" t="s">
+        <v>441</v>
+      </c>
+      <c r="E271" t="s">
+        <v>442</v>
+      </c>
+      <c r="F271" t="s">
+        <v>296</v>
+      </c>
+      <c r="G271" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="B271" t="s">
-[...2 lines deleted...]
-      <c r="C271" t="s">
+      <c r="H271" t="s">
         <v>1000</v>
-      </c>
-[...13 lines deleted...]
-        <v>1002</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D272" t="s">
+        <v>441</v>
+      </c>
+      <c r="E272" t="s">
+        <v>442</v>
+      </c>
+      <c r="F272" t="s">
+        <v>269</v>
+      </c>
+      <c r="G272" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="B272" t="s">
-[...2 lines deleted...]
-      <c r="C272" t="s">
+      <c r="H272" t="s">
         <v>1004</v>
-      </c>
-[...13 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D273" t="s">
+        <v>441</v>
+      </c>
+      <c r="E273" t="s">
+        <v>442</v>
+      </c>
+      <c r="F273" t="s">
+        <v>535</v>
+      </c>
+      <c r="G273" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="B273" t="s">
-[...2 lines deleted...]
-      <c r="C273" t="s">
+      <c r="H273" t="s">
         <v>1008</v>
-      </c>
-[...13 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D274" t="s">
+        <v>441</v>
+      </c>
+      <c r="E274" t="s">
+        <v>442</v>
+      </c>
+      <c r="F274" t="s">
+        <v>338</v>
+      </c>
+      <c r="G274" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="B274" t="s">
-[...2 lines deleted...]
-      <c r="C274" t="s">
+      <c r="H274" t="s">
         <v>1012</v>
-      </c>
-[...13 lines deleted...]
-        <v>1014</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D275" t="s">
+        <v>441</v>
+      </c>
+      <c r="E275" t="s">
+        <v>442</v>
+      </c>
+      <c r="F275" t="s">
+        <v>513</v>
+      </c>
+      <c r="G275" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="B275" t="s">
-[...2 lines deleted...]
-      <c r="C275" t="s">
+      <c r="H275" t="s">
         <v>1016</v>
-      </c>
-[...13 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D276" t="s">
+        <v>441</v>
+      </c>
+      <c r="E276" t="s">
+        <v>442</v>
+      </c>
+      <c r="F276" t="s">
+        <v>392</v>
+      </c>
+      <c r="G276" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="B276" t="s">
-[...2 lines deleted...]
-      <c r="C276" t="s">
+      <c r="H276" t="s">
         <v>1020</v>
-      </c>
-[...13 lines deleted...]
-        <v>1022</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D277" t="s">
+        <v>441</v>
+      </c>
+      <c r="E277" t="s">
+        <v>442</v>
+      </c>
+      <c r="F277" t="s">
+        <v>373</v>
+      </c>
+      <c r="G277" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="B277" t="s">
-[...2 lines deleted...]
-      <c r="C277" t="s">
+      <c r="H277" t="s">
         <v>1024</v>
-      </c>
-[...13 lines deleted...]
-        <v>1026</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D278" t="s">
+        <v>441</v>
+      </c>
+      <c r="E278" t="s">
+        <v>442</v>
+      </c>
+      <c r="F278" t="s">
+        <v>500</v>
+      </c>
+      <c r="G278" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="B278" t="s">
-[...2 lines deleted...]
-      <c r="C278" t="s">
+      <c r="H278" t="s">
         <v>1028</v>
-      </c>
-[...13 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D279" t="s">
+        <v>441</v>
+      </c>
+      <c r="E279" t="s">
+        <v>442</v>
+      </c>
+      <c r="F279" t="s">
+        <v>402</v>
+      </c>
+      <c r="G279" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="B279" t="s">
-[...2 lines deleted...]
-      <c r="C279" t="s">
+      <c r="H279" t="s">
         <v>1032</v>
-      </c>
-[...13 lines deleted...]
-        <v>1034</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D280" t="s">
+        <v>441</v>
+      </c>
+      <c r="E280" t="s">
+        <v>442</v>
+      </c>
+      <c r="F280" t="s">
+        <v>535</v>
+      </c>
+      <c r="G280" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="B280" t="s">
-[...2 lines deleted...]
-      <c r="C280" t="s">
+      <c r="H280" t="s">
         <v>1036</v>
-      </c>
-[...13 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D281" t="s">
+        <v>441</v>
+      </c>
+      <c r="E281" t="s">
+        <v>442</v>
+      </c>
+      <c r="F281" t="s">
+        <v>331</v>
+      </c>
+      <c r="G281" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="B281" t="s">
-[...2 lines deleted...]
-      <c r="C281" t="s">
+      <c r="H281" t="s">
         <v>1040</v>
-      </c>
-[...13 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D282" t="s">
+        <v>441</v>
+      </c>
+      <c r="E282" t="s">
+        <v>442</v>
+      </c>
+      <c r="F282" t="s">
+        <v>373</v>
+      </c>
+      <c r="G282" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="B282" t="s">
-[...2 lines deleted...]
-      <c r="C282" t="s">
+      <c r="H282" t="s">
         <v>1044</v>
-      </c>
-[...13 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D283" t="s">
+        <v>441</v>
+      </c>
+      <c r="E283" t="s">
+        <v>442</v>
+      </c>
+      <c r="F283" t="s">
+        <v>402</v>
+      </c>
+      <c r="G283" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="B283" t="s">
-[...2 lines deleted...]
-      <c r="C283" t="s">
+      <c r="H283" t="s">
         <v>1048</v>
-      </c>
-[...13 lines deleted...]
-        <v>1050</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D284" t="s">
+        <v>441</v>
+      </c>
+      <c r="E284" t="s">
+        <v>442</v>
+      </c>
+      <c r="F284" t="s">
+        <v>500</v>
+      </c>
+      <c r="G284" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="B284" t="s">
-[...2 lines deleted...]
-      <c r="C284" t="s">
+      <c r="H284" t="s">
         <v>1052</v>
-      </c>
-[...13 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D285" t="s">
+        <v>441</v>
+      </c>
+      <c r="E285" t="s">
+        <v>442</v>
+      </c>
+      <c r="F285" t="s">
+        <v>392</v>
+      </c>
+      <c r="G285" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="B285" t="s">
-[...2 lines deleted...]
-      <c r="C285" t="s">
+      <c r="H285" t="s">
         <v>1056</v>
-      </c>
-[...13 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D286" t="s">
+        <v>441</v>
+      </c>
+      <c r="E286" t="s">
+        <v>442</v>
+      </c>
+      <c r="F286" t="s">
+        <v>500</v>
+      </c>
+      <c r="G286" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="B286" t="s">
-[...2 lines deleted...]
-      <c r="C286" t="s">
+      <c r="H286" t="s">
         <v>1060</v>
-      </c>
-[...13 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D287" t="s">
+        <v>441</v>
+      </c>
+      <c r="E287" t="s">
+        <v>442</v>
+      </c>
+      <c r="F287" t="s">
+        <v>392</v>
+      </c>
+      <c r="G287" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="B287" t="s">
-[...2 lines deleted...]
-      <c r="C287" t="s">
+      <c r="H287" t="s">
         <v>1064</v>
-      </c>
-[...13 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D288" t="s">
+        <v>441</v>
+      </c>
+      <c r="E288" t="s">
+        <v>442</v>
+      </c>
+      <c r="F288" t="s">
+        <v>373</v>
+      </c>
+      <c r="G288" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="B288" t="s">
-[...5 lines deleted...]
-      <c r="D288" t="s">
+      <c r="H288" t="s">
         <v>1068</v>
-      </c>
-[...10 lines deleted...]
-        <v>1071</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D289" t="s">
+        <v>441</v>
+      </c>
+      <c r="E289" t="s">
+        <v>442</v>
+      </c>
+      <c r="F289" t="s">
+        <v>338</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H289" t="s">
         <v>1072</v>
-      </c>
-[...19 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>10</v>
       </c>
       <c r="D290" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F290" t="s">
+        <v>296</v>
+      </c>
+      <c r="G290" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="E290" t="s">
+      <c r="H290" t="s">
         <v>1077</v>
-      </c>
-[...7 lines deleted...]
-        <v>1079</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>16</v>
       </c>
       <c r="D291" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="E291" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="F291" t="s">
-        <v>331</v>
+        <v>402</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="H291" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>10</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E292" t="s">
         <v>1083</v>
       </c>
-      <c r="B292" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F292" t="s">
-        <v>331</v>
+        <v>273</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="H292" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D293" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E293" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F293" t="s">
-        <v>262</v>
+        <v>338</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="H293" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>20</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F294" t="s">
+        <v>338</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H294" t="s">
         <v>1088</v>
-      </c>
-[...19 lines deleted...]
-        <v>1090</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>1091</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D295" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E295" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F295" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="H295" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>1094</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D296" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E296" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F296" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>1095</v>
       </c>
       <c r="H296" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D297" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E297" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F297" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="H297" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D298" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E298" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F298" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G298" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H298" t="s">
         <v>1099</v>
-      </c>
-[...1 lines deleted...]
-        <v>1093</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D299" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E299" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F299" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="H299" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D300" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E300" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F300" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="H300" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D301" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E301" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F301" t="s">
-        <v>270</v>
+        <v>338</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="H301" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D302" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="E302" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="F302" t="s">
-        <v>270</v>
+        <v>338</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="H302" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D303" t="s">
-        <v>1110</v>
+        <v>1082</v>
       </c>
       <c r="E303" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F303" t="s">
+        <v>277</v>
+      </c>
+      <c r="G303" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="F303" t="s">
-[...2 lines deleted...]
-      <c r="G303" s="1" t="s">
+      <c r="H303" t="s">
         <v>1112</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>61</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F304" t="s">
+        <v>277</v>
+      </c>
+      <c r="G304" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="B304" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H304" t="s">
-        <v>1116</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>10</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E305" t="s">
         <v>1117</v>
       </c>
-      <c r="B305" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F305" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="H305" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>1120</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D306" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E306" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F306" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="H306" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>1123</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D307" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E307" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F307" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="H307" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D308" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E308" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F308" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="H308" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>29</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F309" t="s">
+        <v>338</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H309" t="s">
         <v>1128</v>
-      </c>
-[...19 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>1131</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D310" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E310" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F310" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="H310" t="s">
-        <v>1122</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D311" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E311" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F311" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="H311" t="s">
-        <v>1122</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D312" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E312" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F312" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="H312" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D313" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E313" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F313" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="H313" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D314" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E314" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F314" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="H314" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D315" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E315" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F315" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="H315" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D316" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E316" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F316" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="H316" t="s">
-        <v>1145</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D317" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E317" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F317" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="H317" t="s">
-        <v>1148</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>1149</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D318" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
       <c r="E318" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="F318" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="H318" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>1152</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="D319" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F319" t="s">
+        <v>338</v>
+      </c>
+      <c r="G319" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="E319" t="s">
+      <c r="H319" t="s">
         <v>1154</v>
-      </c>
-[...7 lines deleted...]
-        <v>1156</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>73</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F320" t="s">
+        <v>338</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H320" t="s">
         <v>1157</v>
-      </c>
-[...19 lines deleted...]
-        <v>1161</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>29</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F321" t="s">
+        <v>338</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H321" t="s">
         <v>1162</v>
-      </c>
-[...19 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>10</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E322" t="s">
         <v>1165</v>
       </c>
-      <c r="B322" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F322" t="s">
-        <v>289</v>
+        <v>338</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="H322" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>1168</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D323" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E323" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F323" t="s">
-        <v>262</v>
+        <v>338</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="H323" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>1171</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D324" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E324" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F324" t="s">
-        <v>331</v>
+        <v>296</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="H324" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>1174</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D325" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E325" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F325" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="H325" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>1177</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D326" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E326" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F326" t="s">
-        <v>528</v>
+        <v>338</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="H326" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>1180</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D327" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E327" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F327" t="s">
-        <v>262</v>
+        <v>277</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="H327" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>1183</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D328" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E328" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F328" t="s">
-        <v>331</v>
+        <v>535</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="H328" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>1186</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D329" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E329" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F329" t="s">
-        <v>324</v>
+        <v>269</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="H329" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>1189</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D330" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E330" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F330" t="s">
-        <v>266</v>
+        <v>338</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>1190</v>
       </c>
       <c r="H330" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>1192</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D331" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E331" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F331" t="s">
-        <v>366</v>
+        <v>331</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="H331" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>1195</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D332" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E332" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F332" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="H332" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>1198</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D333" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E333" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F333" t="s">
-        <v>266</v>
+        <v>373</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="H333" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>1201</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D334" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E334" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F334" t="s">
-        <v>395</v>
+        <v>277</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="H334" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>1204</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D335" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E335" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F335" t="s">
-        <v>331</v>
+        <v>273</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="H335" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>1207</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D336" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E336" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F336" t="s">
-        <v>262</v>
+        <v>402</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="H336" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>1210</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D337" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E337" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F337" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="H337" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>1213</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="D338" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E338" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F338" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="H338" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>1216</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="D339" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E339" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F339" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="H339" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>1219</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D340" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E340" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F340" t="s">
-        <v>528</v>
+        <v>338</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="H340" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>1222</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D341" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E341" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F341" t="s">
-        <v>331</v>
+        <v>373</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>1223</v>
       </c>
       <c r="H341" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>1225</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D342" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E342" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F342" t="s">
-        <v>270</v>
+        <v>535</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="H342" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>1228</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="D343" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E343" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F343" t="s">
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="H343" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>1231</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="D344" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E344" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F344" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="H344" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>1234</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="D345" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E345" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F345" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="H345" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>1237</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="D346" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E346" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F346" t="s">
-        <v>331</v>
+        <v>277</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="H346" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>1240</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="D347" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E347" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F347" t="s">
         <v>331</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="H347" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>1243</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D348" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E348" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F348" t="s">
-        <v>395</v>
+        <v>338</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="H348" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>1246</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="D349" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E349" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F349" t="s">
-        <v>262</v>
+        <v>338</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>1247</v>
       </c>
       <c r="H349" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>1249</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="D350" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E350" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F350" t="s">
-        <v>262</v>
+        <v>402</v>
       </c>
       <c r="G350" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="H350" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>1252</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="D351" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E351" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F351" t="s">
-        <v>528</v>
+        <v>269</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="H351" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>1255</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="D352" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E352" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F352" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="H352" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>1258</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="D353" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E353" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F353" t="s">
-        <v>366</v>
+        <v>535</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="H353" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>1261</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="D354" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E354" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F354" t="s">
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="H354" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1264</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D355" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="E355" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="F355" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>1265</v>
       </c>
       <c r="H355" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>1267</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="D356" t="s">
-        <v>1268</v>
+        <v>1164</v>
       </c>
       <c r="E356" t="s">
-        <v>1269</v>
+        <v>1165</v>
       </c>
       <c r="F356" t="s">
         <v>331</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
       <c r="H356" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>152</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F357" t="s">
+        <v>373</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H357" t="s">
         <v>1272</v>
-      </c>
-[...19 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>10</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E358" t="s">
         <v>1275</v>
       </c>
-      <c r="B358" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F358" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="H358" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>1278</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D359" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E359" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F359" t="s">
         <v>331</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>1279</v>
       </c>
       <c r="H359" t="s">
         <v>1280</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>1281</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D360" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E360" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F360" t="s">
-        <v>289</v>
+        <v>373</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="H360" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>1284</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D361" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E361" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F361" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="H361" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>1287</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D362" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E362" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F362" t="s">
-        <v>331</v>
+        <v>296</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="H362" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>1290</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D363" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E363" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F363" t="s">
-        <v>385</v>
+        <v>373</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>1291</v>
       </c>
       <c r="H363" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>1293</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D364" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E364" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F364" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>1294</v>
       </c>
       <c r="H364" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>1296</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D365" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E365" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F365" t="s">
-        <v>331</v>
+        <v>392</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="H365" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>1299</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D366" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E366" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F366" t="s">
-        <v>385</v>
+        <v>373</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>1300</v>
       </c>
       <c r="H366" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>1302</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D367" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E367" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F367" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="H367" t="s">
         <v>1304</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>1305</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D368" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E368" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F368" t="s">
-        <v>21</v>
+        <v>392</v>
       </c>
       <c r="G368" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="H368" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>1308</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D369" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="E369" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="F369" t="s">
-        <v>366</v>
+        <v>338</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>1309</v>
       </c>
       <c r="H369" t="s">
         <v>1310</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>1311</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D370" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F370" t="s">
+        <v>21</v>
+      </c>
+      <c r="G370" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="E370" t="s">
+      <c r="H370" t="s">
         <v>1313</v>
-      </c>
-[...7 lines deleted...]
-        <v>1315</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>65</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F371" t="s">
+        <v>373</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H371" t="s">
         <v>1316</v>
-      </c>
-[...19 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>10</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E372" t="s">
         <v>1319</v>
       </c>
-      <c r="B372" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F372" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="H372" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>1322</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D373" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="E373" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="F373" t="s">
-        <v>331</v>
+        <v>203</v>
       </c>
       <c r="G373" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="H373" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>1325</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D374" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F374" t="s">
+        <v>203</v>
+      </c>
+      <c r="G374" s="1" t="s">
         <v>1326</v>
       </c>
-      <c r="E374" t="s">
+      <c r="H374" t="s">
         <v>1327</v>
-      </c>
-[...7 lines deleted...]
-        <v>1329</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>25</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F375" t="s">
+        <v>338</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H375" t="s">
         <v>1330</v>
-      </c>
-[...19 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>10</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E376" t="s">
         <v>1333</v>
       </c>
-      <c r="B376" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F376" t="s">
-        <v>506</v>
+        <v>331</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="H376" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>1336</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D377" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E377" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F377" t="s">
-        <v>21</v>
+        <v>373</v>
       </c>
       <c r="G377" s="1" t="s">
         <v>1337</v>
       </c>
       <c r="H377" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>1339</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D378" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E378" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F378" t="s">
-        <v>385</v>
+        <v>513</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>1340</v>
       </c>
       <c r="H378" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>1342</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D379" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E379" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F379" t="s">
-        <v>262</v>
+        <v>21</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="H379" t="s">
         <v>1344</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>1345</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D380" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E380" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F380" t="s">
-        <v>493</v>
+        <v>392</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="H380" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>1348</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D381" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E381" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F381" t="s">
-        <v>395</v>
+        <v>269</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="H381" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>1351</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D382" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E382" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F382" t="s">
-        <v>289</v>
+        <v>500</v>
       </c>
       <c r="G382" s="1" t="s">
         <v>1352</v>
       </c>
       <c r="H382" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>1354</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D383" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E383" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F383" t="s">
-        <v>266</v>
+        <v>402</v>
       </c>
       <c r="G383" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="H383" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>1357</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D384" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E384" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F384" t="s">
-        <v>331</v>
+        <v>296</v>
       </c>
       <c r="G384" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="H384" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>1360</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D385" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E385" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F385" t="s">
-        <v>528</v>
+        <v>273</v>
       </c>
       <c r="G385" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="H385" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>1363</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D386" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="E386" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="F386" t="s">
-        <v>270</v>
+        <v>338</v>
       </c>
       <c r="G386" s="1" t="s">
         <v>1364</v>
       </c>
       <c r="H386" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>1366</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
+        <v>57</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F387" t="s">
+        <v>535</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>61</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F388" t="s">
+        <v>277</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
         <v>10</v>
       </c>
-      <c r="D387" t="s">
-[...12 lines deleted...]
-        <v>1370</v>
+      <c r="D389" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F389" t="s">
+        <v>373</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1376</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15840,50 +15904,52 @@
     <hyperlink ref="G363" r:id="rId362"/>
     <hyperlink ref="G364" r:id="rId363"/>
     <hyperlink ref="G365" r:id="rId364"/>
     <hyperlink ref="G366" r:id="rId365"/>
     <hyperlink ref="G367" r:id="rId366"/>
     <hyperlink ref="G368" r:id="rId367"/>
     <hyperlink ref="G369" r:id="rId368"/>
     <hyperlink ref="G370" r:id="rId369"/>
     <hyperlink ref="G371" r:id="rId370"/>
     <hyperlink ref="G372" r:id="rId371"/>
     <hyperlink ref="G373" r:id="rId372"/>
     <hyperlink ref="G374" r:id="rId373"/>
     <hyperlink ref="G375" r:id="rId374"/>
     <hyperlink ref="G376" r:id="rId375"/>
     <hyperlink ref="G377" r:id="rId376"/>
     <hyperlink ref="G378" r:id="rId377"/>
     <hyperlink ref="G379" r:id="rId378"/>
     <hyperlink ref="G380" r:id="rId379"/>
     <hyperlink ref="G381" r:id="rId380"/>
     <hyperlink ref="G382" r:id="rId381"/>
     <hyperlink ref="G383" r:id="rId382"/>
     <hyperlink ref="G384" r:id="rId383"/>
     <hyperlink ref="G385" r:id="rId384"/>
     <hyperlink ref="G386" r:id="rId385"/>
     <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>